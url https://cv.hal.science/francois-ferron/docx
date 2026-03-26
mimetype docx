--- v0 (2026-03-06)
+++ v1 (2026-03-26)
@@ -1782,399 +1782,399 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04474786v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Viral Instant Mutation Viewer (VIMVer) : a tool to speed up the identification and analysis of new SARS-CoV2 emerging variant and beyond</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">AT-752 targets multiple sites and activities on the Dengue virus replication enzyme NS5</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mikael Feracci</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécilia Eydoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Fattorini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lea Lo Bello</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Gauffre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Viruses</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/v15081628⟩</w:t>
+              <w:t xml:space="preserve">Antiviral Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 212, pp.105574. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.antiviral.2023.105574⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04149011v1</w:t>
+                <w:t xml:space="preserve">hal-04159074v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Macro1 domain residue F156: A hallmark of SARS-CoV-2 de-MARylation specificity</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Maria J Mate-Perez</w:t>
+                <w:t xml:space="preserve">Viral Instant Mutation Viewer (VIMVer) : a tool to speed up the identification and analysis of new SARS-CoV2 emerging variant and beyond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Wilde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Canard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Ferron</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Virology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.virol.2023.109845⟩</w:t>
+              <w:t xml:space="preserve">Viruses</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 15 (8), pp.1628. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/v15081628⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04199059v1</w:t>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04149011v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">AT-752 targets multiple sites and activities on the Dengue virus replication enzyme NS5</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Véronique Fattorini</w:t>
+                <w:t xml:space="preserve">Macro1 domain residue F156: A hallmark of SARS-CoV-2 de-MARylation specificity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oney Ortega Granda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Alvarez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lea Lo Bello</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Pierre Gauffre</w:t>
+                <w:t xml:space="preserve">Maria J Mate-Perez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Canard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Ferron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Antiviral Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 212, pp.105574. </w:t>
+              <w:t xml:space="preserve">Virology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 587, pp.109845. </w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.antiviral.2023.105574⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.virol.2023.109845⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04159074v1</w:t>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04199059v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Biochemistry of the Respiratory Syncytial Virus L Protein Embedding RNA Polymerase and Capping Activities</w:t>
               </w:r>
@@ -2405,606 +2405,606 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03860650v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identification of potent inhibitors of arenavirus and SARS-CoV-2 exoribonucleases by fluorescence polarization assay</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Mikael Feracci</w:t>
+                <w:t xml:space="preserve">A second type of N7-guanine RNA cap methyltransferase in an unusual locus of a large RNA virus genome</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ashleigh Shannon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bhawna Sama</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Gauffre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Carolina Trajano de Jesus</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Priscila El Kazzi</w:t>
+                <w:t xml:space="preserve">Théo Guez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rafik Kaci</w:t>
+                <w:t xml:space="preserve">Françoise Debart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Antiviral Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 204, pp.105364. </w:t>
+              <w:t xml:space="preserve">Nucleic Acids Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 50 (19), pp.11186-11198. </w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.antiviral.2022.105364⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/nar/gkac876⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03860671v1</w:t>
+                <w:t xml:space="preserve">hal-03937366v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fluoxetine targets an allosteric site in the enterovirus 2C AAA+ ATPase and stabilizes a ring-shaped hexameric complex</w:t>
+                <w:t xml:space="preserve">Arenaviridae NP-exonuclease inhibition by bisphosphonate</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Daniel L Hurdiss</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Priscila El Kazzi</w:t>
+                <w:t xml:space="preserve">Thi Hong van Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lisa Bauer</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Francois Ferron</w:t>
+                <w:t xml:space="preserve">Elsie Yekwa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Barbara Selisko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Canard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Alvarez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Science Advances </w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 8 (1), </w:t>
+              <w:t xml:space="preserve">International Union of Crystallography journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 9 (4), </w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1126/sciadv.abj7615⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1107/S2052252522005061⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03572836v1</w:t>
+                <w:t xml:space="preserve">hal-03663359v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A second type of N7-guanine RNA cap methyltransferase in an unusual locus of a large RNA virus genome</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Pierre Gauffre</w:t>
+                <w:t xml:space="preserve">Identification of potent inhibitors of arenavirus and SARS-CoV-2 exoribonucleases by fluorescence polarization assay</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sergio Hernández</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mikael Feracci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Théo Guez</w:t>
+                <w:t xml:space="preserve">Carolina Trajano de Jesus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Priscila El Kazzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Françoise Debart</w:t>
+                <w:t xml:space="preserve">Rafik Kaci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nucleic Acids Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 50 (19), pp.11186-11198. </w:t>
+              <w:t xml:space="preserve">Antiviral Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 204, pp.105364. </w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/nar/gkac876⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.antiviral.2022.105364⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03937366v1</w:t>
+                <w:t xml:space="preserve">hal-03860671v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arenaviridae NP-exonuclease inhibition by bisphosphonate</w:t>
+                <w:t xml:space="preserve">Fluoxetine targets an allosteric site in the enterovirus 2C AAA+ ATPase and stabilizes a ring-shaped hexameric complex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thi Hong van Nguyen</w:t>
+                <w:t xml:space="preserve">Daniel L Hurdiss</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Priscila El Kazzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elsie Yekwa</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Karine Alvarez</w:t>
+                <w:t xml:space="preserve">Lisa Bauer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Papageorgiou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francois Ferron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Union of Crystallography journal</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 9 (4), </w:t>
+              <w:t xml:space="preserve">Science Advances </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 8 (1), </w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1107/S2052252522005061⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1126/sciadv.abj7615⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03663359v1</w:t>
+                <w:t xml:space="preserve">hal-03572836v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A dual mechanism of action of AT-527 against SARS-CoV-2 polymerase</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ashleigh Shannon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Fattorini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bhawna Sama</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3120,51 +3120,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Afroditi Vaitsopoulou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Awa Diop</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thi Hong van Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Canard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3728,291 +3728,291 @@
                 </w:rPr>
                 <w:t xml:space="preserve">inserm-03052188v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A N7-guanine RNA cap methyltransferase signature-sequence as a genetic marker of large genome, non-mammalian Tobaniviridae</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Francois Ferron</w:t>
+                <w:t xml:space="preserve">Remdesivir and SARS-CoV-2: Structural requirements at both nsp12 RdRp and nsp14 Exonuclease active-sites</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ashleigh Shannon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Humberto Julio Debat</w:t>
-[...40 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Nhung Thi-Tuyet Le</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Barbara Selisko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cecilia Eydoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Alvarez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">NAR Genomics and Bioinformatics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/nargab/lqz022⟩</w:t>
+              <w:t xml:space="preserve">Antiviral Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 178, pp.104793. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.antiviral.2020.104793⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02890583v1</w:t>
+                <w:t xml:space="preserve">hal-03052253v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Remdesivir and SARS-CoV-2: Structural requirements at both nsp12 RdRp and nsp14 Exonuclease active-sites</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A N7-guanine RNA cap methyltransferase signature-sequence as a genetic marker of large genome, non-mammalian Tobaniviridae</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francois Ferron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Humberto Julio Debat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ashleigh Shannon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Decroly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Canard</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Antiviral Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 178, pp.104793. </w:t>
+              <w:t xml:space="preserve">NAR Genomics and Bioinformatics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 2 (1), </w:t>
             </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.antiviral.2020.104793⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/nargab/lqz022⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03052253v1</w:t>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02890583v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brothers in Arms: Structure, Assembly and Function of Arenaviridae Nucleoprotein</w:t>
               </w:r>
@@ -4798,51 +4798,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Crystal structures ofLymphocytic choriomeningitis virusendonuclease domain complexed with diketo-acid ligands</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magali Saez-Ayala</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elsie Yekwa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Carcelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5330,51 +5330,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Supanee Potisopon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francois Ferron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Fattorini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Selisko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5568,51 +5568,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Activity inhibition and crystal polymorphism induced by active-site metal swapping</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elsie Yekwa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joelle Khourieh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7006,295 +7006,295 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Structural characterisation and inhibition of arenavirus replication complex elements: assembly, function and inhibition of embedded nucleases</w:t>
+                <w:t xml:space="preserve">Cellular activation pathway of bemnifosbuvir (AT-527), a drug candidate against SARS-CoV-2 infections</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">A. Chazot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Zimberger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Feracci</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">S. Hernandez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId225" w:history="1">
-[...37 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. Garlatti</w:t>
+                <w:t xml:space="preserve">C. Falcou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XXVI IUCr Congress Melbourne, Australia, 22-29 August 2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Aug 2023, MELBOURNE, Australia. pp.C677-C677, </w:t>
+              <w:t xml:space="preserve">, Aug 2023, MELBOURNE, Australia. pp.C1042-C1042, </w:t>
             </w:r>
             <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1107/S2053273323089404⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1107/S2053273323085790⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04748656v1</w:t>
+                <w:t xml:space="preserve">hal-04748663v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cellular activation pathway of bemnifosbuvir (AT-527), a drug candidate against SARS-CoV-2 infections</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Structural characterisation and inhibition of arenavirus replication complex elements: assembly, function and inhibition of embedded nucleases</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Hernandez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Chazot</w:t>
+                <w:t xml:space="preserve">N. Papageorgiou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Zimberger</w:t>
+                <w:t xml:space="preserve">M. Spiliopoulou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Feracci</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">S. Hernandez</w:t>
+                <w:t xml:space="preserve">M. Ferracci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Falcou</w:t>
+                <w:t xml:space="preserve">L. Garlatti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XXVI IUCr Congress Melbourne, Australia, 22-29 August 2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Aug 2023, MELBOURNE, Australia. pp.C1042-C1042, </w:t>
+              <w:t xml:space="preserve">, Aug 2023, MELBOURNE, Australia. pp.C677-C677, </w:t>
             </w:r>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1107/S2053273323085790⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1107/S2053273323089404⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04748663v1</w:t>
+                <w:t xml:space="preserve">hal-04748656v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Proceedings/Recueil des communications (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -7438,117 +7438,117 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04252756v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Pré-publication, Document de travail (6)</w:t>
+        <w:t xml:space="preserve">Pré-publication, Document de travail (5)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fluoxetine targets an allosteric site in the enterovirus 2C AAA+ ATPase and stabilizes the hexameric complex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel L Hurdiss</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Priscila El Kazzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lisa Bauer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Papageorgiou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7609,51 +7609,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Protein-primed RNA synthesis in SARS-CoVs and structural basis for inhibition by AT-527</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ashleigh Shannon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Fattorini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bhawna Sama</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7708,493 +7708,375 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03367971v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Protein-primed RNA synthesis in SARS-CoVs and structural basis for inhibition by AT-527</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Mikael Feracci</w:t>
+                <w:t xml:space="preserve">Structure-function analysis of the nsp14 N7-guanine methyltransferase reveals an essential role in Betacoronavirus replication</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Natacha S Ogando</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Priscila El Kazzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clara C Posthuma</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Volker Thiel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Canard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">2023</w:t>
+              <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04061889v1</w:t>
+                <w:t xml:space="preserve">hal-03426119v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Structure-function analysis of the nsp14 N7-guanine methyltransferase reveals an essential role in Betacoronavirus replication</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A high-throughput fluorescence polarization assay to discover inhibitors of arenavirus and coronavirus exoribonucleases</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sergio Hernández</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mikael Feracci</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carolina Trajano de Jesus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Priscila El-Kazzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rafik Kaci</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Volker Thiel</w:t>
-[...42 lines deleted...]
-                <w:t xml:space="preserve">hal-03426119v1</w:t>
+                <w:t xml:space="preserve">hal-03411674v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId248" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A high-throughput fluorescence polarization assay to discover inhibitors of arenavirus and coronavirus exoribonucleases</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Arenaviridae exoribonuclease presents genomic RNA edition capacity.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elsie Laban Yekwa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chutima Aphibanthammakit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Carnec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Picard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Canard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId249" w:history="1">
-              <w:r>
-[...159 lines deleted...]
-            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02361017v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -8204,139 +8086,139 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId253" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Identification of a Nidovirales Orf1a N7-guanine cap Methyltransferase signature- sequence as a genetic marker of large genome Tobaniviridae Running title: RNA cap N7-guanine Methyltransferase in Tobaniviridae Orf1a</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francois Ferron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Humberto Julio Debat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Decroly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Canard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2019, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId254" w:history="1">
+            <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1101/639369⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId253" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02354224v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -8346,91 +8228,91 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId255" w:history="1">
+            <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etudes structurales des assemblages macromoléculaires : Du cytosquelette d'actine aux virus à ARN</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francois Ferron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Sciences du Vivant [q-bio]. Aix-Marseille Université, 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">HDR</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId255" w:history="1">
+            <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-02329070v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -8440,114 +8322,114 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId256" w:history="1">
+            <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Approches bioinformatiques et structurales des replicases virales</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francois Ferron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre [q-bio.OT]. Université de la Méditerranée - Aix-Marseille II, 2005. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId257" w:history="1">
+            <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId256" w:history="1">
+            <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-00010419v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId258"/>
+      <w:footerReference w:type="default" r:id="rId257"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -8615,51 +8497,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="7462189F"/>
+    <w:nsid w:val="390D4ACA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8846,51 +8728,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/francois-ferron" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8351-4992" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/087227290" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05491018v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Priscila Sutto" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Canard" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Ferron" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04616074v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Wilde" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Ferron" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04180334v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergio Hern&#225;ndez" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Papageorgiou" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Spiliopoulou" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikael Feracci" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Garlatti" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04246262v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Gauffre" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Gaubert" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Mate-Perez" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/vir.2023.993" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-05091533v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Candice Sartre" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Selisko" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Ptchelkine" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04387599v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04246230v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ashleigh Shannon" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bhawna Sama" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/vir.2021.0892" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05313860v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Priscila Sutto-Ortiz" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Sommadossi" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adel Moussa" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.antiviral.2025.106298" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05378512v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thi Hong Van Nguyen" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kazuma Murakami" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acschembio.5c00153" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04988010v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oney Ortega Granda" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Alvarez" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Morin" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/febs.70039" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04746756v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergio Hernandez" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clemence Mondielli" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Vincentelli" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1107/S205225252400304X" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04416977v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amal Baklouti" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Lichi&#232;re" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Desmyter" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1107/S2059798324000196" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04474786v2" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelie Chazot" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Zimberger" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven Good" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pbio.3002743" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04149011v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/v15081628" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04199059v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria J Mate-Perez" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.virol.2023.109845" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04159074v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cilia Eydoux" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Fattorini" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lea Lo Bello" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.antiviral.2023.105574" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03981809v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois El&#233;ou&#235;t" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Decroly" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/v15020341" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03860650v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Priscila El Kazzi" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Rabah" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;lia Chamontin" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lina Poulain" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkac996" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03860671v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolina Trajano de Jesus" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafik Kaci" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.antiviral.2022.105364" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03572836v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel L Hurdiss" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Bauer" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.abj7615" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03937366v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;o Guez" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Debart" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkac876" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03663359v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thi Hong van Nguyen" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsie Yekwa" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1107/S2052252522005061" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03572811v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-022-28113-1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03143071v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Afroditi Vaitsopoulou" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Awa Diop" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2211-5463.13106" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03345450v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tibs.2021.05.006" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03334409v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Valle" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Martin" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Roig-Zamboni" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkaa1276" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03411659v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natacha S Ogando" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessika C Zevenhoven-Dobbe" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brenda W Bontes" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Decombe" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/2021.05.17.444407" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03052188v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nhung-Thi-Tuyet Le" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanna Huchting" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Touret" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-020-18463-z" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02890583v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Humberto Julio Debat" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nargab/lqz022" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03052253v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nhung Thi-Tuyet Le" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecilia Eydoux" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.antiviral.2020.104793" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03052241v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thi-Hong van Nguyen" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsie Yekwa Laban" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/v12070772" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03076409v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Saez-Ayala" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsie Laban Yekwa" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Mondielli" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Roux" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.antiviral.2018.12.008" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02416977v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Lichiere" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Attoumani" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1107/S2059798318014948" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02353805v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara C Posthuma" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2019.01813" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02094607v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorenzo Subissi" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Theresa Silveira de Morais" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nhung Thi Tuyet Le" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Sevajol" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1718806115" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02094550v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/v10020059" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03078366v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mauro Carcelli" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1107/s2052252518001021" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02329298v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Carnec" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Mateo" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Page" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Reynard" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jimmy Hortion" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JVI.02230-17" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02094538v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1107/S2052252518001021" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01802833v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Friedemann Weber" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan de La Torre" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Reguera" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.virusres.2017.01.018" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01802946v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Supanee Potisopon" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.antiviral.2016.12.021" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01802854v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Goulet" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remi Charrel" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1107/S2059798317008774" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03078421v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joelle Khourieh" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1107/S205979831700866X" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03499972v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Lieutaud" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexey V Uversky" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lukasz Kurgan" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vladimir N Uversky" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/21690707.2016.1259708" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01439080v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1107/S2059798315024328" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01439000v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Priet" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.antiviral.2015.03.003" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00751530v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Debarnot" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Imbert" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Gluais" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Varlet" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1107/S1744309111002867" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02459250v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Bussetta" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Dutartre" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2105-6-255" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04080540v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Rancurel" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Longhi" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Cambillau" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Henrissat" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1099/vir.0.80590-0" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02459257v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Egloff" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Campanacci" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.0307877101" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04080543v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1107/S0907444903016779" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04746919v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Lescar" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-0716-3926-9_17" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03499961v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4939-3572-7_14" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04748656v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Hernandez" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Papageorgiou" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Spiliopoulou" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ferracci" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Garlatti" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1107/S2053273323089404" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04748663v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Chazot" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Zimberger" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Feracci" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Falcou" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1107/S2053273323085790" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04252756v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Shannon" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Sama" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Gauffre" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Makem-Tamekem" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Decroly" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1107/S2053273322094049" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03411664v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03367971v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04061889v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03426119v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Volker Thiel" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03411674v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Priscila El-Kazzi" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02361017v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chutima Aphibanthammakit" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Picard" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02354224v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/639369" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/tel-02329070v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00010419v2" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/francois-ferron" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8351-4992" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/087227290" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05491018v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Priscila Sutto" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Canard" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Ferron" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04616074v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Wilde" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Ferron" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04180334v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergio Hern&#225;ndez" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Papageorgiou" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Spiliopoulou" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikael Feracci" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Garlatti" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04246262v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Gauffre" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Gaubert" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Mate-Perez" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/vir.2023.993" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-05091533v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Candice Sartre" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Selisko" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Ptchelkine" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04387599v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04246230v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ashleigh Shannon" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bhawna Sama" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/vir.2021.0892" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05313860v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Priscila Sutto-Ortiz" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Sommadossi" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adel Moussa" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.antiviral.2025.106298" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05378512v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thi Hong Van Nguyen" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kazuma Murakami" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acschembio.5c00153" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04988010v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oney Ortega Granda" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Alvarez" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Morin" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/febs.70039" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04746756v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergio Hernandez" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clemence Mondielli" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Vincentelli" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1107/S205225252400304X" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04416977v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amal Baklouti" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Lichi&#232;re" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Desmyter" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1107/S2059798324000196" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04474786v2" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelie Chazot" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Zimberger" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven Good" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pbio.3002743" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04159074v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cilia Eydoux" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Fattorini" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lea Lo Bello" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.antiviral.2023.105574" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04149011v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/v15081628" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04199059v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria J Mate-Perez" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.virol.2023.109845" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03981809v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois El&#233;ou&#235;t" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Decroly" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/v15020341" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03860650v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Priscila El Kazzi" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Rabah" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;lia Chamontin" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lina Poulain" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkac996" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03937366v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;o Guez" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Debart" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkac876" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03663359v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thi Hong van Nguyen" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsie Yekwa" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1107/S2052252522005061" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03860671v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolina Trajano de Jesus" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafik Kaci" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.antiviral.2022.105364" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03572836v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel L Hurdiss" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Bauer" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.abj7615" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03572811v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-022-28113-1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03143071v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Afroditi Vaitsopoulou" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Awa Diop" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2211-5463.13106" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03345450v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tibs.2021.05.006" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03334409v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Valle" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Martin" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Roig-Zamboni" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkaa1276" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03411659v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natacha S Ogando" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessika C Zevenhoven-Dobbe" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brenda W Bontes" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Decombe" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/2021.05.17.444407" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03052188v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nhung-Thi-Tuyet Le" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanna Huchting" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Touret" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-020-18463-z" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03052253v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nhung Thi-Tuyet Le" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecilia Eydoux" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.antiviral.2020.104793" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02890583v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Humberto Julio Debat" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nargab/lqz022" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03052241v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thi-Hong van Nguyen" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsie Yekwa Laban" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/v12070772" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03076409v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Saez-Ayala" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsie Laban Yekwa" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Mondielli" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Roux" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.antiviral.2018.12.008" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02416977v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Lichiere" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Attoumani" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1107/S2059798318014948" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02353805v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara C Posthuma" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2019.01813" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02094607v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorenzo Subissi" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Theresa Silveira de Morais" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nhung Thi Tuyet Le" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Sevajol" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1718806115" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02094550v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/v10020059" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03078366v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mauro Carcelli" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1107/s2052252518001021" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02329298v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Carnec" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Mateo" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Page" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Reynard" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jimmy Hortion" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JVI.02230-17" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02094538v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1107/S2052252518001021" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01802833v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Friedemann Weber" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan de La Torre" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Reguera" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.virusres.2017.01.018" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01802946v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Supanee Potisopon" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.antiviral.2016.12.021" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01802854v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Goulet" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remi Charrel" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1107/S2059798317008774" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03078421v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joelle Khourieh" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1107/S205979831700866X" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03499972v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Lieutaud" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexey V Uversky" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lukasz Kurgan" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vladimir N Uversky" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/21690707.2016.1259708" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01439080v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1107/S2059798315024328" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01439000v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Priet" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.antiviral.2015.03.003" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00751530v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Debarnot" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Imbert" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Gluais" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Varlet" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1107/S1744309111002867" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02459250v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Bussetta" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Dutartre" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2105-6-255" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04080540v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Rancurel" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Longhi" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Cambillau" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Henrissat" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1099/vir.0.80590-0" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02459257v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Egloff" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Campanacci" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.0307877101" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04080543v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1107/S0907444903016779" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04746919v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Lescar" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-0716-3926-9_17" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03499961v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4939-3572-7_14" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04748663v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Chazot" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Zimberger" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Feracci" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Hernandez" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Falcou" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1107/S2053273323085790" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04748656v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Papageorgiou" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Spiliopoulou" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ferracci" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Garlatti" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1107/S2053273323089404" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04252756v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Shannon" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Sama" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Gauffre" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Makem-Tamekem" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Decroly" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1107/S2053273322094049" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03411664v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03367971v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03426119v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Volker Thiel" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03411674v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Priscila El-Kazzi" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02361017v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chutima Aphibanthammakit" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Picard" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02354224v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/639369" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/tel-02329070v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00010419v2" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>