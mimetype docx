--- v0 (2026-03-06)
+++ v1 (2026-03-26)
@@ -1050,384 +1050,384 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01852102v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Supply Chain Risk Index Estimation Methodological Framework Using Exposure Assessment</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Arij Lahmar</w:t>
+                <w:t xml:space="preserve">Support to the Public Services Mutation Through Continuous Improvement in a French Metropolis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gautier Aubourg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Galasso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Habib Chabchoub</w:t>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Grabot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Lamothe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">18th Working Conference on Virtual Enterprises (PROVE)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">APMS 2017 - IFIP International Conference on Advances in Production Management Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2017, Hamburg, Germany. pp.222-229</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01674855v1</w:t>
+                <w:t xml:space="preserve">hal-01707269v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Smart city projects and improvement of public service supply chains</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Gautier Aubourg</w:t>
+                <w:t xml:space="preserve">A Supply Chain Risk Index Estimation Methodological Framework Using Exposure Assessment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arij Lahmar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Galasso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Habib Chabchoub</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Lamothe</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Bernard Grabot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IESM 2017 - 7th International Conference on Industrial Engineering and Systems Management</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">18th Working Conference on Virtual Enterprises (PROVE)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2017, Vicenza, Italy. pp.507-514, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-319-65151-4_45⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02389503v1</w:t>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01674855v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Support to the Public Services Mutation Through Continuous Improvement in a French Metropolis</w:t>
+                <w:t xml:space="preserve">Smart city projects and improvement of public service supply chains</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gautier Aubourg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Lamothe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Galasso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Grabot</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jacques Lamothe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">APMS 2017 - IFIP International Conference on Advances in Production Management Systems</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2017, Hamburg, Germany. pp.222-229</w:t>
+              <w:t xml:space="preserve">IESM 2017 - 7th International Conference on Industrial Engineering and Systems Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Lorraine, Oct 2017, Saarbrücken, Germany. p. 81-86</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01707269v1</w:t>
+                <w:t xml:space="preserve">hal-02389503v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Conceptual Framework of Supply Chain Vulnerability</w:t>
+                <w:t xml:space="preserve">Understanding supply chain exposure to risk: A three-dimensional conceptual model</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arij Lahmar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Galasso</w:t>
@@ -1445,217 +1445,217 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Habib Chabchoub</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Lamothe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ILS 2016 - 6th International Conference on Information Systems, Logistics and Supply Chain</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2016, Bordeaux, France</w:t>
+              <w:t xml:space="preserve">28th International Business-Information-Management-Association Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2016, Séville, Spain. p. 2956-2965</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01623286v1</w:t>
+                <w:t xml:space="preserve">hal-01599980v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Development of Supply Chain Vulnerability drivers Interrelationships Model Using Interpretive Structural Modeling</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Arij Iahmar</w:t>
+                <w:t xml:space="preserve">Conceptual Framework of Supply Chain Vulnerability</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arij Lahmar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Galasso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Habib Chabchoub</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Lamothe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">28th International Business-Information-Management-Association Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2016, Séville, Spain. p. 2675-2689</w:t>
+              <w:t xml:space="preserve">ILS 2016 - 6th International Conference on Information Systems, Logistics and Supply Chain</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2016, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01609102v1</w:t>
+                <w:t xml:space="preserve">hal-01623286v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Understanding supply chain exposure to risk: A three-dimensional conceptual model</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Arij Lahmar</w:t>
+                <w:t xml:space="preserve">Development of Supply Chain Vulnerability drivers Interrelationships Model Using Interpretive Structural Modeling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arij Iahmar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Galasso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
@@ -1665,320 +1665,320 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Lamothe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">28th International Business-Information-Management-Association Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Nov 2016, Séville, Spain. p. 2956-2965</w:t>
+              <w:t xml:space="preserve">, Nov 2016, Séville, Spain. p. 2675-2689</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01599980v1</w:t>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01609102v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Towards an Integrated Model of Supply Chain Risks: An Alignment Between Supply Chain Characteristics and Risk Dimensions</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Arij Lahmar</w:t>
+                <w:t xml:space="preserve">A framework for characterizing collaborative networks of organizations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurelie Montarnal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xenia Fernandez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Lamothe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Galasso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Thierry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">16th Working Conference on Virtual Enterprises (PROVE)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/978-3-319-24141-8_1⟩</w:t>
+              <w:t xml:space="preserve">I-ESA 2014 Workshops and the doctoral symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2014, Albi, France. pp.337-342, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/9781119081418.ch48⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01437890v1</w:t>
+                <w:t xml:space="preserve">hal-01695350v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A framework for characterizing collaborative networks of organizations</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Xenia Fernandez</w:t>
+                <w:t xml:space="preserve">Towards an Integrated Model of Supply Chain Risks: An Alignment Between Supply Chain Characteristics and Risk Dimensions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arij Lahmar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Galasso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Habib Chabchoub</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Lamothe</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">I-ESA 2014 Workshops and the doctoral symposium</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2014, Albi, France. pp.337-342, </w:t>
+              <w:t xml:space="preserve">16th Working Conference on Virtual Enterprises (PROVE)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2015, Albi, France. pp.3-16, </w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/9781119081418.ch48⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/978-3-319-24141-8_1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01695350v1</w:t>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01437890v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Towards a more effective interoperable solution through an a priori performance measurement system</w:t>
               </w:r>
@@ -2205,252 +2205,252 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01666268v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A method to define a performance indicator system for the control of a crisis</w:t>
+                <w:t xml:space="preserve">Towards a Performance Measurement System to Control Disaster Response</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carine Rongier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Gourc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Lauras</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Galasso</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Didier Gourc</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">MOSIM '10 -8th International conference of modeling and simulation</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">PRO-VE 2010 - 11th IFIP WG 5.5 Working Conference on Virtual Enterprises</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2010, Saint-Etienne, France. pp.189-196, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-642-15961-9_22⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01759605v1</w:t>
+                <w:t xml:space="preserve">hal-01055993v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Towards a Performance Measurement System to Control Disaster Response</w:t>
+                <w:t xml:space="preserve">A method to define a performance indicator system for the control of a crisis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carine Rongier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Galasso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Lauras</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Gourc</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">François Galasso</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PRO-VE 2010 - 11th IFIP WG 5.5 Working Conference on Virtual Enterprises</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">MOSIM '10 -8th International conference of modeling and simulation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2010, Hammamet, Tunisia. 10 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/978-3-642-15961-9_22⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01055993v1</w:t>
+                <w:t xml:space="preserve">hal-01759605v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Proposition d'un méta modèle pour aider au pilotage du processus de réponse à une crise</w:t>
               </w:r>
@@ -2728,204 +2728,204 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00164450v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synthèse bibliographique sur le Supply Chain Management</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Cadre pour la modélisation de la chaîne logistique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Galasso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Francois</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Jaouher Mahmoudi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées du GDR-MACS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2004, Aix-en-Provence, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00164440v1</w:t>
+                <w:t xml:space="preserve">hal-00164442v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cadre pour la modélisation de la chaîne logistique</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Synthèse bibliographique sur le Supply Chain Management</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Francois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Galasso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Julien Francois</w:t>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jaouher Mahmoudi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées du GDR-MACS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2004, Aix-en-Provence, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00164442v1</w:t>
+                <w:t xml:space="preserve">hal-00164440v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Poster de conférence (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -3230,252 +3230,252 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">COOPERATION SUPPORT IN A DYADIC SUPPLY CHAIN</w:t>
+                <w:t xml:space="preserve">DESIGN OF COOPERATIVE PROCESSES IN A CUSTOMER-SUPPLIER RELATIONSHIP: AN APPROACH BASED ON SIMULATION AND DECISION THEORY</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Galasso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Thierry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2008</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00235808v1</w:t>
+                <w:t xml:space="preserve">hal-00332868v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">AIDE À LA PLANIFICATION AVEC INCERTITUDE, IMPRÉCISION ET INCOMPLÉTUDE SUR LA DEMANDE</w:t>
+                <w:t xml:space="preserve">COOPERATION SUPPORT IN A DYADIC SUPPLY CHAIN</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Galasso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Thierry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2008</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00235717v1</w:t>
+                <w:t xml:space="preserve">hal-00235808v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">DESIGN OF COOPERATIVE PROCESSES IN A CUSTOMER-SUPPLIER RELATIONSHIP: AN APPROACH BASED ON SIMULATION AND DECISION THEORY</w:t>
+                <w:t xml:space="preserve">AIDE À LA PLANIFICATION AVEC INCERTITUDE, IMPRÉCISION ET INCOMPLÉTUDE SUR LA DEMANDE</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Galasso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Thierry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2008</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00332868v1</w:t>
+                <w:t xml:space="preserve">hal-00235717v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Thèse (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -3733,51 +3733,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05389948v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Traversac" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Galasso" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Thierry" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Zarate" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejdp.2025.100064" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-01968778v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arij Lahmar" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Habib Chabchoub" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Lamothe" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4018/IJRCM.2018040103" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00959747v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Ducq" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Lauras" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Gourc" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mamadou Camara" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10845-014-0889-4" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00753151v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Rongier" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/0951192X.2012.684711" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00952723v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colette Merc&#233;" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Grabot" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00207540802426508" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05416286v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Zarat&#233;" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-04753933v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CoDIT62066.2024.10708271" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-01852102v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gautier Aubourg" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01674855v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-65151-4_45" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02389503v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01707269v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-01623286v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01609102v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arij Iahmar" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01599980v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01437890v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-24141-8_1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-01695350v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelie Montarnal" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xenia Fernandez" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781119081418.ch48" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00669799v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-23330-2_14" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01666268v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3182/20110828-6-IT-1002.01621" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01759605v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01055993v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-15961-9_22" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01771186v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00164449v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Francois" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaouher Mahmoudi" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00164450v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00164440v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00164442v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04851985v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-01968863v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4018/978-1-5225-3056-5.ch012" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00235808v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00235717v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00332868v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00149437v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2007INPT003H" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05389948v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Traversac" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Galasso" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Thierry" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Zarate" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejdp.2025.100064" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-01968778v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arij Lahmar" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Habib Chabchoub" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Lamothe" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4018/IJRCM.2018040103" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00959747v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Ducq" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Lauras" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Gourc" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mamadou Camara" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10845-014-0889-4" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00753151v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Rongier" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/0951192X.2012.684711" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00952723v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colette Merc&#233;" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Grabot" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00207540802426508" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05416286v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Zarat&#233;" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-04753933v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CoDIT62066.2024.10708271" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-01852102v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gautier Aubourg" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01707269v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01674855v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-65151-4_45" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02389503v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01599980v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-01623286v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01609102v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arij Iahmar" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-01695350v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelie Montarnal" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xenia Fernandez" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781119081418.ch48" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01437890v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-24141-8_1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00669799v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-23330-2_14" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01666268v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3182/20110828-6-IT-1002.01621" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01055993v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-15961-9_22" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01759605v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01771186v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00164449v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Francois" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaouher Mahmoudi" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00164450v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00164442v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00164440v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04851985v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-01968863v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4018/978-1-5225-3056-5.ch012" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00332868v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00235808v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00235717v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00149437v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2007INPT003H" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>