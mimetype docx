--- v0 (2026-03-05)
+++ v1 (2026-03-29)
@@ -882,354 +882,354 @@
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3917/grhu.114.0053⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-04098171v1</w:t>
+                <w:t xml:space="preserve">halshs-03596317v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Coping with mental health conditions at work and its impact on self-perceived job performance</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Antécédents et conséquences de l’insécurité professionnelle dans un contexte de réforme institutionnelle : le cas des responsables formation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Grima</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Brunel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Taphanel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Employee Relations</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1108/er-05-2019-0211⟩</w:t>
+              <w:t xml:space="preserve">Revue de Gestion des Ressources Humaines</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, N° 114 (4), pp.53-71. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/grhu.114.0053⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03232767v1</w:t>
+                <w:t xml:space="preserve">halshs-04098171v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comment les prêtres mariés vivent leur rupture avec l'Eglise</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">de Becdelièvre Pauline</w:t>
+                <w:t xml:space="preserve">Coping with mental health conditions at work and its impact on self-perceived job performance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Hennekam</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Richard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Grima</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Conversation France</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Employee Relations</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 42 (3), pp.626-645. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1108/er-05-2019-0211⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04809920v1</w:t>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03232767v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antécédents et conséquences de l’insécurité professionnelle dans un contexte de réforme institutionnelle : le cas des responsables formation</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Ludovic Taphanel</w:t>
+                <w:t xml:space="preserve">Comment les prêtres mariés vivent leur rupture avec l'Eglise</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Abord de Chatillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grima François</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">de Becdelièvre Pauline</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue de Gestion des Ressources Humaines</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">The Conversation France</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-03596317v1</w:t>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04809920v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antécédents et conséquences de l’insécurité professionnelle dans un contexte de réforme institutionnelle : le cas des Responsables Formation</w:t>
               </w:r>
@@ -1495,668 +1495,668 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01881208v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antécédents et efficacité des stratégies de médiation de conflits : le cas des présidents de Commissions mixtes paritaires en France</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">La stabilité professionnelle malgré les normes de mobilité. L’identification au travail source de dépendance et de libre choix</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Mainhagu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Grima</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Ludovic Taphanel</w:t>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Renaud Defiebre-Muller</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Relations Industrielles / Industrial Relations</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.7202/1053837ar⟩</w:t>
+              <w:t xml:space="preserve">M@n@gement</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 21 (3), pp.994-1031. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/mana.213.0994⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-03596359v1</w:t>
+                <w:t xml:space="preserve">hal-01868887v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">antécédents et efficacité des stratégies de médiation : l’intervention des présidents de Commissions mixtes paritaires en France</w:t>
+                <w:t xml:space="preserve">Antécédents et efficacité des stratégies de médiation de conflits : le cas des présidents de Commissions mixtes paritaires en France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Grima</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Brunel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irène Georgescu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Taphanel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Relations Industrielles / Industrial Relations</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 73 (3), pp.461-485. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.7202/1053837ar⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-01937814v1</w:t>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03596359v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Feedback centré sur une facette de la performance et pression financière interne dans le cadre de la realization d’une tâche complexe : une étude dans les hôpitaux publics français.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId50" w:history="1">
+                <w:t xml:space="preserve">antécédents et efficacité des stratégies de médiation : l’intervention des présidents de Commissions mixtes paritaires en France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Grima</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Brunel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irène Georgescu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Gérald Naro</w:t>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Taphanel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Management international = International management = Gestión internacional</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Relations Industrielles / Industrial Relations</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 73 (3), pp.461-485. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.7202/1053837ar⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.7202/1060892ar⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02057154v1</w:t>
+                <w:t xml:space="preserve">halshs-01937814v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La stabilité professionnelle malgré les normes de mobilité. L’identification au travail source de dépendance et de libre choix</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Feedback centré sur une facette de la performance et pression financière interne dans le cadre de la realization d’une tâche complexe : une étude dans les hôpitaux publics français.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Irène Georgescu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sébastien Mainhagu</w:t>
+                <w:t xml:space="preserve">Bernard Augé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Grima</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Renaud Defiebre-Muller</w:t>
+                <w:t xml:space="preserve">Gérald Naro</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">M@n@gement</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 21 (3), pp.994-1031. </w:t>
+              <w:t xml:space="preserve">Management international = International management = Gestión internacional</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 22 (3), pp.39-50. </w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/mana.213.0994⟩</w:t>
+                <w:t xml:space="preserve">⟨10.7202/1060892ar⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01868887v1</w:t>
+                <w:t xml:space="preserve">hal-02057154v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les stratégies d’ajustement mises en place lors d’un plan de licenciement : le cas des cadres intermédiaires</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">La présence de l’animal de compagnie au travail a t’elle un lien avec l’engagement organisationnel et le stress ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Chaudat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Grima</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Pauline de Becdelièvre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue de Gestion des Ressources Humaines</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Revue internationale de psychosociologie et de gestion des comportements organisationnels</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-03596334v1</w:t>
+                <w:t xml:space="preserve">hal-01652655v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La présence de l’animal de compagnie au travail a t’elle un lien avec l’engagement organisationnel et le stress ?</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Les stratégies d’ajustement mises en place lors d’un plan de licenciement : le cas des cadres intermédiaires</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Grima</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Brunel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline de Becdelièvre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue internationale de psychosociologie et de gestion des comportements organisationnels</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Revue de Gestion des Ressources Humaines</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, N° 105 (3), pp.3-18. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/grhu.105.0003⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01652655v1</w:t>
+                <w:t xml:space="preserve">halshs-03596334v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Contribution to social exchange in public organizations: examining how support, trust, satisfaction, commitment and work outcomes are related</w:t>
               </w:r>
@@ -2240,235 +2240,235 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01174093v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exploring the benefits of mentoring activities for the mentor</w:t>
+                <w:t xml:space="preserve">Reconstructing identity after a labour dispute against the closure of a site: case study on union leaders</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Grima</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jorge Humberto Mejia-Morelos</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Lionel Prud'Homme</w:t>
+                <w:t xml:space="preserve">Rachel Beaujolin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Career Development International</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1108/CDI-05-2012-0056⟩</w:t>
+              <w:t xml:space="preserve">M@n@gement</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 17, pp.371-403. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/mana.175.0371⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01174080v1</w:t>
+                <w:t xml:space="preserve">hal-01174086v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reconstructing identity after a labour dispute against the closure of a site: case study on union leaders</w:t>
+                <w:t xml:space="preserve">Exploring the benefits of mentoring activities for the mentor</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Grima</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Paille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jorge Humberto Mejia-Morelos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rachel Beaujolin</w:t>
+                <w:t xml:space="preserve">Lionel Prud'Homme</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">M@n@gement</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 17, pp.371-403. </w:t>
+              <w:t xml:space="preserve">Career Development International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 19 (4), pp.469-490. </w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/mana.175.0371⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1108/CDI-05-2012-0056⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01174086v1</w:t>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01174080v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">When subordinates feel supported by managers: investigating the relationships between support, trust, commitment and outcomes</w:t>
               </w:r>
@@ -2558,51 +2558,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Change and stability interaction processes in SMEs: a comparative case study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jorge Humberto Mejia-Morelos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Grima</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3198,2201 +3198,2473 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01890220v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (23)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (26)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact de la profession sur la motivation des professionnels pour la réalisation de leur vocation Le cas des interprètes de conférence</w:t>
+                <w:t xml:space="preserve">Beyond “Unconventional”: Social Entrepreneurship as Contextual Organizing in Senegal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marianna Gyapay</w:t>
+                <w:t xml:space="preserve">Jessica Missongo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Grima</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline de Becdelièvre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Transformer les organisations par un Management des Ressources Humaines engagé et citoyen ! 36ème Congrès de l’AGRH</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, AGRH, Oct 2025, Deauville, France</w:t>
+              <w:t xml:space="preserve">Reframing Organizations in the More-than-Human Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, EGOS, Jul 2026, Bergame (Università di Bergamo), Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05117500v1</w:t>
+                <w:t xml:space="preserve">hal-05558532v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Notre transition lors de la reconversion de mon conjoint ; comment le conjoint joue un rôle pivot et partage le retour à la vie civile du militaire;</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">How can artificial intelligence shape the experience of the meaningful work? The case of translators in a context of career shock</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marianna Gyapay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Grima</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Dominique Lecerf</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">35e Congrès AGRH Barcelone</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, AGRH, Oct 2024, Barcellona, Espagne</w:t>
+              <w:t xml:space="preserve">Reframing Organizations in the More-than-Human Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2026, Bergame (Italie), Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04759114v1</w:t>
+                <w:t xml:space="preserve">hal-05556842v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Boundary work in response to stigmatized lower-status: the construction of a role</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Alexandre Salvatori</w:t>
+                <w:t xml:space="preserve">Entrepreneuriat social et leadership féminin : une lecture située depuis le Sénégal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jessica Missongo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Grima</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Sarah Richard</w:t>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline de Becdelièvre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EURAM 2023 - Transforming Business For Good</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2023, Dublin, Ireland</w:t>
+              <w:t xml:space="preserve">93e édition du congrès de l'Acfas</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ACFAS - Association canadienne-française pour l'avancement des sciences, May 2026, Trois Rivieres, Québec, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04163243v1</w:t>
+                <w:t xml:space="preserve">hal-05558575v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Micro-stratégies pour un projet de professionnalisation : une question de frontières</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Alexandre Salvatori</w:t>
+                <w:t xml:space="preserve">Impact de la profession sur la motivation des professionnels pour la réalisation de leur vocation Le cas des interprètes de conférence</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marianna Gyapay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Grima</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sarah Richard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XXXIIème conférence de l’AIMS</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, BETA; Humanis, Jun 2023, Strasbourg (FR), France</w:t>
+              <w:t xml:space="preserve">Transformer les organisations par un Management des Ressources Humaines engagé et citoyen ! 36ème Congrès de l’AGRH</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, AGRH, Oct 2025, Deauville, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04163232v1</w:t>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05117500v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">What voice for what career success: The case of the antagonist of organisational innovation</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Notre transition lors de la reconversion de mon conjoint ; comment le conjoint joue un rôle pivot et partage le retour à la vie civile du militaire;</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Grima</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Lecerf</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">38th EGOS Colloquium - Organizing: the beauty of imperfection</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2022, Wien, Austria</w:t>
+              <w:t xml:space="preserve">35e Congrès AGRH Barcelone</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, AGRH, Oct 2024, Barcellona, Espagne</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03700045v1</w:t>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04759114v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ennui au travail et enjeux organisationnels : état des lieux et perspectives de recherche sur un impensé du management</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Emmanuel Abord de Chatillon</w:t>
+                <w:t xml:space="preserve">Boundary work in response to stigmatized lower-status: the construction of a role</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Salvatori</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Grima</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Richard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">33ème Congrès AGRH</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2022, Brest, France, France</w:t>
+              <w:t xml:space="preserve">EURAM 2023 - Transforming Business For Good</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2023, Dublin, Ireland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04809521v1</w:t>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04163243v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’opposant, nouvel acteur dans l’écosystème de l’innovation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sébastien Knockaert</w:t>
+                <w:t xml:space="preserve">Micro-stratégies pour un projet de professionnalisation : une question de frontières</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Salvatori</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Grima</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Richard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">88e Congrès de l'ACFAS</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2021, Sherbrooke, Canada</w:t>
+              <w:t xml:space="preserve">XXXIIème conférence de l’AIMS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, BETA; Humanis, Jun 2023, Strasbourg (FR), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03700036v1</w:t>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04163232v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'opposant : à la découverte d'un rôle clé de l'innovation dans les organisations</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sebastien Knockaert</w:t>
+                <w:t xml:space="preserve">What voice for what career success: The case of the antagonist of organisational innovation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Knockaert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Grima</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Pierre Kletz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">32è congrès de l'AGRH</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2021, Paris, France</w:t>
+              <w:t xml:space="preserve">38th EGOS Colloquium - Organizing: the beauty of imperfection</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2022, Wien, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03544536v1</w:t>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03700045v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Boundary work to structure disability policies: the case of France</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">François Grima</w:t>
+                <w:t xml:space="preserve">Ennui au travail et enjeux organisationnels : état des lieux et perspectives de recherche sur un impensé du management</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice Monnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grima François</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Abord de Chatillon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Organizing for an inclusive society: Meanings, Motivations, and Mechanisms</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, EGOS, Jul 2021, Amsterdam, Netherlands</w:t>
+              <w:t xml:space="preserve">33ème Congrès AGRH</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2022, Brest, France, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03536755v1</w:t>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04809521v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maintenir la légitimité d’une organisation vouée à disparaître : l’AGEFIPH au sein des politiques « handicap » françaises.</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Alexandre Salvatori</w:t>
+                <w:t xml:space="preserve">L'opposant : à la découverte d'un rôle clé de l'innovation dans les organisations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastien Knockaert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Grima</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Sarah Richard</w:t>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Kletz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">AGRH 2020 : 31ème congrès, Vers une approche inclusive de la GRH ?</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, AGRH, Mar 2021, Tours, France</w:t>
+              <w:t xml:space="preserve">32è congrès de l'AGRH</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2021, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03266822v1</w:t>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03544536v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Prestige, respect et responsabilité sociale : attributs symboliques comme facteur d'attractivité organisationnelle d'une association</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sebastien Knockaert</w:t>
+                <w:t xml:space="preserve">Boundary work to structure disability policies: the case of France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Salvatori</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Grima</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Olivier Brunel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">29è congrès AGRH</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, agrh, Oct 2018, Lyon, France</w:t>
+              <w:t xml:space="preserve">Organizing for an inclusive society: Meanings, Motivations, and Mechanisms</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, EGOS, Jul 2021, Amsterdam, Netherlands</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02362420v1</w:t>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03536755v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Beyond Hybridization versus polarization: the case of French Public Hospitals</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Irène Georgescu</w:t>
+                <w:t xml:space="preserve">L’opposant, nouvel acteur dans l’écosystème de l’innovation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Knockaert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Grima</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Gérald Naro</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Academy of Management</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2018, Anaheim California, United States</w:t>
+              <w:t xml:space="preserve">88e Congrès de l'ACFAS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2021, Sherbrooke, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01840556v1</w:t>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03700036v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La présence de l’animal de compagnie au travail a t’elle un impact sur l’engagement organisationnel et le stress ? Une recherche à partir de la théorie de la facilitation sociale.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Maintenir la légitimité d’une organisation vouée à disparaître : l’AGEFIPH au sein des politiques « handicap » françaises.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Salvatori</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Grima</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Pierre Chaudat</w:t>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Richard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IAS</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2018, MONTREAL, France</w:t>
+              <w:t xml:space="preserve">AGRH 2020 : 31ème congrès, Vers une approche inclusive de la GRH ?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, AGRH, Mar 2021, Tours, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01726003v1</w:t>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03266822v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Is there room for humanism in occupational reclassification accompaniment? A Levinasian look at professional support practices</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Beyond Hybridization versus polarization: the case of French Public Hospitals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Irène Georgescu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Grima</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Renaud Defiebre-Muller</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Federico Ignacio Viola</w:t>
+                <w:t xml:space="preserve">Gérald Naro</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Good Organization: Aspirations - Interventions - Struggles : 33rd EGOS (European Group of Organisation Studies) Colloquium</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, European Group for Organizational Studies (EGOS) Jul 2017, Copenhague, Denmark</w:t>
+              <w:t xml:space="preserve">Academy of Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2018, Anaheim California, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01578667v1</w:t>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01840556v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Motivations, ressources et conséquences de l'engagement dans un projet de transformation sociale : le cas du mouvement social de 2009 en Guadeloupe</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Fabienne Alvarez</w:t>
+                <w:t xml:space="preserve">Prestige, respect et responsabilité sociale : attributs symboliques comme facteur d'attractivité organisationnelle d'une association</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastien Knockaert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Grima</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Brunel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">1ères Rencontres Internationales et Recherche en Management - AGRH-IAS-FNEGE</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2017, Gosier, France</w:t>
+              <w:t xml:space="preserve">29è congrès AGRH</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, agrh, Oct 2018, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02545352v1</w:t>
+                <w:t xml:space="preserve">hal-02362420v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Beyond Hybridization versus polarization: the case of French Public Hospitals</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">La présence de l’animal de compagnie au travail a t’elle un impact sur l’engagement organisationnel et le stress ? Une recherche à partir de la théorie de la facilitation sociale.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Grima</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Gérald Naro</w:t>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Chaudat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9th international EAISM Public sector conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2016, Lisbonne, Portugal</w:t>
+              <w:t xml:space="preserve">IAS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2018, MONTREAL, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02112205v1</w:t>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01726003v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Immobility in appearance only: Ricoeur and identity dynamics in workplace experiences</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Renaud Defiebre-Muller</w:t>
+                <w:t xml:space="preserve">Motivations, ressources et conséquences de l'engagement dans un projet de transformation sociale : le cas du mouvement social de 2009 en Guadeloupe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabienne Alvarez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Grima</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès de l'European Academy of Management (EURAM) : Manageable cooperation?</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université Paris-Est Créteil Val de Marne, Jun 2016, Paris, France</w:t>
+              <w:t xml:space="preserve">1ères Rencontres Internationales et Recherche en Management - AGRH-IAS-FNEGE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2017, Gosier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01486170v1</w:t>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02545352v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">From Priests to married priests : dealing with an identity threat during a stigmatising macro transition</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Emmanuel Abord de Chatillon</w:t>
+                <w:t xml:space="preserve">Is there room for humanism in occupational reclassification accompaniment? A Levinasian look at professional support practices</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Renaud Defiebre-Muller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Grima</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline de Becdelièvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Federico Ignacio Viola</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EURAM 2016 Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2016, Paris, France</w:t>
+              <w:t xml:space="preserve">The Good Organization: Aspirations - Interventions - Struggles : 33rd EGOS (European Group of Organisation Studies) Colloquium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, European Group for Organizational Studies (EGOS) Jul 2017, Copenhague, Denmark</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02013728v1</w:t>
+                <w:t xml:space="preserve">hal-01578667v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">De prêtre à prêtres mariés : faire face à la menace identitaire lors d'une macro transition stigmatisante</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">From Priests to married priests : dealing with an identity threat during a stigmatising macro transition</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Abord de Chatillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Grima</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Emmanuel Abord de Chatillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline de Becdelièvre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès AGRH</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2015, Montpellier, France</w:t>
+              <w:t xml:space="preserve">EURAM 2016 Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2016, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01174099v1</w:t>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02013728v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La présence de l'animal de compagnie au travail a t'elle un impact sur l'engagement organisationnel et le stress. ? Une recherche à partir de la théorie de la facilitation sociale.</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Pierre Chaudat</w:t>
+                <w:t xml:space="preserve">Beyond Hybridization versus polarization: the case of French Public Hospitals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Irène Georgescu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Grima</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérald Naro</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès IAS</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2015, Montréal, Canada</w:t>
+              <w:t xml:space="preserve">9th international EAISM Public sector conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2016, Lisbonne, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03433474v1</w:t>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02112205v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Coping with Paroxysmal Extrem Work : the role of Organizational Citizenship Behavior,</w:t>
+                <w:t xml:space="preserve">Immobility in appearance only: Ricoeur and identity dynamics in workplace experiences</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Irène Georgescu</w:t>
+                <w:t xml:space="preserve">Sébastien Mainhagu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Renaud Defiebre-Muller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Grima</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">L. Prudhomme</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">14th congress of European Management</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2014, Valencia, Espagne</w:t>
+              <w:t xml:space="preserve">Congrès de l'European Academy of Management (EURAM) : Manageable cooperation?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université Paris-Est Créteil Val de Marne, Jun 2016, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02130006v1</w:t>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01486170v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Coping with Paroxysmal ExtremWork: the role of Organizational Citizenship Behavior</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">L. Prudhomme</w:t>
+                <w:t xml:space="preserve">De prêtre à prêtres mariés : faire face à la menace identitaire lors d'une macro transition stigmatisante</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Grima</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Abord de Chatillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline de Becdelièvre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">14th congress of European Management</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2014, Valencia, Spain</w:t>
+              <w:t xml:space="preserve">Congrès AGRH</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2015, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02094371v1</w:t>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01174099v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">La présence de l'animal de compagnie au travail a t'elle un impact sur l'engagement organisationnel et le stress. ? Une recherche à partir de la théorie de la facilitation sociale.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Chaudat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Grima</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Congrès IAS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2015, Montréal, Canada</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03433474v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Coping with Paroxysmal Extrem Work : the role of Organizational Citizenship Behavior,</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Irène Georgescu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Grima</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Rivière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Prudhomme</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">14th congress of European Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2014, Valencia, Espagne</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02130006v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Coping with Paroxysmal ExtremWork: the role of Organizational Citizenship Behavior</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Irène Georgescu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Grima</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Rivière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Prudhomme</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">14th congress of European Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2014, Valencia, Spain</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02094371v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Faire face au nouveau management public : analyse des stratégies des managers des secteurs des bibliothèques et de la santé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Lépine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Grima</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Defiebre-Muller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-France Peyrelong</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Vers une nouvelle gestion des ressources humaines publiques ?</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2010, Annecy, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02053702v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -5402,111 +5674,111 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gestion de l'opposition de la famille dans la prise de décision des rapatriés auto-initiés (RA) Sénégalais</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mamadou Sarr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Grima</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Transformer les organisations par un management des ressources humaines engagé et citoyen</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2025, Deauville, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05280506v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -5516,124 +5788,124 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La résilience de carrière des « self-initiated repatriates » africains : l’influence des soutiens sociaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Grima</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Meier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mamadou Sarr</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Migrations et transitions Enjeux et perspectives : une approche pluridisciplinaire</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, A paraître</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05280527v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -5643,161 +5915,161 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le tutorat des stagiaires en entreprise. No.2015-72</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Glaymann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Garrouste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Grima</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béatrice Barbusse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent de Briant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId140" w:history="1">
-              <w:r>
-[...28 lines deleted...]
-            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03245631v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId141"/>
+      <w:footerReference w:type="default" r:id="rId145"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -5944,51 +6216,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05052798v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Richard" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Grima" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/ER-07-2023-0372" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05406894v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Brunel" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magdalena Godek-Brunel" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04977822v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Svetlana Serdyukov" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.emj.2024.01.001" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04765720v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Moulin" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/grhu.133.0026" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05114001v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline de Becdeli&#232;vre" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Taphanel" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.59876/a-g9sr-w454" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04409903v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarra Chenigle" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Prud&#8217;homme" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/10596011231183851" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03306245v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Galois-Faurie" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcos Barros" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04098171v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/grhu.114.0053" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03232767v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Hennekam" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/er-05-2019-0211" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04809920v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Abord de Chatillon" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Grima Fran&#231;ois" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=de Becdeli&#232;vre Pauline" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03596317v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02439253v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05395291v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Christophe Moriez" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rips1.060.0117" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01881208v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Stimec" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Grima" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00207543.2018.1494391" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03596359v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ir&#232;ne Georgescu" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1053837ar" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01937814v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02057154v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Aug&#233;" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rald Naro" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1060892ar" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01868887v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Mainhagu" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Defiebre-Muller" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mana.213.0994" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03596334v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/grhu.105.0003" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01652655v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Chaudat" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01174093v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Paille" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie &#200;ve Dufour" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09585192.2012.654809" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01174080v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge Humberto Mejia-Morelos" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Prud'Homme" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/CDI-05-2012-0056" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01174086v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Beaujolin" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mana.175.0371" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01174098v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Bernardeau Moreau" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0020852313501248" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hec.hal.science/hal-01026130v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Trepo" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/09534811311328407" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00827740v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hec.hal.science/hal-00609483v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.emj.2010.12.004" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-RTFC3G7Q-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00819018v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Beaujolin-Bellet" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hec.hal.science/hal-00491692v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09585190902850349" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00838953v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Bessi&#232;res" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01890220v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/pomap.1999.2250" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05117500v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianna Gyapay" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04759114v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Lecerf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04163243v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Salvatori" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04163232v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03700045v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Knockaert" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04809521v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Monnier" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Abord de Chatillon" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03700036v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03544536v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Knockaert" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Kletz" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03536755v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03266822v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02362420v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01840556v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01726003v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01578667v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federico Ignacio Viola" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02545352v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Alvarez" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02112205v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01486170v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02013728v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01174099v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03433474v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02130006v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Rivi&#232;re" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Prudhomme" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02094371v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Rivi&#232;re" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02053702v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie L&#233;pine" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-France Peyrelong" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05280506v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mamadou Sarr" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05280527v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Meier" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03245631v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Glaymann" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Garrouste" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Barbusse" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent de Briant" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05052798v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Richard" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Grima" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/ER-07-2023-0372" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05406894v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Brunel" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magdalena Godek-Brunel" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04977822v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Svetlana Serdyukov" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.emj.2024.01.001" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04765720v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Moulin" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/grhu.133.0026" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05114001v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline de Becdeli&#232;vre" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Taphanel" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.59876/a-g9sr-w454" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04409903v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarra Chenigle" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Prud&#8217;homme" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/10596011231183851" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03306245v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Galois-Faurie" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcos Barros" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03596317v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/grhu.114.0053" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04098171v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03232767v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Hennekam" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/er-05-2019-0211" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04809920v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Abord de Chatillon" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Grima Fran&#231;ois" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=de Becdeli&#232;vre Pauline" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02439253v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05395291v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Christophe Moriez" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rips1.060.0117" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01881208v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Stimec" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Grima" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00207543.2018.1494391" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01868887v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Mainhagu" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Defiebre-Muller" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mana.213.0994" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03596359v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ir&#232;ne Georgescu" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1053837ar" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01937814v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02057154v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Aug&#233;" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rald Naro" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1060892ar" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01652655v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Chaudat" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03596334v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/grhu.105.0003" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01174093v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Paille" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie &#200;ve Dufour" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09585192.2012.654809" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01174086v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Beaujolin" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mana.175.0371" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01174080v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge Humberto Mejia-Morelos" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Prud'Homme" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/CDI-05-2012-0056" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01174098v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Bernardeau Moreau" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0020852313501248" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hec.hal.science/hal-01026130v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Trepo" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/09534811311328407" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00827740v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hec.hal.science/hal-00609483v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.emj.2010.12.004" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-RTFC3G7Q-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00819018v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Beaujolin-Bellet" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hec.hal.science/hal-00491692v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09585190902850349" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00838953v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Bessi&#232;res" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01890220v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/pomap.1999.2250" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05558532v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Missongo" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05556842v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianna Gyapay" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05558575v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05117500v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04759114v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Lecerf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04163243v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Salvatori" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04163232v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03700045v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Knockaert" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04809521v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Monnier" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Abord de Chatillon" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03544536v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Knockaert" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Kletz" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03536755v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03700036v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03266822v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01840556v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02362420v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01726003v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02545352v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Alvarez" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01578667v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federico Ignacio Viola" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02013728v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02112205v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01486170v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01174099v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03433474v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02130006v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Rivi&#232;re" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Prudhomme" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02094371v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Rivi&#232;re" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02053702v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie L&#233;pine" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-France Peyrelong" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05280506v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mamadou Sarr" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05280527v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Meier" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03245631v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Glaymann" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Garrouste" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Barbusse" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent de Briant" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>