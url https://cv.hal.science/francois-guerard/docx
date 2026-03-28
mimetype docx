--- v0 (2026-03-07)
+++ v1 (2026-03-28)
@@ -66,7050 +66,7050 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
+        <w:t xml:space="preserve">Article dans une revue (39)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Preparation of 211At-Labeled (Hetero)aryl Compounds from Triarylsulfonium and Dibenzothiophenium Salts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clémence Maingueneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Eychenne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Francois Gestin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Guérard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Organic Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 27 (26), pp.7149-7152. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.orglett.5c02074⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-05119546v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bambusuril as an effective astatide sequestrator agent by hydrogen bonding</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clémence Maingueneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Patissou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Lafosse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elise Cartier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Francois Gestin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Chemical Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 61 (66), pp.12361-12364. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/D5CC02762D⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05149177v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Preclinical and Clinical Feasibility Studies as the First Step Before Forthcoming Intravesical Instillation of [211At]At-anti-CA-IX Antibody (ATO-101™) Study in Patients with Non-Muscle-Invasive Bladder Cancer Unresponsive to Standard of Care</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Rousseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Baumgartner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Françoise Heymann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manon Taupin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Chatal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cancers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 17 (7), pp.1190. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/cancers17071190⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-05384257v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ortho-functionalization of a 211At-labeled aryl compound provides stabilization of the C-At bond against oxidative dehalogenation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Fouinneteau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clémence Maingueneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Galland</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Perrio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Guérard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 15 (1), pp.16877. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41598-025-01162-4⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-05074551v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Unveiled Impact of 211 At-Labeled Compounds' Ability to Form Halogen Bonds on their In Vivo Stability</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel D Mador</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Yssartier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Yves Le Questel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Montavon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Guérard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ACS Physical Chemistry Au</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acsphyschemau.5c00091⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-05387652v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stable astatine–metal bonds in gold-based carriers for targeted alpha-particle therapy: role of charge-shift bonding</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel D Mador</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Fuster</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Guérard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Pilmé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Galland</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Inorganic Chemistry Frontiers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 12 (21), pp.6837-6846. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/D5QI01028D⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05324453v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Recent advances in understanding and improving the stability of 211At-radiopharmaceuticals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Fouinneteau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Galland</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Perrio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Guérard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Nuclear Medicine and Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 150-151, pp.109573. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.nucmedbio.2025.109573⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-05322183v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Formation Of Gold-Astatine Bonds in N-Heterocyclic Carbene Complexes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Ligeour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien G Guillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clémence Maingueneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mikaël Croyal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Planchat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Chemistry - A European Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, Online ahead of print. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/chem.202500826⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-05063252v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">In vivo stability of 211At-radiopharmaceuticals: on the impact of halogen bond formation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Yssartier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lu Liu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Pardoue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Yves Le Questel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Guérard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RSC Medicinal Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 15, pp.223-233. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/d3md00579h⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04304417v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brain intratumoural astatine-211 radiotherapy targeting syndecan-1 leads to durable glioblastoma remission and immune memory in female mice</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loris Roncali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Séverine Marionneau-Lambot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlotte Roy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Eychenne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Gouard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">EBioMedicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 105, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ebiom.2024.105202⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04991449v2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sydnone-based prosthetic groups for radioiodination</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Le Saux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ferid Haddad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Gestin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Eychenne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Guérard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bioorganic and Medicinal Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 113, pp.117904. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.bmc.2024.117904⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-04688208v2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Astatine-211 radiolabelling chemistry: from basics to advanced biological applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maarten Vanermen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Ligeour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria-Cristina Oliveira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Gestin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Filipe Elvas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">European Association of Nuclear Medicine, issuing body - EJNMMI radiopharmacy and chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 9 (1), pp.69. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s41181-024-00298-4⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-04735156v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">211At and 125I‐labeling of (hetero)aryliodonium ylides: astatine wins again</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clémence Maingueneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Berdal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Eychenne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jöelle Gaschet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Chérel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Chemistry - A European Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 28 (11), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/chem.202104169⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03507646v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">How radiolysis impacts astatine speciation?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohammad Ghalei</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Parastoo Mahdi Khoshouei</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johan Vandenborre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Guérard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Blain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Radiation Physics and Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 198, pp.110224. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.radphyschem.2022.110224⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-03668885v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Overview of the Most Promising Radionuclides for Targeted Alpha Therapy: The “Hopeful Eight”</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Eychenne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Chérel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Férid Haddad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Guérard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Gestin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Pharmaceutics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 13 (6), pp.906. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/pharmaceutics13060906⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-03292397v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Investigation on the reactivity of nucleophilic radiohalogens with arylboronic acids in water: access to an efficient single-step method for the radioiodination and astatination of antibodies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Berdal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Gouard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Eychenne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Séverine Marionneau-Lambot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mikaël Croyal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Chemical Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 12 (4), pp.1458-1468. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/D0SC05191H⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-03024891v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Advances in the chemistry of astatine and implications for the development of radiopharmaceuticals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Guérard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clémence Maingueneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lu Liu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Eychenne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Gestin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Accounts of Chemical Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 54 (16), pp.3264. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.accounts.1c00327⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-03290202v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Targeted-Alpha-Therapy Combining Astatine-211 and anti-CD138 Antibody in a Preclinical Syngeneic Mouse Model of Multiple Myeloma Minimal Residual Disease</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Gouard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Saï-Maurel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Séverine Marionneau-Lambot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Dansette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Bailly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cancers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 12 (9), pp.2721. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/cancers12092721⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-03006927v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Reply to the 'Comment on &amp;quot;Investigation of Zr(IV) and 89 Zr(IV) complexation with hydroxamates: progress towards designing a better chelator than desferrioxamine B for immuno-PET imaging&amp;quot;' by A. Bianchi and M. Savastano, Chem. Commun., 2020, 56, D0CC01189D</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Guérard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yong-Sok Lee</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaël Tripier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lawrence Szajek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeffrey Deschamps</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Chemical Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, Online ahead of print. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/d0cc03594g⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-02947405v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cell Tracking in Cancer Immunotherapy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Justine Perrin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marisa Capitao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Mougin-Degraef</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Guérard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Faivre-Chauvet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Frontiers in Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 7, pp.34. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fmed.2020.00034⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-02512946v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Prosthetic groups for radioiodination and astatination of peptides and proteins: a comparative study of five potential bioorthogonal labeling strategies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Navarro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Berdal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Chérel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Pecorari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Gestin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bioorganic and Medicinal Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, pp.167-174. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.bmc.2018.11.034⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-01939636v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Direct nucleophilic radioiodination and astatination of antibodies via pre-conjugated arylboronic acids</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Berdal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Navarro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrille Alliot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Chérel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Faivre-Chauvet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Labelled Compounds and Radiopharmaceuticals</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-02340736v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">What is the Best Radionuclide for Immuno-PET of Multiple Myeloma? A Comparison Study Between 89Zr- and 64Cu-Labeled Anti-CD138 in a Preclinical Syngeneic Model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Bailly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Gouard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Guérard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Chalopin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Carlier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Journal of Molecular Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 20 (10), pp.2564. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/ijms20102564⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02141555v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Propriétés et applications de l'astate en médecine nucléaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Guérard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les Techniques de l'Ingenieur</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-01960094v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Efficacy of Astatine-211 radioimmunotherapy of Multiple Myeloma using an anti-mCD138 monoclonal antibody in a syngeneic murine model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Gouard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Chalopin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Saï-Maurel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Guérard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Navarro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">European Journal of Nuclear Medicine and Molecular Imaging</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 45 (1), pp.S166-S167</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-02341491v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’astate-211 pour la radiothérapie vectorisée des cancers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Guérard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'Actualité Chimique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 52, pp.143-144</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-01628339v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Investigation of the complexation of nat Zr(IV) and 89 Zr(IV) by hydroxypyridinones for the development of chelators for PET imaging applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Guérard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maryline Beyler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y.-S Lee</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaël Tripier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Gestin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dalton Transactions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 46, pp.4749-4758. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/c6dt04625h⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-01496515v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Radioimmunoconjugates for treating cancer: recent advances and current opportunities</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickael Bourgeois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Bailly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Frindel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Guérard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Chérel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Expert Opinion on Biological Therapy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 17 (7), pp.813 - 819. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/14712598.2017.1322577⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-01635514v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">PET Imaging for Initial Staging and Therapy Assessment in Multiple Myeloma Patients</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Bailly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rodolphe Leforestier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bastien Jamet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Carlier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickael Bourgeois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Journal of Molecular Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 18 (2), pii: E445. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/ijms18020445⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-01500327v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bifunctional aryliodonium salts for highly efficient radioiodination and astatination of antibodies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Guérard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Navarro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y.-S. Lee</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélia Roumesy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrille Alliot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bioorganic and Medicinal Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, Epub ahead of print. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.bmc.2017.09.022⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-01592684v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Unexpected Behavior of the Heaviest Halogen Astatine in the Nucleophilic Substitution of Aryliodonium Salts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Guérard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yong-Sok Lee</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kwamena Baidoo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Gestin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin W Brechbiel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Chemistry - A European Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 22 (35), pp.12332-9. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/chem.201600922⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-01387016v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Immuno-PET for Clinical Theranostic Approaches</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Bailly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-François Cléry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Faivre-Chauvet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickael Bourgeois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Guérard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Journal of Molecular Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 18 (1), Epub ahead of print. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/ijms18010057⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-01636873v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cover Picture: Unexpected Behavior of the Heaviest Halogen Astatine in the Nucleophilic Substitution of Aryliodonium Salts (Chem. Eur. J. 35/2016)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Guérard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yong‐sok Lee</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kwamena Baidoo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean‐françois Gestin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Brechbiel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Chemistry - A European Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 22 (35), pp.12201-12201. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/chem.201602704⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04964129v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Radioimmunotherapy for Treatment of Acute Leukemia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Bodet-Milin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Kraeber-Bodéré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Eugène</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Guérard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joëlle Gaschet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Seminars in Nuclear Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 46, pp.135-146. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1053/j.semnuclmed.2015.10.007⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-01280232v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tumor Immunotargeting Using Innovative Radionuclides</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Kraeber-Bodéré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Rousseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Bodet-Milin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Mathieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Guérard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Journal of Molecular Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 16 (2), pp.3932 - 3954. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/ijms16023932⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-01818715v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Which radionuclide, carrier molecule and clinical indication for alpha-immunotherapy?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Guérard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Barbet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ferid Haddad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Cherel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francoise Kraeber-Bodere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The quarterly journal of nuclear medicine and molecular imaging : official publication of the Italian Association of Nuclear Medicine (AIMN) [and] the International Association of Radiopharmacology (IAR), [and] Section of the Society of Radiopharmaceutic</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02415080v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Investigation of Zr( iv ) and 89 Zr( iv ) complexation with hydroxamates: progress towards designing a better chelator than desferrioxamine B for immuno-PET imaging</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Guérard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yong-Sok Lee</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaël Tripier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lawrence P. Szajek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeffrey R. Deschamps</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Chemical Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 49 (10), pp.1002 - 1004. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/C2CC37549D⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01555852v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Production of [211 At]-Astatinated Radiopharmaceuticals and Applications in Targeted alpha-Particle Therapy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Guérard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Gestin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin W Brechbiel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cancer Biotherapy and Radiopharmaceuticals</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 28 (1), pp.1-20. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1089/cbr.2012.1292⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-02496646v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Feasibility of the radioastatination of a monoclonal antibody with astatine-211 purified by wet extraction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickaël Bourgeois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Guérard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrille Alliot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Mougin-Degraef</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Holisoa Rajerison</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Labelled Compounds and Radiopharmaceuticals</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 51 (11), pp.379 - 383. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/jlcr.1543⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-03290253v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (16)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of halogen bonding on stability of astatine-211 labelled compounds</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Evaluation of ligands for rational design of chelators for metallic astatine-211</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Custodio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Danladi Mador</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Gilles F Montavon</w:t>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Rouanet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ferid Haddad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Galland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2èmes Journées scientifiques du GDR Sigma-Hole</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2025, Orsay, France</w:t>
+              <w:t xml:space="preserve">7èmes Journées Scientifiques 2025 du GDR AMI</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2025, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId7" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05361583v1</w:t>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05362647v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Towards radiolabeling using metallic astatine-211: evaluation of ligands for complexation of At+</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Custodio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Danladi Mador</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Rouanet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ferid Haddad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Galland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">26th International Symposium on Radiopharmaceutical Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2025, Broadbeach, Australia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05362175v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluation of ligands for rational design of chelators for metallic astatine-211</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">211At-metal N-Heterocyclic Carbene complexes: a promising alternative for targeted alpha therapy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien G Guillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Danladi Mador</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Ligeour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Galland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Guérard</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7èmes Journées Scientifiques 2025 du GDR AMI</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2025, Nantes, France</w:t>
+              <w:t xml:space="preserve">26th International Symposium on Radiopharmaceutical Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2025, Broadbeach, Australia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05362647v1</w:t>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05362219v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">211At-metal N-Heterocyclic Carbene complexes: a promising alternative for targeted alpha therapy</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Design of Astatine(I) chelates for applications in targeted alpha therapy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Rouanet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Danladi Mador</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Custodio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Guérard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Galland</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">François Guérard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">26th International Symposium on Radiopharmaceutical Sciences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2025, Broadbeach, Australia</w:t>
+              <w:t xml:space="preserve">JTMS 2025 : Journées "Théorie, Modélisation et Simulation"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2025, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05362219v1</w:t>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05361499v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Design of Astatine(I) chelates for applications in targeted alpha therapy</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Impact of halogen bonding on stability of astatine-211 labelled compounds</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Danladi Mador</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Yssartier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Guérard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jy. Le Questel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles F Montavon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JTMS 2025 : Journées "Théorie, Modélisation et Simulation"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2025, Bordeaux, France</w:t>
+              <w:t xml:space="preserve">2èmes Journées scientifiques du GDR Sigma-Hole</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2025, Orsay, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05361499v1</w:t>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05361583v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Preparation and evaluation of stabilized 211At-labelled aryl compounds</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Fouinneteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Yssartier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Galland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Perrio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Guérard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ESRR’24 : 21st European Symposium on Radiopharmacy &amp; Radiopharmaceuticals</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2024, Coimbra, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05367201v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Design and evaluation of 211 At metal N-Heterocyclic Carbenes for targeted alpha therapy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Guillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Danladi Mador</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Ligeour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sébastien Guillet</w:t>
-[...37 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Nicolas Galland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Guérard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">12th China-Japan-Korea Symposium on Radiopharmaceutical Sciences (CJKSRS 2024)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2024, Kanazawa, Japan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05367227v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stable Astatine-211 labeling assisted by charge-shift bonding</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Danladi Mador</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Ligeour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Guérard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Pilmé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Galland</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Rencontres ThéMoSiA-RCTF 2024</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2024, Rouen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05367197v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Molecular modelling towards stable Astatine-211 labelling for targeted alpha therapy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Danladi Mador</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Yssartier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Ligeour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Guérard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Pilmé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Public event "PRISMAP in Nantes"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2024, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05367187v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O-53 Theoretical and experimental study of astatine-metal bonds: towards new 211At-labelling approaches based on transition metal complexes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Ligeour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Galland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Francois Gestin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francois Guérard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Symposium on Radiopharmaceutical Sciences iSRS 2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2023, Honolulu, United States. pp.108449, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.nucmedbio.2023.108449⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04688238v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O-66 - Preparation of 211At-labeled aromatic compounds from thioarylprecursors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémence Maingueneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Eychenne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Gestin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Guérard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Symposium of radiopharmaceutical sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2022, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">inserm-03842544v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P-169 - Influence of radiolysis on astatine-211 chemistry</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Blain</w:t>
+                <w:t xml:space="preserve">P-230 - Aryliodonium ylides as efficient precursors for astatine-211 labeling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clémence Maingueneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Berdal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Eychenne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joëlle Gaschet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Chérel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International symposium of radiopharmaceutical sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2022, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inserm-03821660v1</w:t>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-03842392v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P-230 - Aryliodonium ylides as efficient precursors for astatine-211 labeling</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Michel Chérel</w:t>
+                <w:t xml:space="preserve">P-169 - Influence of radiolysis on astatine-211 chemistry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohammad Ghalei</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Parastoo Mahdi Khoshouei</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johan Vandenborre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Guérard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Blain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International symposium of radiopharmaceutical sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2022, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inserm-03842392v1</w:t>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-03821660v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Targeted alpha-therapy with 211At-anti-mCD138 mAb in a syngeneic murine Multiple Myeloma model : can repeated doses or fractionation protocol overpass single dose efficiency?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Gouard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine Marionneau-Lambot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joëlle Gaschet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Chouin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Haddad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">33rd Annual Congress of the European-Association-of-Nuclear-Medicine (EANM)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, European-Association-of-Nuclear-Medicine (EANM), Oct 2020, Virtuel, France. pp.S410-S411, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1158/1078-0432.CCR-18-⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">inserm-03500243v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Synthesis of precursors for 211At-labelling of anti-PSMA HuJ591 mAb and stability comparison after in vitro cellular internalization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélia Roumesy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastien Gouard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Navarro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Faustine Lelan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ferid Haddad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ISRS 2019</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2019, PEKIN, China. pp.S69-S70</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">inserm-02340836v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Advances in the Radiolabeling of Antibodies with Astatine-211 : Toward Simplified Procedures and Improved Radiochemical Yields</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Guérard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Navarro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Berdal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ferid Haddad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Chérel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">TAT 11 INTERNATIONAL SYMPOSIUM</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2019, OTTAWA, Canada. pp.S29</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">inserm-02340810v1</w:t>
-              </w:r>
-[...5023 lines deleted...]
-                <w:t xml:space="preserve">inserm-03290253v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Poster de conférence (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -7121,273 +7121,273 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Development of innovative probes for the functional exploration of the anti-apoptotic protein Mcl-1</w:t>
+                <w:t xml:space="preserve">Development of innovative probes for the functional exploration of the anti-apoptotic Mcl-1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modou Ndiaye</w:t>
+                <w:t xml:space="preserve">Sylvain Routier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Maudou Ndiaye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Laurent Maillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Guérard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karen Plé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">18th Belgian Organic Synthesis Symposium (BOSS)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2024, Liege, Belgium</w:t>
+              <w:t xml:space="preserve">journée annuelle de l'école doctorale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2024, Tours, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04670206v1</w:t>
+                <w:t xml:space="preserve">hal-04670214v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Development of innovative probes for the functional exploration of the anti-apoptotic Mcl-1</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Development of innovative probes for the functional exploration of the anti-apoptotic protein Mcl-1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Modou Ndiaye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Maillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Guérard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Karen Plé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Sylvain Routier</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">journée annuelle de l'école doctorale</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2024, Tours, France</w:t>
+              <w:t xml:space="preserve">18th Belgian Organic Synthesis Symposium (BOSS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2024, Liege, Belgium</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04670214v1</w:t>
+                <w:t xml:space="preserve">hal-04670206v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Chapitre d'ouvrage (4)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -7405,90 +7405,90 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Radiolabeling Chemistry with Heavy Halogens Iodine and Astatine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Eychenne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Alliot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Gestin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Guérard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Biomedical Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Online ahead of print, 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -7513,103 +7513,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">New Advances in Radioimmunotherapy for the Treatment of Cancers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Bailly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline M Bodet-Milin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Rousseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Guérard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Carlier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bench to Bedside Immunotherapy of Cancers</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, ch 29, Springer, pp.563-585, 2020, Cancer Immunology, 978-3-030-50286-7. </w:t>
@@ -7647,103 +7647,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Radioimmunotherapy of Lymphomas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Bailly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline M Bodet-Milin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Guérard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Chouin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joëlle Gaschet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nuclear Medicine Therapy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, </w:t>
@@ -7781,103 +7781,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Prospects for Enhancing Efficacy of Radioimmunotherapy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Bailly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Bodet-Milin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Guérard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Rousseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Chérel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Resistance to Ibritumomab in Lymphoma</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.139-153, 2018, </w:t>
@@ -7947,90 +7947,90 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Method for Radioiodination or Radioastatination of a biomolecule</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Berdal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Guérard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Gestin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Faivre-Chauvet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">France, Patent n° : WO 2020/221744 A1. 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brevet</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -8048,90 +8048,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Method for Radioioidination OR Radioastatination of a Biomolecule</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Berdal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Faivre-Chauvet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Gestin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Guérard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">France, Patent n° : 19305563.9 - 1 109. 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brevet</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -8149,90 +8149,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Method for synthesizing iodo- or astatoarenes using Diaryliodonium Salts</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Guérard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Gestin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin W. Brechbiel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yong-Sok Lee</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">France, Patent n° : WO 2017/089492 A1. 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brevet</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -8419,51 +8419,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-05361583v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Danladi Mador" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Yssartier" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Gu&#233;rard" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jy. Le Questel" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles F Montavon" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-05362175v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Custodio" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Rouanet" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ferid Haddad" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Galland" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05362647v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-05362219v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien G Guillet" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Ligeour" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-05361499v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05367201v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Fouinneteau" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Perrio" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05367227v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Guillet" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05367197v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Pilm&#233;" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05367187v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04688238v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Francois Gestin" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Gu&#233;rard" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nucmedbio.2023.108449" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03842544v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Maingueneau" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Eychenne" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Gestin" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03821660v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad Ghalei" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Parastoo Mahdi Khoshouei" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Vandenborre" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Blain" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03842392v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Berdal" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;lle Gaschet" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Ch&#233;rel" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03500243v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Gouard" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Marionneau-Lambot" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Chouin" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Haddad" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1158/1078-0432.CCR-18-" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02340836v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lia Roumesy" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Gouard" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Navarro" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Faustine Lelan" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02340810v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-05119546v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.orglett.5c02074" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-05387652v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel D Mador" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Le Questel" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Montavon" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsphyschemau.5c00091" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-05074551v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-025-01162-4" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-05384257v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Rousseau" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Baumgartner" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Fran&#231;oise Heymann" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Taupin" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Chatal" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cancers17071190" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05149177v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Patissou" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Lafosse" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Cartier" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D5CC02762D" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-05324453v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Fuster" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D5QI01028D" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-05063252v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mika&#235;l Croyal" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Planchat" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.202500826" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-05322183v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nucmedbio.2025.109573" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04304417v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lu Liu" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Pardoue" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d3md00579h" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-04688208v2" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Le Saux" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bmc.2024.117904" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04991449v2" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loris Roncali" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Roy" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ebiom.2024.105202" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-04735156v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maarten Vanermen" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria-Cristina Oliveira" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Filipe Elvas" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s41181-024-00298-4" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03507646v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#246;elle Gaschet" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.202104169" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03668885v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.radphyschem.2022.110224" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03290202v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.accounts.1c00327" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03024891v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D0SC05191H" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03292397v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#233;rid Haddad" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/pharmaceutics13060906" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02512946v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Perrin" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marisa Capitao" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Mougin-Degraef" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Faivre-Chauvet" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmed.2020.00034" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03006927v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Sa&#239;-Maurel" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Dansette" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Bailly" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cancers12092721" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02947405v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yong-Sok Lee" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Tripier" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lawrence Szajek" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeffrey Deschamps" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d0cc03594g" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02340736v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Alliot" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01939636v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Pecorari" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bmc.2018.11.034" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-02141555v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Chalopin" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Carlier" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms20102564" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02341491v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01960094v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01592684v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y.-S. Lee" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bmc.2017.09.022" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01496515v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryline Beyler" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y.-S Lee" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c6dt04625h" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01628339v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01635514v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Bourgeois" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Frindel" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14712598.2017.1322577" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01500327v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolphe Leforestier" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Jamet" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms18020445" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01387016v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kwamena Baidoo" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin W Brechbiel" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.201600922" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01636873v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Fran&#231;ois Cl&#233;ry" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms18010057" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04964129v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yong&#8208;sok Lee" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;fran&#231;ois Gestin" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Brechbiel" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.201602704" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01280232v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Bodet-Milin" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Kraeber-Bod&#233;r&#233;" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Eug&#232;ne" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1053/j.semnuclmed.2015.10.007" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02415080v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Barbet" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Cherel" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francoise Kraeber-Bodere" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01818715v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Mathieu" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms16023932" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01555852v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lawrence P. Szajek" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeffrey R. Deschamps" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C2CC37549D" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02496646v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1089/cbr.2012.1292" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03290253v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Bourgeois" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Holisoa Rajerison" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jlcr.1543" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-QKKPX72F-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04670206v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Modou Ndiaye" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Maillet" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karen Pl&#233;" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Routier" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04670214v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maudou Ndiaye" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03332003v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03016103v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline M Bodet-Milin" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-50287-4_29" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02309716v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Chouin" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-17494-1_8" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02315459v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-78238-6_10" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03013584v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02547459v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02545737v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin W. Brechbiel" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-05119546v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Maingueneau" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Eychenne" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Francois Gestin" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Gu&#233;rard" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.orglett.5c02074" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05149177v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Patissou" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Lafosse" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Cartier" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D5CC02762D" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-05384257v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Rousseau" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Baumgartner" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Fran&#231;oise Heymann" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Taupin" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Chatal" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cancers17071190" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-05074551v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Fouinneteau" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Galland" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Perrio" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-025-01162-4" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-05387652v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel D Mador" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Yssartier" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Le Questel" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Montavon" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsphyschemau.5c00091" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-05324453v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Fuster" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Pilm&#233;" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D5QI01028D" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-05322183v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nucmedbio.2025.109573" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-05063252v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Ligeour" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien G Guillet" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mika&#235;l Croyal" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Planchat" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.202500826" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04304417v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lu Liu" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Pardoue" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d3md00579h" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04991449v2" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loris Roncali" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Marionneau-Lambot" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Roy" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Gouard" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ebiom.2024.105202" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-04688208v2" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Le Saux" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ferid Haddad" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Gestin" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bmc.2024.117904" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-04735156v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maarten Vanermen" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria-Cristina Oliveira" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Filipe Elvas" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s41181-024-00298-4" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03507646v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Berdal" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#246;elle Gaschet" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Ch&#233;rel" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.202104169" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03668885v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad Ghalei" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Parastoo Mahdi Khoshouei" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Vandenborre" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Blain" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.radphyschem.2022.110224" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03292397v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#233;rid Haddad" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/pharmaceutics13060906" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03024891v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D0SC05191H" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03290202v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.accounts.1c00327" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03006927v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Sa&#239;-Maurel" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Dansette" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Bailly" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cancers12092721" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02947405v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yong-Sok Lee" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Tripier" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lawrence Szajek" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeffrey Deschamps" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d0cc03594g" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02512946v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Perrin" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marisa Capitao" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Mougin-Degraef" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Faivre-Chauvet" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmed.2020.00034" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01939636v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Navarro" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Pecorari" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bmc.2018.11.034" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02340736v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Alliot" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-02141555v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Chalopin" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Carlier" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms20102564" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01960094v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02341491v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01628339v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01496515v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryline Beyler" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y.-S Lee" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c6dt04625h" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01635514v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Bourgeois" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Frindel" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14712598.2017.1322577" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01500327v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolphe Leforestier" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Jamet" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms18020445" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01592684v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y.-S. Lee" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lia Roumesy" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bmc.2017.09.022" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01387016v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kwamena Baidoo" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin W Brechbiel" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.201600922" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01636873v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Fran&#231;ois Cl&#233;ry" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms18010057" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04964129v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yong&#8208;sok Lee" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;fran&#231;ois Gestin" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Brechbiel" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.201602704" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01280232v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Bodet-Milin" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Kraeber-Bod&#233;r&#233;" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Eug&#232;ne" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;lle Gaschet" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1053/j.semnuclmed.2015.10.007" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01818715v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Mathieu" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms16023932" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02415080v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Barbet" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Cherel" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francoise Kraeber-Bodere" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01555852v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lawrence P. Szajek" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeffrey R. Deschamps" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C2CC37549D" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02496646v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1089/cbr.2012.1292" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03290253v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Bourgeois" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Holisoa Rajerison" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jlcr.1543" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-QKKPX72F-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05362647v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Custodio" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Danladi Mador" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Rouanet" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-05362175v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-05362219v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-05361499v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-05361583v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jy. Le Questel" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles F Montavon" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05367201v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05367227v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Guillet" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05367197v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05367187v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04688238v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Gu&#233;rard" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nucmedbio.2023.108449" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03842544v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03842392v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03821660v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03500243v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Chouin" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Haddad" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1158/1078-0432.CCR-18-" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02340836v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Gouard" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Faustine Lelan" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02340810v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04670214v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Routier" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maudou Ndiaye" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Maillet" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karen Pl&#233;" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04670206v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Modou Ndiaye" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03332003v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03016103v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline M Bodet-Milin" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-50287-4_29" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02309716v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Chouin" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-17494-1_8" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02315459v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-78238-6_10" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03013584v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02547459v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02545737v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin W. Brechbiel" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>