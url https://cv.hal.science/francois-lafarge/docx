--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -519,524 +519,524 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05155644v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Resisting governmental control: how semi-autonomous agencies use strategic resources to challenge state coordination</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Lafarge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Overman Sjors</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thiel Sandra Van</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Review of Administrative Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 80 (1), pp.170-189. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1177/0020852313509534⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04401409v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Le champ d'application de la participation à l'égard du « secteur public » : évolutions périlleuses et occasions manquées</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Lafarge</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Droit Social</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 6, pp.545-549</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04401382v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...19 lines deleted...]
-                <w:t xml:space="preserve">François Lafarge</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The Theory and Practice of Law in Public Administration and Administrative Justice</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dacian C Dragos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Overman Sjors</w:t>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paulien Willemsen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Thiel Sandra Van</w:t>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Lafarge</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Review of Administrative Sciences</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Utrecht Law Review</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 9 (3)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05155831v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The Fall of the French Drug Agency after the Mediator Scandal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Lafarge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
-              <w:r>
-[...47 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Overman Sjors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">NISPAcee Journal of Public Administration and Policy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, V (2), pp.45-65</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04599307v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...38 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Avec la RGPP, on a l'impression d'un démarche au coup par coup</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Lafarge</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Utrecht Law Review</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, 9 (3)</w:t>
+              <w:t xml:space="preserve"> Actualités sociales hebdomadaires : ASH</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 2741-2742</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04612790v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'indépendance des Autorités européennes de surveillance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Lafarge</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue française d’administration publique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 3 (143), pp.677-691. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/rfap.143.0677⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/rfap.143.0677⟩</w:t>
-[...17 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">hal-04599356v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">hal-04612790v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bilan de la RGPP</w:t>
               </w:r>
@@ -1314,165 +1314,165 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04612796v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La méthode suivie par la révision générale des politiques publiques</w:t>
+                <w:t xml:space="preserve">Le lancement de la révision générale des politiques publiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Lafarge</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue française d’administration publique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2009, 130</w:t>
+              <w:t xml:space="preserve">, 2009, 2967</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04612810v1</w:t>
+                <w:t xml:space="preserve">hal-04612826v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le lancement de la révision générale des politiques publiques</w:t>
+                <w:t xml:space="preserve">La méthode suivie par la révision générale des politiques publiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Lafarge</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue française d’administration publique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2009, 2967</w:t>
+              <w:t xml:space="preserve">, 2009, 130</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04612826v1</w:t>
+                <w:t xml:space="preserve">hal-04612810v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La circolazione internazionale dei beni culturali, dopo le modifiche al Codice</w:t>
               </w:r>
@@ -2235,596 +2235,592 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04642192v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Postface : Au nom de la solidarité, au nom de la responsabilité! Pour un concept normatif de la « gouvernance européenne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Ferry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Charléty</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Lafarge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Mangenot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Schirmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dictionnaire encyclopédique de la gouvernance européenne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dictionnaire Larcier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.345-349, 2018, 978-2-8079-0327-2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01773749v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">The Impact of the Better Regulation Policy on UE Delegated and Implementing Acts Rule-Making</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Lafarge</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Legislative choice between Delegated and Implementing Acts: Walking a Labyrinth</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, , p. 65-92, 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04642214v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...19 lines deleted...]
-                <w:t xml:space="preserve">Jean-Marc Ferry</w:t>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">EU citizens and Public Services. The Machinery behind the Principles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ongaro Edoardo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thiel Sandra Van</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Lafarge</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The Palgrave Handbook of Public Administration and Public Management in Europe</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, p. 689-706, 2017</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04642307v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La politique Mieux Légiférer et la démocratie dans l'Union européenne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Lafarge</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La démocratie dans l’Union européenne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, , p. 83-104, 2017</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04642328v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frontières externes de l’UE</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Lepesant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Charléty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Lafarge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Mangenot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Sylvain Schirmann</w:t>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Mestre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dictionnaire encyclopédique de la gouvernance européenne</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, </w:t>
-[...12 lines deleted...]
-              <w:t xml:space="preserve">, pp.345-349, 2018, 978-2-8079-0327-2</w:t>
+              <w:t xml:space="preserve">, Larcier, 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...124 lines deleted...]
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-02439588v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...162 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frontex et la gestion des frontières extérieures de l'Union</w:t>
-[...20 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Frontex et la gestion des frontières extérieures de l’Union</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Lafarge</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La frontière</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Canopé, 2016</w:t>
+              <w:t xml:space="preserve">, 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04351872v1</w:t>
+                <w:t xml:space="preserve">hal-04642382v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Allocation of Gambling Licences, Radio Frequencies and CO² Emission Permits in France</w:t>
               </w:r>
@@ -2929,96 +2925,100 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04642333v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frontex et la gestion des frontières extérieures de l’Union</w:t>
-[...16 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Frontex et la gestion des frontières extérieures de l'Union</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Lafarge</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Jean Pierre Rioux; Marcel Spisser. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La frontière</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2016</w:t>
+              <w:t xml:space="preserve">, Canopé, 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04642382v1</w:t>
+                <w:t xml:space="preserve">hal-04351872v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’accès des services répressifs des Etats membres et d’Europol à Eurodac</w:t>
               </w:r>
@@ -3274,968 +3274,968 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04643659v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Les biens culturels en droit de l’Union européenne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Lafarge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Cornu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Fromageau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Wallaert</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dictionnaire comparé du droit du patrimoine culturel</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp. 123-136, 2012, 978-2-271-07386-0</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04642351v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Coopération administrative entre Etats membres et Soft Law dans l’Union européenne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Lafarge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julia Iliopoulos-Strangas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean- François Flauss</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The Soft Law of European Organisations, Societas Iuris Publici Europaei, Nomos, Stämpfli, Sakkoulas</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp. 64-82, 2012, 978-960-152573-0</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04642339v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Lafarge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Koen Verhoest</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thiel Sandra Van</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geert Bouckaert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Per Laegreid</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Government Agencies. Practices and lessons from 30 Countries</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp. 98-109, 2012, 978-0-230-35435-7</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04642359v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">EU’s Supporting Competencies and Administrative Cooperation in the TFEU</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Lafarge</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Proceedings of the 2011 Meeting of the Permanent Study Group on Law and administration</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04643677v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId80" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">Coopération administrative entre Etats membres et Soft Law dans l’Union européenne</w:t>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’influence du droit européen sur les catégories juridiques du droit de la police administrative</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Lafarge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Jean- François Flauss</w:t>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Bernard Auby</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Soft Law of European Organisations, Societas Iuris Publici Europaei, Nomos, Stämpfli, Sakkoulas</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, pp. 64-82, 2012, 978-960-152573-0</w:t>
+              <w:t xml:space="preserve">The influence of EU Law on the Categories of Public Law</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp. 705-715, 2010, 978-2-247-08671-9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
-[...249 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04642368v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La formation en Europe : dimension individuelle et adéquation à des enjeux collectifs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Lafarge</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La formation en Europe: entre performance et concurrence</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04643686v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId92" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">L’influence du droit européen sur les catégories juridiques du droit de la police administrative</w:t>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Beni culturali</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Lafarge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jean-Bernard Auby</w:t>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mario Chiti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guido Greco</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The influence of EU Law on the Categories of Public Law</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, pp. 705-715, 2010, 978-2-247-08671-9</w:t>
+              <w:t xml:space="preserve">Trattato di diritto amministrativo europeo</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp. 671-708, 2007, 978-8814127403</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04642374v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cultura</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Lafarge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mario Chiti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guido Greco</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Trattato di diritto amministrativo europeo</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp. 971-1005, 2007, 978-8814127373</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04642379v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La protezione giuridica del patrimonio culturale in Francia dalla metà del XIX secolo fino alla legge del 1913</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Lafarge</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Il patrimonio culturale in Francia (Heritage in France)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04643713v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les lois du grand-duché de Toscane relatives à l’exportation d’œuvres d’art (1737-1859): entre perfectionnisme législatif et intérêts économiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Lafarge</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Normes juridiques et pratiques judiciaires du Moyen âge à l'époque contemporaine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04643755v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The French Heritage Code of 2004</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Lafarge</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Il patrimonio culturale in Francia</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04643700v1</w:t>
-              </w:r>
-[...326 lines deleted...]
-                <w:t xml:space="preserve">hal-04643755v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Commento agli articoli di collegamento tra diritto italiano e diritto internazionale e communitario del codice dei beni culturali e del paesaggio</w:t>
               </w:r>
@@ -5068,433 +5068,530 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05145948v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Chronique de l'administration européenne [1er février au 31 juillet 2020]</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Lafarge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eleftheria Neframi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Mangenot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2020, pp.803-832. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/rfap.175.0803⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05145898v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Chronique de l'administration européenne [1er août 2019 au 31 janvier 2020]</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Lafarge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eleftheria Neframi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Mangenot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2020, pp.257-286. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3917/rfap.173.0257⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05145907v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId119" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">Chronique de l'administration européenne [1er février au 31 juillet 2020]</w:t>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chronique de l'administration européenne [1er février au 31 juillet 2019]</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Lafarge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eleftheria Neframi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Mangenot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">2020, pp.803-832. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/rfap.175.0803⟩</w:t>
+              <w:t xml:space="preserve">2019, pp.831-860. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/rfap.171.0831⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...4 lines deleted...]
-                <w:t xml:space="preserve">Chronique de l'administration européenne [1er février au 31 juillet 2019]</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05145875v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chronique de l'administration européenne [1er août 2018 au 31 janvier 2019]</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Lafarge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eleftheria Neframi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Mangenot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">2019, pp.831-860. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/rfap.171.0831⟩</w:t>
+              <w:t xml:space="preserve">2019, pp.261-292. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/rfap.169.0261⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...4 lines deleted...]
-                <w:t xml:space="preserve">Chronique de l'administration européenne [1er août 2018 au 31 janvier 2019]</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05145887v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chronique de l'administration européenne [1er février au 31 juillet 2018]</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Lafarge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eleftheria Neframi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Mangenot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">2019, pp.261-292. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/rfap.169.0261⟩</w:t>
+              <w:t xml:space="preserve">2018, pp.705-732. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/rfap.167.0705⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05145844v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chronique de l'administration européenne [1er août 2017 au 31 janvier 2018]</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Lafarge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
@@ -5504,385 +5601,385 @@
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eleftheria Neframi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Mangenot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2018, pp.197-225. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3917/rfap.165.0197⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05145862v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId127" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">Chronique de l'administration européenne [1er février au 31 juillet 2018]</w:t>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chronique de l'administration européenne [1er février 2017 au 31 juillet 2017]</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Lafarge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eleftheria Neframi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Mangenot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">2018, pp.705-732. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/rfap.167.0705⟩</w:t>
+              <w:t xml:space="preserve">2017, pp.697-730. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/rfap.163.0697⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...4 lines deleted...]
-                <w:t xml:space="preserve">Chronique de l'administration européenne [1er février 2017 au 31 juillet 2017]</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05145816v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chronique de l'administration européenne [1er août 2016 au 31 janvier 2017]</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Lafarge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eleftheria Neframi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Mangenot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">2017, pp.697-730. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/rfap.163.0697⟩</w:t>
+              <w:t xml:space="preserve">2017, pp.195-224. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/rfap.161.0195⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...4 lines deleted...]
-                <w:t xml:space="preserve">Chronique de l'administration européenne [1er août 2016 au 31 janvier 2017]</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05145832v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chronique de l'administration européenne [1er février au 31 juillet 2016]</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Lafarge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eleftheria Neframi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Mangenot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">2017, pp.195-224. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/rfap.161.0195⟩</w:t>
+              <w:t xml:space="preserve">2016, pp.931-970. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/rfap.159.0931⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05145800v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chronique de l'administration [1er août 2015 au 31 janvier 2016]</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Lafarge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
@@ -5892,173 +5989,76 @@
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eleftheria Neframi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Mangenot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2016, pp.285-312. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3917/rfap.157.0285⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05145808v1</w:t>
-              </w:r>
-[...95 lines deleted...]
-                <w:t xml:space="preserve">hal-05145800v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chronique de l'administration européenne [1er mai au 31 octobre 2014]</w:t>
               </w:r>
@@ -7306,51 +7306,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="F5E5C63C"/>
+    <w:nsid w:val="CFE7E1DB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7537,51 +7537,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/francois-lafarge" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4761-5152" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/077480880" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04642169v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Lafarge" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Mangenot" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eleftheria Neframi" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfap.180.0917" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04401346v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04395375v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfap.160.1209" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05155644v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfap.160.0985" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04401382v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04401409v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Overman Sjors" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thiel Sandra Van" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0020852313509534" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04599307v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05155831v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dacian C Dragos" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulien Willemsen" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04599356v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfap.143.0677" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04612790v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04612774v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04599454v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Le Clainche" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfap.136.0751" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05155903v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04612796v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04612810v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04612826v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04599487v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04612817v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04601202v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04601211v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02614492v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frans Timmermans" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Ferry" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Charl&#233;ty" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Lafarge" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04599485v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herwing Hofmann" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jens-Peter Schneider" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Ziller" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.larcier-intersentia.com/fr/codification-procedure-administrative-union-europeenne-9782802749974.html" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05456523v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04351875v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04642192v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04642214v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01773749v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Schirmann" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.larciergroup.com/fr/dictionnaire-encyclopedique-de-la-gouvernance-europeenne-2017-9782807903302.html" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02439588v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Lepesant" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Mestre" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04642328v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04642307v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ongaro Edoardo" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04351872v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04642333v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandrina Soldatenko" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Adriaanse" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck van Ommeren" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Willemin den Ouden" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04642382v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04642387v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04642393v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04643668v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04643659v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04643677v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04642339v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Iliopoulos-Strangas" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean- Fran&#231;ois Flauss" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04642351v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Cornu" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Fromageau" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Wallaert" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04642359v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Koen Verhoest" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geert Bouckaert" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Per Laegreid" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04643686v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04642368v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Bernard Auby" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04643700v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04643713v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04642379v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Chiti" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guido Greco" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04642374v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04643755v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04643793v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04643806v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04643811v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04643823v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04643827v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04643860v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05149254v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfap.184.0237" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05456583v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfap.183.0269" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05149259v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfap.181.0296" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05145934v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfap.179.0279" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05145948v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfap.177.0225" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05145907v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfap.173.0257" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05145898v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfap.175.0803" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05145875v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfap.171.0831" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05145887v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfap.169.0261" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05145862v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfap.165.0197" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05145844v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfap.167.0705" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05145816v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfap.163.0697" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05145832v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfap.161.0195" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05145808v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfap.157.0285" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05145800v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfap.159.0931" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05145786v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Andreone" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfap.153.0295" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05145775v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfap.155.0833" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05145772v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfap.150.0599" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05145760v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfap.148.1097" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05145763v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfap.146.0525" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05145122v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfap.144.1153" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04624973v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04624958v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04624967v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04624981v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04624987v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04624994v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04620659v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04620671v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04620666v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/francois-lafarge" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4761-5152" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/077480880" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04642169v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Lafarge" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Mangenot" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eleftheria Neframi" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfap.180.0917" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04401346v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04395375v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfap.160.1209" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05155644v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfap.160.0985" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04401409v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Overman Sjors" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thiel Sandra Van" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0020852313509534" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04401382v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05155831v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dacian C Dragos" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulien Willemsen" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04599307v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04612790v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04599356v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfap.143.0677" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04612774v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04599454v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Le Clainche" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfap.136.0751" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05155903v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04612796v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04612826v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04612810v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04599487v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04612817v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04601202v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04601211v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02614492v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frans Timmermans" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Ferry" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Charl&#233;ty" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Lafarge" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04599485v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herwing Hofmann" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jens-Peter Schneider" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Ziller" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.larcier-intersentia.com/fr/codification-procedure-administrative-union-europeenne-9782802749974.html" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05456523v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04351875v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04642192v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01773749v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Schirmann" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.larciergroup.com/fr/dictionnaire-encyclopedique-de-la-gouvernance-europeenne-2017-9782807903302.html" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04642214v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04642307v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ongaro Edoardo" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04642328v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02439588v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Lepesant" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Mestre" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04642382v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04642333v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandrina Soldatenko" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Adriaanse" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck van Ommeren" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Willemin den Ouden" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04351872v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04642387v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04642393v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04643668v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04643659v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04642351v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Cornu" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Fromageau" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Wallaert" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04642339v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Iliopoulos-Strangas" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean- Fran&#231;ois Flauss" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04642359v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Koen Verhoest" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geert Bouckaert" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Per Laegreid" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04643677v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04642368v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Bernard Auby" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04643686v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04642374v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Chiti" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guido Greco" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04642379v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04643713v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04643755v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04643700v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04643793v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04643806v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04643811v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04643823v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04643827v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04643860v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05149254v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfap.184.0237" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05456583v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfap.183.0269" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05149259v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfap.181.0296" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05145934v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfap.179.0279" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05145948v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfap.177.0225" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05145898v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfap.175.0803" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05145907v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfap.173.0257" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05145875v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfap.171.0831" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05145887v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfap.169.0261" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05145844v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfap.167.0705" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05145862v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfap.165.0197" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05145816v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfap.163.0697" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05145832v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfap.161.0195" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05145800v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfap.159.0931" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05145808v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfap.157.0285" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05145786v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Andreone" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfap.153.0295" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05145775v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfap.155.0833" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05145772v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfap.150.0599" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05145760v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfap.148.1097" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05145763v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfap.146.0525" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05145122v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfap.144.1153" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04624973v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04624958v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04624967v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04624981v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04624987v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04624994v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04620659v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04620671v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04620666v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>