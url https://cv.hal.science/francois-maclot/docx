--- v0 (2026-03-05)
+++ v1 (2026-03-28)
@@ -100,429 +100,429 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Summary of taxonomy changes ratified by the International Committee on Taxonomy of Viruses from the Plant Viruses Subcommittee, 2025</w:t>
+                <w:t xml:space="preserve">Infection Patterns of Albugo laibachii and Effect on Host Survival and Reproduction in a Wild Population of Arabidopsis thaliana</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Luisa Rubino</w:t>
+                <w:t xml:space="preserve">Ignacio Taguas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Peter Abrahamian</w:t>
+                <w:t xml:space="preserve">François Maclot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Wenxia An</w:t>
+                <w:t xml:space="preserve">Nuria Montes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Miguel Aranda</w:t>
+                <w:t xml:space="preserve">Israel Pagán</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">José T Ascencio-Ibañez</w:t>
+                <w:t xml:space="preserve">Aurora Fraile</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of General Virology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 106 (7), pp.002114. </w:t>
+              <w:t xml:space="preserve">Plants</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 14 (4), pp.568. </w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1099/jgv.0.002114⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/plants14040568⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05190019v1</w:t>
+                <w:t xml:space="preserve">hal-05195969v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Infection Patterns of Albugo laibachii and Effect on Host Survival and Reproduction in a Wild Population of Arabidopsis thaliana</w:t>
+                <w:t xml:space="preserve">Virome Survey of Banana Plantations and Surrounding Plants in Malawi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ignacio Taguas</w:t>
+                <w:t xml:space="preserve">Johnny Isaac Gregorio Masangwa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Coline Temple</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johan Rollin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">François Maclot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Israel Pagán</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Aurora Fraile</w:t>
+                <w:t xml:space="preserve">Serkan Önder</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plants</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/plants14040568⟩</w:t>
+              <w:t xml:space="preserve">Viruses</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 17 (8), pp.1068. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/v17081068⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05195969v1</w:t>
+                <w:t xml:space="preserve">hal-05195950v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Virome Survey of Banana Plantations and Surrounding Plants in Malawi</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Summary of taxonomy changes ratified by the International Committee on Taxonomy of Viruses from the Plant Viruses Subcommittee, 2025</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luisa Rubino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Johnny Isaac Gregorio Masangwa</w:t>
+                <w:t xml:space="preserve">Peter Abrahamian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Coline Temple</w:t>
+                <w:t xml:space="preserve">Wenxia An</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Johan Rollin</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">François Maclot</w:t>
+                <w:t xml:space="preserve">Miguel Aranda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Serkan Önder</w:t>
+                <w:t xml:space="preserve">José T Ascencio-Ibañez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Viruses</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 17 (8), pp.1068. </w:t>
+              <w:t xml:space="preserve">Journal of General Virology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 106 (7), pp.002114. </w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/v17081068⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1099/jgv.0.002114⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05195950v1</w:t>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05190019v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Virome Scanning of Saffron (Crocus sativus L.) at the National Scale in Iran Using High-Throughput Sequencing Technologies</w:t>
               </w:r>
@@ -655,90 +655,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effects of cucumber mosaic virus infection on Arabidopsis thaliana in wild populations: from mutualism to antagonism</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rafael de Andrés‐torán</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Maclot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Miguel Ángel Mora</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurora Fraile</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Israel Pagán</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">New Phytologist</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, </w:t>
@@ -880,51 +880,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Long-Term Anthropogenic Management and Associated Loss of Plant Diversity Deeply Impact Virome Richness and Composition of &amp;lt;i&amp;gt;Poaceae&amp;lt;/i&amp;gt; Communities</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Maclot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Debue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1014,51 +1014,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">First Report of Tobacco Ringspot Virus Infecting Pawpaw Orchard (&amp;lt;i&amp;gt;Asimina triloba&amp;lt;/i&amp;gt;) in North America</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Maclot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mario Mandujano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1442,51 +1442,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oumaima Moubset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah François</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Maclot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Essowè Palanga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1544,814 +1544,814 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03705057v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluation of Two Rapid Antigenic Tests for the Detection of SARS-CoV-2 in Nasopharyngeal Swabs</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Development of a multiplex RT-qPCR using the drop out strategy to screen the SARS-CoV-2 South African 501Y.V2 variant</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Maclot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ysaline Seynaeve</w:t>
+                <w:t xml:space="preserve">Sébastien Bontems</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Justine Heylen</w:t>
+                <w:t xml:space="preserve">Cécile Meex</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Corentin Fontaine</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">François Maclot</w:t>
+                <w:t xml:space="preserve">Maria Artesi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cécile Meex</w:t>
+                <w:t xml:space="preserve">Pablo Beckers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Clinical Medicine</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 10 (13), pp.2774. </w:t>
+              <w:t xml:space="preserve">Journal of Infection</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 83 (1), pp.e19-e21. </w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/jcm10132774⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jinf.2021.04.035⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05344861v1</w:t>
+                <w:t xml:space="preserve">hal-05344899v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">SARS-CoV-2 in carotid body</w:t>
+                <w:t xml:space="preserve">Novel Ampeloviruses Infecting Cassava in Central Africa and the South-West Indian Ocean Islands</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bernard Lambermont</w:t>
+                <w:t xml:space="preserve">Yves Kwibuka</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eric Davenne</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">François Maclot</w:t>
+                <w:t xml:space="preserve">Espoir Bisimwa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Delvenne</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Arnaud G Blouin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Bragard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Candresse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Intensive Care Medicine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00134-021-06351-z⟩</w:t>
+              <w:t xml:space="preserve">Viruses</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 13 (6), pp.1030. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/v13061030⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05344877v1</w:t>
+                <w:t xml:space="preserve">hal-03244473v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">First report of black raspberry necrosis virus and raspberry leaf mottle virus in Bosnia and Herzegovina</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">SARS-CoV-2 in carotid body</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Francois Maclot</w:t>
+                <w:t xml:space="preserve">Bernard Lambermont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Duska Delić</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Sebastien Massart</w:t>
+                <w:t xml:space="preserve">Eric Davenne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Maclot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Delvenne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Plant Pathology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s42161-020-00697-x⟩</w:t>
+              <w:t xml:space="preserve">Intensive Care Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 47 (3), pp.342-343. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00134-021-06351-z⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05344959v1</w:t>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05344877v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">De la paire de bottes à la paire de bases : de l’intérêt d’étudier l’écologie des viromes de plantes</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Evaluation of Two Rapid Antigenic Tests for the Detection of SARS-CoV-2 in Nasopharyngeal Swabs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ysaline Seynaeve</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Justine Heylen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corentin Fontaine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Maclot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Carolyn Malmstrom</w:t>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Meex</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Virologie</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1684/vir.2021.0879⟩</w:t>
+              <w:t xml:space="preserve">Journal of Clinical Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 10 (13), pp.2774. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/jcm10132774⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-03162172v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05344861v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Novel Ampeloviruses Infecting Cassava in Central Africa and the South-West Indian Ocean Islands</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">First report of black raspberry necrosis virus and raspberry leaf mottle virus in Bosnia and Herzegovina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Espoir Bisimwa</w:t>
+                <w:t xml:space="preserve">Mariana Radulović</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arnaud G Blouin</w:t>
+                <w:t xml:space="preserve">Irena Mavrič-Pleško</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claude Bragard</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Francois Maclot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Duska Delić</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastien Massart</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Viruses</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/v13061030⟩</w:t>
+              <w:t xml:space="preserve">Journal of Plant Pathology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 103 (1), pp.371 - 371. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s42161-020-00697-x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03244473v1</w:t>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05344959v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Development of a multiplex RT-qPCR using the drop out strategy to screen the SARS-CoV-2 South African 501Y.V2 variant</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">De la paire de bottes à la paire de bases : de l’intérêt d’étudier l’écologie des viromes de plantes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Maclot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Cécile Meex</w:t>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Candresse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Filloux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maria Artesi</w:t>
+                <w:t xml:space="preserve">Philippe Rott</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pablo Beckers</w:t>
+                <w:t xml:space="preserve">Carolyn Malmstrom</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Infection</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 83 (1), pp.e19-e21. </w:t>
+              <w:t xml:space="preserve">Virologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 25 (1), pp.29-42. </w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jinf.2021.04.035⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1684/vir.2021.0879⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-05344899v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03162172v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Identification and Molecular Characterization of a Novel Hordeivirus Associated With Yellow Mosaic Disease of Privet (Ligustrum vulgare) in Europe</w:t>
               </w:r>
@@ -2389,51 +2389,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Justine Brodard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Kellenberger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Maclot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Frontiers in Microbiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 12, </w:t>
@@ -2471,51 +2471,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Identification, molecular and biological characterization of two novel secovirids in wild grass species in Belgium</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Maclot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Debue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2733,355 +2733,355 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03036205v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identification and molecular characterization of a novel foveavirus from Rubus spp. in Turkey</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Sebastien Massart</w:t>
+                <w:t xml:space="preserve">Illuminating an Ecological Blackbox: Using High Throughput Sequencing to Characterize the Plant Virome Across Scales</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Maclot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Candresse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Filloux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carolyn M Malmstrom</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Roumagnac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Virus Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.virusres.2020.198078⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 11, pp.578064. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fmicb.2020.578064⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05344951v1</w:t>
+                <w:t xml:space="preserve">hal-02983693v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Illuminating an Ecological Blackbox: Using High Throughput Sequencing to Characterize the Plant Virome Across Scales</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Philippe Roumagnac</w:t>
+                <w:t xml:space="preserve">Identification and molecular characterization of a novel foveavirus from Rubus spp. in Turkey</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mona Gazel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vahid Roumi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kivilcim Ördek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francois Maclot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastien Massart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Microbiology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 11, pp.578064. </w:t>
+              <w:t xml:space="preserve">Virus Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 286, pp.198078. </w:t>
             </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fmicb.2020.578064⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.virusres.2020.198078⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-02983693v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05344951v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Identification and Characterization of a Novel Robigovirus Species from Sweet Cherry in Turkey</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kadriye Çağlayan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vahid Roumi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mona Gazel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eminur Elçi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3273,295 +3273,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02627121v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">CRISPR-Cas9-mediated efficient directed mutagenesis and RAD51-dependent and RAD51-independent gene targeting in the moss Physcomitrella patens</w:t>
+                <w:t xml:space="preserve">Towards mastering CRISPR-induced gene knock-in in plants: Survey of key features and focus on the model Physcomitrella patens</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Collonnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aline Epert</w:t>
+                <w:t xml:space="preserve">Anouchka Guyon Debast</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Maclot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kostlend Mara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anouchka Guyon-Debast</w:t>
+                <w:t xml:space="preserve">Florence Charlot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plant Biotechnology Journal</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 15 (1), pp.122 - 131. </w:t>
+              <w:t xml:space="preserve">Methods</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 121-122, pp.103-117. </w:t>
             </w:r>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/pbi.12596⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ymeth.2017.04.024⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">inserm-01904879v1</w:t>
+                <w:t xml:space="preserve">hal-01605156v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Towards mastering CRISPR-induced gene knock-in in plants: Survey of key features and focus on the model Physcomitrella patens</w:t>
+                <w:t xml:space="preserve">CRISPR-Cas9-mediated efficient directed mutagenesis and RAD51-dependent and RAD51-independent gene targeting in the moss Physcomitrella patens</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Collonnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anouchka Guyon Debast</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Aline Epert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kostlend Mara</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Maclot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Florence Charlot</w:t>
+                <w:t xml:space="preserve">Anouchka Guyon-Debast</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Methods</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 121-122, pp.103-117. </w:t>
+              <w:t xml:space="preserve">Plant Biotechnology Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 15 (1), pp.122 - 131. </w:t>
             </w:r>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ymeth.2017.04.024⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/pbi.12596⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01605156v1</w:t>
+                <w:t xml:space="preserve">inserm-01904879v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (12)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -3579,267 +3579,267 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Deciphering the complex ecology of plant and mycoviruses in wild grasses by analysing the virome associated with individual plants</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Maclot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Armelle Marais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Candresse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Massart</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Microbiology Day - 2025</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Microbio-NA, May 2025, Bordeaux, France</w:t>
+              <w:t xml:space="preserve">12ème Colloque de la Société Française de Phytopathologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2025, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05344389v1</w:t>
+                <w:t xml:space="preserve">hal-05344364v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Deciphering the complex ecology of plant and mycoviruses in wild grasses by analysing the virome associated with individual plants</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Maclot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Armelle Marais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Candresse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Massart</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">12ème Colloque de la Société Française de Phytopathologie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2025, Bordeaux, France</w:t>
+              <w:t xml:space="preserve">Microbiology Day - 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Microbio-NA, May 2025, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05344364v1</w:t>
+                <w:t xml:space="preserve">hal-05344389v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Deciphering the complex ecology of plant and mycoviruses in wild grasses by analyzing the virome associated with individual plants</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Maclot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Massart</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3877,77 +3877,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">What can viral metagenomics bring to our understanding of the diversity and ecology of virus communities in cereals and wild grasses?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Maclot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Armelle Marais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Candresse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ViRAE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2025, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3972,51 +3972,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">What can viral metagenomics bring to our understanding of the diversity and ecology of plant viruses in agro ecological landscapes ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Maclot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Congress of Plant Pathology - satellite event</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2023, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4067,51 +4067,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oumaima Moubset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah François</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Maclot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Essowé Palanga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4166,90 +4166,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Exploring the virus diversity and diversity in contrasted plant communities of Poaceae</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Maclot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Candresse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Filloux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carolyn Malmstrom</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Roumagnac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4291,64 +4291,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect of species composition on virome diversity in various ecosystemic communities of Poaceae</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Maclot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Candresse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Filloux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4406,342 +4406,342 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05173697v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental evolution of Barley yellow dwarf virus in cultivated and wild Poaceae species</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Minor plant species can be key players of the Poaceae virome at the agroecosystem scale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Maclot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId164" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Candresse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Filloux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Roumagnac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Massart</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">17e Rencontres de virologie végétale</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2019, Aussois (France), France</w:t>
+              <w:t xml:space="preserve">14th International Plant Virus Epidemiology Symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2019, Seoul, South Korea</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04315120v1</w:t>
+                <w:t xml:space="preserve">hal-05344513v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Minor plant species can be key players of the Poaceae virome at the agroecosystem scale</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Experimental evolution of Barley yellow dwarf virus in cultivated and wild Poaceae species</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Tamisier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Colson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Maclot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
-[...46 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peipei Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Francis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">14th International Plant Virus Epidemiology Symposium</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2019, Seoul, South Korea</w:t>
+              <w:t xml:space="preserve">17e Rencontres de virologie végétale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2019, Aussois (France), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId166" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05344513v1</w:t>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04315120v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact of ecosystem diversity on the Poaceae virome</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Maclot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Filloux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Roumagnac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Candresse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Massart</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4779,51 +4779,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">PhD Thesis 3 minutes presentation: impact of ecosystem diversity on the Poaceae virome</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Maclot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Massart</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4893,51 +4893,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence of host variety and community composition on the dynamics of virus infections in a North American native prairie grass</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Maclot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Katrina Culbertson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4945,51 +4945,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael P Ryskkamp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Massart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carolyn Malmstrom</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">19èmes Rencontres de Virologie Végétale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2023, Aussois, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5014,90 +5014,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Exploring the virus richness and diversity in contrasted plant communities of Poaceae</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Maclot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Candresse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Filloux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carolyn Malmstrom</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Roumagnac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5152,64 +5152,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Experimental evolution of Barley yellow dwarf virus in cultivated and wild Poaceae species</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Tamisier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Colson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Maclot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Francis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5309,77 +5309,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Host-specific adaptation and fitness trade-off of Barley Yellow Dwarf Viruses suggested by experimental evolution through aphid inoculation on multiple Poaceae species</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Tamisier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Colson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Maclot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peipei Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xifeng Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5583,51 +5583,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05190019v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luisa Rubino" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Abrahamian" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wenxia An" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Aranda" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; T Ascencio-Iba&#241;ez" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1099/jgv.0.002114" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05195969v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ignacio Taguas" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Maclot" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nuria Montes" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Israel Pag&#225;n" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurora Fraile" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/plants14040568" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05195950v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johnny Isaac Gregorio Masangwa" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coline Temple" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Rollin" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serkan &#214;nder" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/v17081068" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05201842v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hajar Valouzi" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akbar Dizadji" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alireza Golnaraghi" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Seyed Alireza Salami" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nuria Fontdevila Pareta" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/v17081079" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05326715v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafael de Andr&#233;s&#8208;tor&#225;n" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel &#193;ngel Mora" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.70640" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05344804v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Maclot" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Thys" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Massart" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ndr2.12277" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04061715v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Debue" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolyn M Malmstrom" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Filloux" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Roumagnac" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/spectrum.04850-22" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05344847v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Mandujano" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kota Nakasato" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Byrne" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sita Paudel" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/pdis-11-22-2639-pdn" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03753454v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benedicte Lebas" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ian Adams" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maher Al Rwahnih" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steve Baeyen" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume J. Bilodeau" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/epp.12863" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03915292v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Massart" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Al Rwahnih" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume J Bilodeau" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24072/pcjournal.181" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03705057v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oumaima Moubset" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Fran&#231;ois" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Essow&#232; Palanga" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Julian" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/PHYTO-03-22-0096-RVW" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05344861v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ysaline Seynaeve" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Heylen" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Fontaine" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Meex" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/jcm10132774" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05344877v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Lambermont" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Davenne" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Delvenne" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00134-021-06351-z" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05344959v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariana Radulovi&#263;" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irena Mavri&#269;-Ple&#353;ko" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Maclot" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Duska Deli&#263;" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s42161-020-00697-x" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03162172v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Candresse" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Rott" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolyn Malmstrom" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/vir.2021.0879" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03244473v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Kwibuka" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Espoir Bisimwa" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud G Blouin" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Bragard" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/v13061030" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05344899v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Bontems" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Artesi" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Beckers" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jinf.2021.04.035" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03408043v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-S&#233;bastien Reynard" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia Turco" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Brodard" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Kellenberger" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2021.723350" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03239259v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Blouin" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N&#250;ria Fontdevila Pareta" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Tamisier" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.virusres.2021.198397" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03036205v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armelle Marais" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergio Murolo" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Faure" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Brans" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clement Larue" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/PHYTO-09-20-0420-R" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05344951v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mona Gazel" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vahid Roumi" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kivilcim &#214;rdek" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.virusres.2020.198078" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02983693v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2020.578064" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05344932v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kadriye &#199;a&#287;layan" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eminur El&#231;i" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehtap Acio&#287;lu" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/pathogens8020057" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02627121v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Massart" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michela Chiumenti" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kris de Jonghe" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Glover" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annelies Haegeman" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/PHYTO-02-18-0067-R" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01904879v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Collonnier" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Epert" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kostlend Mara" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anouchka Guyon-Debast" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/pbi.12596" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605156v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anouchka Guyon Debast" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Charlot" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ymeth.2017.04.024" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05344389v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05344364v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05409181v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05344308v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05340127v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05180357v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Essow&#233; Palanga" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05344482v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05173697v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04315120v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Colson" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peipei Zhang" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Francis" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05344513v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05344535v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05344576v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05344424v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katrina Culbertson" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael P Ryskkamp" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05344442v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04315133v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Francis" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Baurain" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05213490v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xifeng Wang" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05195969v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ignacio Taguas" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Maclot" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nuria Montes" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Israel Pag&#225;n" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurora Fraile" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/plants14040568" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05195950v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johnny Isaac Gregorio Masangwa" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coline Temple" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Rollin" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serkan &#214;nder" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/v17081068" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05190019v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luisa Rubino" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Abrahamian" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wenxia An" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Aranda" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; T Ascencio-Iba&#241;ez" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1099/jgv.0.002114" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05201842v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hajar Valouzi" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akbar Dizadji" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alireza Golnaraghi" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Seyed Alireza Salami" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nuria Fontdevila Pareta" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/v17081079" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05326715v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafael de Andr&#233;s&#8208;tor&#225;n" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel &#193;ngel Mora" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.70640" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05344804v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Maclot" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Thys" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Massart" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ndr2.12277" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04061715v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Debue" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolyn M Malmstrom" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Filloux" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Roumagnac" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/spectrum.04850-22" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05344847v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Mandujano" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kota Nakasato" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Byrne" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sita Paudel" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/pdis-11-22-2639-pdn" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03753454v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benedicte Lebas" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ian Adams" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maher Al Rwahnih" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steve Baeyen" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume J. Bilodeau" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/epp.12863" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03915292v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Massart" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Al Rwahnih" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume J Bilodeau" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24072/pcjournal.181" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03705057v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oumaima Moubset" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Fran&#231;ois" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Essow&#232; Palanga" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Julian" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/PHYTO-03-22-0096-RVW" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05344899v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Bontems" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Meex" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Artesi" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Beckers" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jinf.2021.04.035" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03244473v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Kwibuka" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Espoir Bisimwa" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud G Blouin" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Bragard" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Candresse" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/v13061030" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05344877v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Lambermont" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Davenne" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Delvenne" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00134-021-06351-z" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05344861v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ysaline Seynaeve" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Heylen" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Fontaine" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/jcm10132774" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05344959v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariana Radulovi&#263;" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irena Mavri&#269;-Ple&#353;ko" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Maclot" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Duska Deli&#263;" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s42161-020-00697-x" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03162172v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Rott" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolyn Malmstrom" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/vir.2021.0879" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03408043v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-S&#233;bastien Reynard" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia Turco" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Brodard" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Kellenberger" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2021.723350" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03239259v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Blouin" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N&#250;ria Fontdevila Pareta" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Tamisier" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.virusres.2021.198397" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03036205v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armelle Marais" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergio Murolo" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Faure" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Brans" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clement Larue" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/PHYTO-09-20-0420-R" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02983693v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2020.578064" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05344951v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mona Gazel" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vahid Roumi" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kivilcim &#214;rdek" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.virusres.2020.198078" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05344932v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kadriye &#199;a&#287;layan" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eminur El&#231;i" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehtap Acio&#287;lu" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/pathogens8020057" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02627121v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Massart" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michela Chiumenti" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kris de Jonghe" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Glover" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annelies Haegeman" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/PHYTO-02-18-0067-R" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605156v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Collonnier" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anouchka Guyon Debast" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kostlend Mara" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Charlot" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ymeth.2017.04.024" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01904879v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Epert" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anouchka Guyon-Debast" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/pbi.12596" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05344364v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05344389v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05409181v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05344308v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05340127v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05180357v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Essow&#233; Palanga" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05344482v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05173697v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05344513v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04315120v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Colson" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peipei Zhang" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Francis" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05344535v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05344576v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05344424v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katrina Culbertson" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael P Ryskkamp" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05344442v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04315133v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Francis" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Baurain" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05213490v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xifeng Wang" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>