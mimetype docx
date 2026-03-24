--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -454,230 +454,230 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04913940v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Colour Lexicon Is Shaped by Environment and Biology: Comparing Himba and French Colour Perception</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Serge Caparos</w:t>
+                <w:t xml:space="preserve">R You Sure That Your /r/ Is Trilled? A Methodological Caveat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Anselme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Pellegrino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dan Dediu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Joint Conference on Language Evolution</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Sep 2022, Kanazawa, Japan. pp.368-370</w:t>
+              <w:t xml:space="preserve">, Sep 2022, Kanazawa, Japan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03900005v1</w:t>
+                <w:t xml:space="preserve">hal-03900020v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">R You Sure That Your /r/ Is Trilled? A Methodological Caveat</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Rémi Anselme</w:t>
+                <w:t xml:space="preserve">The Colour Lexicon Is Shaped by Environment and Biology: Comparing Himba and French Colour Perception</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Josserand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serge Caparos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Pellegrino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dan Dediu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Joint Conference on Language Evolution</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Sep 2022, Kanazawa, Japan</w:t>
+              <w:t xml:space="preserve">, Sep 2022, Kanazawa, Japan. pp.368-370</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03900020v1</w:t>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03900005v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">How comparable are languages across linguistic corpora? Some methodological thoughts</w:t>
               </w:r>
@@ -1495,247 +1495,247 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01824597v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Speech Technologies for African Languages: Example of a Multilingual Calculator for Education</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Effects of perception and production trainings on the production of English vowels by French native learners</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jennifer Krzonowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Ferragne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francois Pellegrino</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Interspeech 2015 (short demo paper)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2015, Dresden, Germany</w:t>
+              <w:t xml:space="preserve">6th ISEL Conference on Experimental Linguistics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, University of Athens, International Speech &amp; Communication Association, Jun 2015, Athens, Greece</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01170505v1</w:t>
+                <w:t xml:space="preserve">hal-01240127v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of perception and production trainings on the production of English vowels by French native learners</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Speech Technologies for African Languages: Example of a Multilingual Calculator for Education</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Besacier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Gauthier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Mangeot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Bretier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Bagshaw</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">6th ISEL Conference on Experimental Linguistics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, University of Athens, International Speech &amp; Communication Association, Jun 2015, Athens, Greece</w:t>
+              <w:t xml:space="preserve">Interspeech 2015 (short demo paper)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2015, Dresden, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01240127v1</w:t>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01170505v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cross-linguistic Investigations of Oral and Silent Reading</w:t>
               </w:r>
@@ -1931,230 +1931,230 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01179120v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of Bilingualism on Speech Rate: the Case of Catalan and Basque Bilinguals in Spain</w:t>
+                <w:t xml:space="preserve">A Quantitative and Typological Approach to Correlating Linguistic Complexity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoon Mi Oh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Pellegrino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Egidio Marsico</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Coupé</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">François Pellegrino</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The International Congress of Linguists</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2013, Geneva, Switzerland</w:t>
+              <w:t xml:space="preserve">the 5th Conference on Quantitative Investigations in Theoretical Linguistics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2013, Leuven, Belgium</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-01179117v1</w:t>
+                <w:t xml:space="preserve">halshs-01179121v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Quantitative and Typological Approach to Correlating Linguistic Complexity</w:t>
+                <w:t xml:space="preserve">Effect of Bilingualism on Speech Rate: the Case of Catalan and Basque Bilinguals in Spain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoon Mi Oh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Coupé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Pellegrino</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Christophe Coupé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">the 5th Conference on Quantitative Investigations in Theoretical Linguistics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2013, Leuven, Belgium</w:t>
+              <w:t xml:space="preserve">The International Congress of Linguists</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2013, Geneva, Switzerland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-01179121v1</w:t>
+                <w:t xml:space="preserve">halshs-01179117v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">LAPSyD: Lyon-Albuquerque Phonological Systems Database</w:t>
               </w:r>
@@ -2464,51 +2464,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hadrien Gelas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Solomon Teferra Abate</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Besacier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francois Pellegrino</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2559,51 +2559,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Développement de ressources en swahili pour un sytème de reconnaisance automatique de la parole (Developments of Swahili resources for an automatic speech recognition system) [in French]</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hadrien Gelas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Besacier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francois Pellegrino</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2635,243 +2635,243 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00954192v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The perception of a derived contrast in Scottish English</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">François Pellegrino</w:t>
+                <w:t xml:space="preserve">Evaluation of crowdsourcing transcriptions for African languages</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hadrien Gelas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Solomon Teferra Abate</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Besacier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francois Pellegrino</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Congress of Phonetic Sciences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, the City University of Hong Kong, the Chinese Academy of Social Sciences, Beijing, the Academia Sinica, Aug 2011, Hong-Kong, Hong Kong SAR China. pp.ICPHS</w:t>
+              <w:t xml:space="preserve">Human Language Technologies for Development (HLTD)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, Alexandrie, Egypt. pp.x-x</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00613604v1</w:t>
+                <w:t xml:space="preserve">hal-00959157v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluation of crowdsourcing transcriptions for African languages</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Francois Pellegrino</w:t>
+                <w:t xml:space="preserve">The perception of a derived contrast in Scottish English</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Ferragne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Bedoin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Boulenger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Pellegrino</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Human Language Technologies for Development (HLTD)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, Alexandrie, Egypt. pp.x-x</w:t>
+              <w:t xml:space="preserve">International Congress of Phonetic Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, the City University of Hong Kong, the Chinese Academy of Social Sciences, Beijing, the Academia Sinica, Aug 2011, Hong-Kong, Hong Kong SAR China. pp.ICPHS</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00959157v1</w:t>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00613604v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Derived contrasts in Scottish English: an EEG study</w:t>
               </w:r>
@@ -2883,51 +2883,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Boulenger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Ferragne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Bedoin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Pellegrino</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2959,230 +2959,230 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00613603v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Using automatic speech recognition for phonological purposes: Study of Vowel Lenght in Punu (Bantu B40)</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Laurent Besacier</w:t>
+                <w:t xml:space="preserve">Etude acoustique d'un contraste dérivé en anglais d'Ecosse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Ferragne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Solange Rossato</w:t>
+                <w:t xml:space="preserve">Joana Afonso-Santiago</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francois Pellegrino</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Laphon 12</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2010, New Mexico (US), United States. pp.x-x</w:t>
+              <w:t xml:space="preserve">Journées d'Etude sur la Parole</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2010, Mons, Belgium</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04621858v1</w:t>
+                <w:t xml:space="preserve">hal-01240409v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etude acoustique d'un contraste dérivé en anglais d'Ecosse</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Emmanuel Ferragne</w:t>
+                <w:t xml:space="preserve">Using automatic speech recognition for phonological purposes: Study of Vowel Lenght in Punu (Bantu B40)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hadrien Gelas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Besacier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Joana Afonso-Santiago</w:t>
+                <w:t xml:space="preserve">Solange Rossato</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francois Pellegrino</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées d'Etude sur la Parole</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2010, Mons, Belgium</w:t>
+              <w:t xml:space="preserve">Laphon 12</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, New Mexico (US), United States. pp.x-x</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01240409v1</w:t>
+                <w:t xml:space="preserve">hal-04621858v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">2010, a speech oddity: Phonetic transcription of reversed speech</w:t>
               </w:r>
@@ -3276,64 +3276,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Using automatic speech recognition for phonological purposes: Study of Vowel Lenght in Punu (Bantu B40)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hadrien Gelas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Besacier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Solange Rossato</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francois Pellegrino</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5343,51 +5343,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Not just the alveolar trill, but all “r-like” sounds are associated with roughness across languages, pointing to a more general link between sound and touch</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Anselme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Pellegrino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5831,399 +5831,399 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04774212v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The channel capacity of multilevel linguistic features constrains speech comprehension</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Improving the workflow to crack Small, Unbalanced, Noisy, but Genuine (SUNG) datasets in bioacoustics: The case of bonobo calls</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Arnaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Pellegrino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jérémy Giroud</w:t>
+                <w:t xml:space="preserve">Sumir Keenan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier St-Gelais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jacques Pesnot Lerousseau</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Nicolas Mathevon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cognition</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.cognition.2022.105345⟩</w:t>
+              <w:t xml:space="preserve">PLoS Computational Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 19 (4), pp.e1010325. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pcbi.1010325⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04273115v1</w:t>
+                <w:t xml:space="preserve">hal-04273083v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Towards robust complexity indices in linguistic typology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Yoon Mi Oh</w:t>
+                <w:t xml:space="preserve">The channel capacity of multilevel linguistic features constrains speech comprehension</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémy Giroud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Pesnot Lerousseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Pellegrino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Morillon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Studies in Language</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1075/sl.22034.oh⟩</w:t>
+              <w:t xml:space="preserve">Cognition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 232, pp.105345. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cognition.2022.105345⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId137" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03916272v1</w:t>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04273115v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Improving the workflow to crack Small, Unbalanced, Noisy, but Genuine (SUNG) datasets in bioacoustics: The case of bonobo calls</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Vincent Arnaud</w:t>
+                <w:t xml:space="preserve">Towards robust complexity indices in linguistic typology</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yoon Mi Oh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Pellegrino</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS Computational Biology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 19 (4), pp.e1010325. </w:t>
+              <w:t xml:space="preserve">Studies in Language</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 47 (4), pp.789-829. </w:t>
             </w:r>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1371/journal.pcbi.1010325⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1075/sl.22034.oh⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId139" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04273083v1</w:t>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03916272v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">What’s in the r ? A review of the usage of the r symbol in the Illustrations of the IPA</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Anselme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Pellegrino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7793,300 +7793,300 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Phonetic and lexical interferences in informational masking during speech-in-speech comprehension</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Hoen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claire-Léonie Grataloup</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">François Pellegrino</w:t>
+                <w:t xml:space="preserve">Fannny Meunier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire-Leonie Grataloup</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francois Pellegrino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Grimault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Speech Communication</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2007, 49 (12), pp.905-916. </w:t>
-[...1 lines deleted...]
-            <w:hyperlink r:id="rId186" w:history="1">
+              <w:t xml:space="preserve">, 2007, 49, pp.Issue : 12 Pages : 905-916. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.specom.2007.05.008⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02320277v1</w:t>
+                <w:t xml:space="preserve">hal-01105232v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Phonetic and lexical interferences in informational masking during speech-in-speech comprehension</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Hoen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId189" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Fannny Meunier</w:t>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Meunier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claire-Leonie Grataloup</w:t>
-[...19 lines deleted...]
-            <w:hyperlink r:id="rId185" w:history="1">
+                <w:t xml:space="preserve">Claire-Léonie Grataloup</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Pellegrino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Grimault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Speech Communication</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2007, 49, pp.Issue : 12 Pages : 905-916. </w:t>
-[...1 lines deleted...]
-            <w:hyperlink r:id="rId186" w:history="1">
+              <w:t xml:space="preserve">, 2007, 49 (12), pp.905-916. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.specom.2007.05.008⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId188" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01105232v1</w:t>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02320277v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rhythmic unit extraction and modelling for automatic language identification</w:t>
               </w:r>
@@ -9890,191 +9890,191 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01240454v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Diphthongization as a cue for the automatic identification of British English dialects</w:t>
+                <w:t xml:space="preserve">Rhythm in read British English: interdialect variability</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Ferragne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Pellegrino</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">148th meeting of the Acoustical Society of America</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2004, San diego, United States. Proceedings of 148th meeting of the Acoustical Society of America, 2004</w:t>
+              <w:t xml:space="preserve">8th International Conference on Spoken Language Processing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, Jeju, South Korea. , Proceedings of 8th International Conference on Spoken Language Processing, 2004</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01240493v1</w:t>
+                <w:t xml:space="preserve">hal-01240543v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rhythm in read British English: interdialect variability</w:t>
+                <w:t xml:space="preserve">Diphthongization as a cue for the automatic identification of British English dialects</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Ferragne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Pellegrino</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">8th International Conference on Spoken Language Processing</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2004, Jeju, South Korea. , Proceedings of 8th International Conference on Spoken Language Processing, 2004</w:t>
+              <w:t xml:space="preserve">148th meeting of the Acoustical Society of America</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, San diego, United States. Proceedings of 148th meeting of the Acoustical Society of America, 2004</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01240543v1</w:t>
+                <w:t xml:space="preserve">hal-01240493v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Speech Timing and Rhythmic structure in Arabic dialects</w:t>
               </w:r>
@@ -10273,55 +10273,55 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Gravier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">14th Annual Conference of the International Speech Communication Association (Interspeech 2013</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, Lyon, France. ISCA, 2013, ISSN: 2958-1796. </w:t>
+              <w:t xml:space="preserve">Interspeech 2013 - 14th Annual Conference of the International Speech Communication Association</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2013, Lyon, France. ISCA, 2013, ISSN: 2958-1796. </w:t>
             </w:r>
             <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.21437/Interspeech.2013⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
@@ -10675,51 +10675,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05268783v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Coup&#233;" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoonmi Oh" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Seifart" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dan Dediu" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew Stave" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05120537v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoon Mi Oh" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Pellegrino" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04913940v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Josserand" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Caparos" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03900005v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03900020v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Anselme" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03900052v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Delafontaine" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02101246v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerald P. Niccolai" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Mazur-Palandre" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Pellegrino" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05267530v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier St-Gelais" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Arnaud" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-01960591v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Krzonowski" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Ferragne" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/jep.2018-60" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02613390v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Guiraud" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Boulenger" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01485744v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01824806v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z Malisz" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Zimmerer" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elizabeth Brandt" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01824597v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Michardi&#232;re" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Guyot Talbot" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01170505v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Besacier" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Gauthier" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Mangeot" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Bretier" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Bagshaw" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01240127v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01179074v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Egidio Marsico" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01179120v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01179117v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01179121v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01179104v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ian Maddieson" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Flavier" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01179112v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01179124v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00954191v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hadrien Gelas" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Solomon Teferra Abate" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00954192v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00613604v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Bedoin" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00959157v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00613603v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04621858v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Solange Rossato" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01240409v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joana Afonso-Santiago" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01121562v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Meunier" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00959185v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00431926v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Hoen" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00664987v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Rouas" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melissa Barkat-Defradas" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rym Hamdi" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01240462v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Volker Dellwo" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01240475v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01695727v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Farinas" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/SpeechProsody.2004-119" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01240488v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01695726v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01740967v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rim Hamdi-Sultan" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01695735v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01695731v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gine Andr&#233;-Obrecht" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICASSP.2003.1198711" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01695738v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01695736v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00702443v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05267523v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05267545v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ioana Vasilescu" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Hombert" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05267546v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03615573v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Vall&#232;s-Parlangeau" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01457139v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Jacob" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine S&#233;nac" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04892911v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Demuru" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilenia Montello" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;pascal Gu&#233;ry" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Levr&#233;ro" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ajp.23723" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05532858v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-025-94850-0" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04787299v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#239;a Ponsonnet" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aitana Garcia Arasco" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katarzyna Pisanski" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1121/10.0032454" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04547802v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Allassonni&#232;re&#8208;tang" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bart de Boer" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/cogs.13439" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04774212v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oxana Grosseck" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Limor Raviv" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/cogs.70011" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04273115v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Giroud" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Pesnot Lerousseau" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Morillon" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cognition.2022.105345" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03916272v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1075/sl.22034.oh" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04273083v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sumir Keenan" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Mathevon" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pcbi.1010325" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04273095v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/s0025100322000238" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04071781v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalja Ulrich" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Allassonni&#232;re-Tang" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1121/10.0017827" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03471186v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludger Paschen" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/lingvan-2019-0076" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03435810v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1121/10.0005950" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03435808v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2021.626118" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03063820v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-020-72451-3" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02413258v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.aaw2594" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02058714v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.wocn.2015.08.003" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-S753ZXCG-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03157962v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Chenu" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harriet Jisa" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Fayol" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2014.00182" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01133692v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1353/lan.2011.0057" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00439635v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.specom.2009.11.002" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01240095v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.wocn.2010.07.002" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-6MP09H8H-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01240092v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0025100309990247" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01104828v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Grataloup" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Hoen" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Veuillet" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Collet" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1044/1092-4388(2008/06-0235)" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02320277v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire-L&#233;onie Grataloup" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Grimault" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.specom.2007.05.008" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-LFK636L7-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01105232v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fannny Meunier" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire-Leonie Grataloup" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00664988v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.specom.2005.04.012" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00664990v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03063863v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01179167v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01240069v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.springer.com/static/pdf/504/chp%253A10.1007%252F978-3-540-74122-0_19.pdf?originUrl=http%3A%2F%2Flink.springer.com%2Fchapter%2F10.1007%2F978-3-540-74122-0_19&amp;amp;token2=exp=1449588851~acl=%2Fstatic%2Fpdf%2F504%2Fchp%25253A10.1007%25252F978-3-540-74122-0_19.pdf%3ForiginUrl%3Dhttp%253A%252F%252Flink.springer.com%252Fchapter%252F10.1007%252F978-3-540-74122-0_19*~hmac=8bdad00253f995e00d4131bc015ae18589f46d1444c9d9105d96bc440f24a8de" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-540-74122-0_19" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-5B0C8CF3-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02289330v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristine Lund" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G.P. Niccolai" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Blanc" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00107633v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Magrin-Chagnolleau" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Fohr" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irina Illina" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Mella" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02058720v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salikoko Mufwene" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/9781107294264" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00931864v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Bimbot" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Cerisara" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Fougeron" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Gravier" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lori Lamel" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01226104v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ioana Chitoran" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.degruyter.com/viewbooktoc/product/42963" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01371919v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01240412v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01240418v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01240803v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01240439v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01240454v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01240493v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01240543v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01240539v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05248975v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/Interspeech.2013" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05247349v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/tel-05248950v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05268783v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Coup&#233;" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoonmi Oh" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Seifart" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dan Dediu" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew Stave" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05120537v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoon Mi Oh" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Pellegrino" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04913940v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Josserand" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Caparos" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03900020v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Anselme" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03900005v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03900052v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Delafontaine" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02101246v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerald P. Niccolai" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Mazur-Palandre" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Pellegrino" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05267530v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier St-Gelais" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Arnaud" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-01960591v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Krzonowski" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Ferragne" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/jep.2018-60" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02613390v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Guiraud" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Boulenger" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01485744v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01824806v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z Malisz" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Zimmerer" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elizabeth Brandt" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01824597v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Michardi&#232;re" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Guyot Talbot" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01240127v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01170505v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Besacier" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Gauthier" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Mangeot" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Bretier" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Bagshaw" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01179074v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Egidio Marsico" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01179120v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01179121v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01179117v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01179104v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ian Maddieson" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Flavier" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01179112v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01179124v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00954191v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hadrien Gelas" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Solomon Teferra Abate" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00954192v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00959157v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00613604v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Bedoin" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00613603v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01240409v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joana Afonso-Santiago" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04621858v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Solange Rossato" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01121562v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Meunier" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00959185v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00431926v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Hoen" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00664987v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Rouas" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melissa Barkat-Defradas" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rym Hamdi" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01240462v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Volker Dellwo" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01240475v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01695727v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Farinas" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/SpeechProsody.2004-119" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01240488v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01695726v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01740967v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rim Hamdi-Sultan" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01695735v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01695731v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gine Andr&#233;-Obrecht" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICASSP.2003.1198711" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01695738v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01695736v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00702443v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05267523v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05267545v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ioana Vasilescu" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Hombert" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05267546v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03615573v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Vall&#232;s-Parlangeau" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01457139v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Jacob" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine S&#233;nac" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04892911v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Demuru" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilenia Montello" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;pascal Gu&#233;ry" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Levr&#233;ro" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ajp.23723" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05532858v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-025-94850-0" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04787299v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#239;a Ponsonnet" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aitana Garcia Arasco" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katarzyna Pisanski" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1121/10.0032454" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04547802v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Allassonni&#232;re&#8208;tang" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bart de Boer" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/cogs.13439" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04774212v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oxana Grosseck" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Limor Raviv" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/cogs.70011" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04273083v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sumir Keenan" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Mathevon" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pcbi.1010325" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04273115v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Giroud" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Pesnot Lerousseau" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Morillon" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cognition.2022.105345" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03916272v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1075/sl.22034.oh" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04273095v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/s0025100322000238" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04071781v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalja Ulrich" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Allassonni&#232;re-Tang" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1121/10.0017827" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03471186v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludger Paschen" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/lingvan-2019-0076" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03435810v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1121/10.0005950" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03435808v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2021.626118" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03063820v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-020-72451-3" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02413258v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.aaw2594" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02058714v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.wocn.2015.08.003" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-S753ZXCG-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03157962v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Chenu" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harriet Jisa" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Fayol" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2014.00182" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01133692v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1353/lan.2011.0057" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00439635v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.specom.2009.11.002" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01240095v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.wocn.2010.07.002" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-6MP09H8H-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01240092v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0025100309990247" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01104828v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Grataloup" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Hoen" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Veuillet" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Collet" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1044/1092-4388(2008/06-0235)" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01105232v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fannny Meunier" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire-Leonie Grataloup" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Grimault" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.specom.2007.05.008" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-LFK636L7-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02320277v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire-L&#233;onie Grataloup" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00664988v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.specom.2005.04.012" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00664990v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03063863v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01179167v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01240069v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.springer.com/static/pdf/504/chp%253A10.1007%252F978-3-540-74122-0_19.pdf?originUrl=http%3A%2F%2Flink.springer.com%2Fchapter%2F10.1007%2F978-3-540-74122-0_19&amp;amp;token2=exp=1449588851~acl=%2Fstatic%2Fpdf%2F504%2Fchp%25253A10.1007%25252F978-3-540-74122-0_19.pdf%3ForiginUrl%3Dhttp%253A%252F%252Flink.springer.com%252Fchapter%252F10.1007%252F978-3-540-74122-0_19*~hmac=8bdad00253f995e00d4131bc015ae18589f46d1444c9d9105d96bc440f24a8de" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-540-74122-0_19" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-5B0C8CF3-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02289330v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristine Lund" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G.P. Niccolai" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Blanc" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00107633v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Magrin-Chagnolleau" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Fohr" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irina Illina" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Mella" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02058720v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salikoko Mufwene" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/9781107294264" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00931864v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Bimbot" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Cerisara" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Fougeron" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Gravier" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lori Lamel" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01226104v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ioana Chitoran" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.degruyter.com/viewbooktoc/product/42963" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01371919v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01240412v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01240418v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01240803v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01240439v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01240454v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01240543v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01240493v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01240539v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05248975v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/Interspeech.2013" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05247349v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/tel-05248950v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>