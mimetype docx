--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -730,1681 +730,1681 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03164840v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Editorial: August Special Issue on Advanced Maintenance Engineering, Services, and Technology (AMEST)</w:t>
+                <w:t xml:space="preserve">Global methodology for damage detection and localization in civil engineering structures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christos Emmanouilidis</w:t>
+                <w:t xml:space="preserve">Farouk Omar Frigui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benoît Iung</w:t>
+                <w:t xml:space="preserve">Jean-Pierre Faye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marco Macchi</w:t>
+                <w:t xml:space="preserve">Carmen Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Dalverny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Pérès</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the Institution of Mechanical Engineers, Part O: Journal of Risk and Reliability</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1177/1748006X18788932⟩</w:t>
+              <w:t xml:space="preserve">Engineering Structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 171, pp.686-695. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.engstruct.2018.06.026⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03018317v1</w:t>
+                <w:t xml:space="preserve">hal-02053209v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Global methodology for damage detection and localization in civil engineering structures</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Editorial: August Special Issue on Advanced Maintenance Engineering, Services, and Technology (AMEST)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Pierre Faye</w:t>
+                <w:t xml:space="preserve">Christos Emmanouilidis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Carmen Martin</w:t>
+                <w:t xml:space="preserve">Benoît Iung</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier Dalverny</w:t>
+                <w:t xml:space="preserve">Marco Macchi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Pérès</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Engineering Structures</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 171, pp.686-695. </w:t>
+              <w:t xml:space="preserve">Proceedings of the Institution of Mechanical Engineers, Part O: Journal of Risk and Reliability</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 232 (4), pp.337-339. </w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.engstruct.2018.06.026⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1177/1748006X18788932⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02053209v1</w:t>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03018317v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Methodological proposal in order to increase the organizational learning based on experts' knowledge and information systems in the field of asset management and maintenance</w:t>
+                <w:t xml:space="preserve">Decision-Support Methodology to Assess Risk in End-of-Life Management of Complex Systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tomas Grubessich</w:t>
+                <w:t xml:space="preserve">Eric Villeneuve</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Raul Stegmaier</w:t>
+                <w:t xml:space="preserve">Cédrick Béler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Pérès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pablo Viveros</w:t>
+                <w:t xml:space="preserve">Laurent Geneste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fredy Kristjanpoller</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Eric Reubrez</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">DYNA : Ingenieria e Industria</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.6036/8253⟩</w:t>
+              <w:t xml:space="preserve">IEEE Systems Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 11 (3), pp.1579-1588. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/JSYST.2016.2522183⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02134709v1</w:t>
+                <w:t xml:space="preserve">hal-02319769v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Decision-Support Methodology to Assess Risk in End-of-Life Management of Complex Systems</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Modelling a manufacturing line using extended object oriented bayesian network</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quan Liu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eric Villeneuve</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Cédrick Béler</w:t>
+                <w:t xml:space="preserve">Ayeley Tchangani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Pérès</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Eric Reubrez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Systems Journal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/JSYST.2016.2522183⟩</w:t>
+              <w:t xml:space="preserve">IFAC-PapersOnLine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 50 (1), pp.6196-6201. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ifacol.2017.08.1011⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02319769v1</w:t>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02134666v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modelling a manufacturing line using extended object oriented bayesian network</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Methodological proposal in order to increase the organizational learning based on experts' knowledge and information systems in the field of asset management and maintenance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tomas Grubessich</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raul Stegmaier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pablo Viveros</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quan Liu</w:t>
+                <w:t xml:space="preserve">Fredy Kristjanpoller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ayeley Tchangani</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Vicente González-Prida</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IFAC-PapersOnLine</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 50 (1), pp.6196-6201. </w:t>
+              <w:t xml:space="preserve">DYNA : Ingenieria e Industria</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 92 (1), pp.375-376. </w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ifacol.2017.08.1011⟩</w:t>
+                <w:t xml:space="preserve">⟨10.6036/8253⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02134666v1</w:t>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02134709v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Intégration de la sûreté de fonctionnement en phase de réponse à appel d’offres</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Daniel Noyes</w:t>
+                <w:t xml:space="preserve">Modelling complex large scale systems using object oriented Bayesian networks (OOBN)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quan Liu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ayeley Tchangani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Pérès</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Carmen Martin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal Européen des Systèmes Automatisés</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3166/jesa.49.403-424⟩</w:t>
+              <w:t xml:space="preserve">IFAC-PapersOnLine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 49 (12), pp.127-132. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ifacol.2016.07.562⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02135087v1</w:t>
+                <w:t xml:space="preserve">hal-01519939v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adaptive response surface method supporting finite element calculations: an application to power electronic module reliability assessment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carmen Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Micol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Pérès</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Structural and Multidisciplinary Optimization</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 54 ( 6), pp.1455-1468. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s00158-016-1578-z⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01519952v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Object oriented Bayesian Network for complex system risk assessment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quan Liu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Pérès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ayley Tchangani</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IFAC-PapersOnLine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 49 (28), pp.31-36. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.ifacol.2016.11.006⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01527240v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An approach to risk quantification based on pseudo-random failure rates</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vicente González-Prida</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jayakumar Shambhu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonio Jesus Guillen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joel Adams</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Pérès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IFAC-PapersOnLine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, vol. 49 (n° 28), pp. 179-184. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.ifacol.2016.11.031⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01635619v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modelling complex large scale systems using object oriented Bayesian networks (OOBN)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Methodological proposal in order to increase the organizational learning based on experts’ knowledge and information systems in the field of asset management and maintenance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tomas Grubessich</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raul Stegmaier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pablo Viveros</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quan Liu</w:t>
+                <w:t xml:space="preserve">Fredy Kristjanpoller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ayeley Tchangani</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Vicente González-Prida</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IFAC-PapersOnLine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ifacol.2016.07.562⟩</w:t>
+              <w:t xml:space="preserve">Dyna Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 4 (1), pp.1-14. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.6036/MN8063⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01519939v1</w:t>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02137536v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Methodological proposal in order to increase the organizational learning based on experts’ knowledge and information systems in the field of asset management and maintenance</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Intégration de la sûreté de fonctionnement en phase de réponse à appel d’offres</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Lise Benaben</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Noyes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Pérès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carmen Martin</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Dyna Management</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 4 (1), pp.1-14. </w:t>
+              <w:t xml:space="preserve">Journal Européen des Systèmes Automatisés</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 49 (4-5), pp.403-424. </w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.6036/MN8063⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3166/jesa.49.403-424⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02137536v1</w:t>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02135087v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Decision evaluation process in end-of-life systems management</w:t>
+                <w:t xml:space="preserve">Distributed Sensor Fusion for Wire Fault Location Using Sensor Clustering Strategy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yasmina Bouzarour-Amokrane</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId57" w:history="1">
+                <w:t xml:space="preserve">Wafa Ben Hassen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Auzanneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luca Incarbone</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Pérès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ayeley Tchangani</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">François Pérès</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Manufacturing Systems</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jmsy.2015.03.007⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Distributed Sensor Networks</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 11 (4), pp.538643. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1155/2015/538643⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01308899v1</w:t>
+                <w:t xml:space="preserve">cea-01845591v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A bipolar consensus approach for group decision making problems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yasmina Bouzarour-Amokrane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ayeley Tchangani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Pérès</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Expert Systems with Applications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, vol. 42 (n° 3), pp. 1759-1772. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.eswa.2014.09.061⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01295757v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Distributed Sensor Fusion for Wire Fault Location Using Sensor Clustering Strategy</w:t>
+                <w:t xml:space="preserve">Decision evaluation process in end-of-life systems management</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Wafa Ben Hassen</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Luca Incarbone</w:t>
+                <w:t xml:space="preserve">Yasmina Bouzarour-Amokrane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ayeley Tchangani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Pérès</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Ayeley Tchangani</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Distributed Sensor Networks</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 11 (4), pp.538643. </w:t>
+              <w:t xml:space="preserve">Journal of Manufacturing Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, vol. 37 (n° 3), pp. 715-728. </w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1155/2015/538643⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jmsy.2015.03.007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">cea-01845591v1</w:t>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01308899v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Decision process in large-scale crisis management</w:t>
               </w:r>
@@ -2488,503 +2488,503 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01154190v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modèle pour la planification des stratégies de déconstruction des systèmes en fin de vie</w:t>
+                <w:t xml:space="preserve">Modélisation de la formation d’un dommage</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Matthieu Godichaud</w:t>
+                <w:t xml:space="preserve">Julien Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Pérès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Ayeley Tchangani</w:t>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Claude Bocquet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Decision Systems</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2012, 19 (2), pp.141-174. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3166/jds.19.141-174⟩</w:t>
+              <w:t xml:space="preserve">, 2012, 20 (2), pp.163-191. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3166/jds.20.163-191⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02625477v1</w:t>
+                <w:t xml:space="preserve">hal-03757998v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modélisation de la formation d’un dommage</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Julien Durand</w:t>
+                <w:t xml:space="preserve">Sustainable management of end-of-life systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Godichaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ayele Tchangani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Pérès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jean-Claude Bocquet</w:t>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Iung</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Decision Systems</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3166/jds.20.163-191⟩</w:t>
+              <w:t xml:space="preserve">Production Planning and Control</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, Sustainable Manufacturing, 23 (2-3), pp.216-236. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/09537287.2011.591656⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03757998v1</w:t>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00669018v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sustainable management of end-of-life systems</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Ayele Tchangani</w:t>
+                <w:t xml:space="preserve">Evaluation model in decision analysis: bipolar approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ayeley Tchangani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yasmina Bouzarour-Amokrane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Pérès</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Benoît Iung</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Production Planning and Control</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Informatica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, vol. 23 (n° 3), pp. 461-485</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00669018v1</w:t>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01295755v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluation model in decision analysis: bipolar approach</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId57" w:history="1">
+                <w:t xml:space="preserve">Modèle pour la planification des stratégies de déconstruction des systèmes en fin de vie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Godichaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Pérès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ayeley Tchangani</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">François Pérès</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Informatica</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Decision Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 19 (2), pp.141-174. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3166/jds.19.141-174⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01295755v1</w:t>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02625477v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optimizing end-of-life system dismantling strategy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Godichaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francois Peres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ayeley Tchangani</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Production Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, pp.1. </w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3018,77 +3018,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modélisation et optimisation des stratégies de déconstruction des systèmes en fin de vie en présence d’incertitudes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Godichaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Pérès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ayeley Tchangani</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal Européen des Systèmes Automatisés</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 44 (8), pp.941-974. </w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3122,77 +3122,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modélisation et optimisation des stratégies de déconstruction des systèmes en fin de vie en présence d'incertitudes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Godichaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Pérès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ayeley Tchangani</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal Européen des Systèmes Automatisés</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 44 (8), pp.941-974</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3360,51 +3360,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Pérès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leïla Bouzaïene</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Claude Bocquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Billy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3462,312 +3462,312 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01295842v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Envisioning e-logistics developments: Making spare parts in situ and on demand: State of the art and guidelines for future developments</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Gestion de l’approvisionnement initial en éléments de rechange d’un système orbital</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Christophe Grenouilleau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Pérès</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Daniel Noyes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computers in Industry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.compind.2006.02.010⟩</w:t>
+              <w:t xml:space="preserve">Journal Européen des Systèmes Automatisés</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 40 (4/5), pp.397-417. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3166/JESA.40.397-417⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01295747v1</w:t>
+                <w:t xml:space="preserve">hal-03635087v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Retour d’expérience et évaluation de stratégies de maintenance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Noyes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Pérès</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal Européen des Systèmes Automatisés</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, 40 (7), pp.721-743. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3166/jesa.40.721-743⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03594439v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gestion de l’approvisionnement initial en éléments de rechange d’un système orbital</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Envisioning e-logistics developments: Making spare parts in situ and on demand: State of the art and guidelines for future developments</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Pérès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Noyes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal Européen des Systèmes Automatisés</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Computers in Industry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 57 (6), pp.490-503. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.compind.2006.02.010⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3166/JESA.40.397-417⟩</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-03635087v1</w:t>
+                <w:t xml:space="preserve">hal-01295747v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Digital modelling and stereolithographic production of a Homo Erectus skull</w:t>
               </w:r>
@@ -3876,263 +3876,263 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01295739v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluation of a maintenance strategy by the analysis of the rate of repair</w:t>
+                <w:t xml:space="preserve">Spare parts supply modelling: application to a space station</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Pérès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Daniel Noyes</w:t>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Christophe Grenouilleau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Quality and Reliability Engineering International</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2003, vol. 19 (n° 2), pp. 129-148. </w:t>
+              <w:t xml:space="preserve">International Journal of Quality and Reliability Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, 20 (3), pp.360-377. </w:t>
             </w:r>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/qre.515⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1108/02656710310461341⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01296527v1</w:t>
+                <w:t xml:space="preserve">hal-03636760v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Spare parts supply modelling: application to a space station</w:t>
+                <w:t xml:space="preserve">Evaluation of a maintenance strategy by the analysis of the rate of repair</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Pérès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jean-Christophe Grenouilleau</w:t>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Noyes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Quality and Reliability Management</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2003, 20 (3), pp.360-377. </w:t>
+              <w:t xml:space="preserve">Quality and Reliability Engineering International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, vol. 19 (n° 2), pp. 129-148. </w:t>
             </w:r>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1108/02656710310461341⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/qre.515⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03636760v1</w:t>
+                <w:t xml:space="preserve">hal-01296527v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Intégration de méthodes sur un processus industriel de conception mécanique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carmen Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Pérès</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4192,51 +4192,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Initial spare parts supply of an orbital system</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Pérès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Christophe Grenouilleau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Aircraft Engineering and Aerospace Technology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2002, vol.74 (n°3), pp.252-262. </w:t>
             </w:r>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4612,278 +4612,278 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Developing a framework for classification and/or recommendation</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId57" w:history="1">
+                <w:t xml:space="preserve">Modeling interactions for inoperability management: from fault tree analysis (FTA) to dynamic bayesian network (DBN)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ayeley Tchangani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Pérès</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2020 7th International Conference on Control, Decision and Information Technologies (CoDIT)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2020, Prague, Czech Republic. pp.457-462, </w:t>
+              <w:t xml:space="preserve">4th IFAC Workshop on Advanced Maintenance Engineering, Services and Technologies - AMEST 2020</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2020, Cambridge, United Kingdom. pp.342-347, </w:t>
             </w:r>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/CoDIT49905.2020.9263795⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ifacol.2020.11.055⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03629938v1</w:t>
+                <w:t xml:space="preserve">hal-03120188v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modeling interactions for inoperability management: from fault tree analysis (FTA) to dynamic bayesian network (DBN)</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId57" w:history="1">
+                <w:t xml:space="preserve">Developing a framework for classification and/or recommendation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ayeley Tchangani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Pérès</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">4th IFAC Workshop on Advanced Maintenance Engineering, Services and Technologies - AMEST 2020</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2020, Cambridge, United Kingdom. pp.342-347, </w:t>
+              <w:t xml:space="preserve">2020 7th International Conference on Control, Decision and Information Technologies (CoDIT)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2020, Prague, Czech Republic. pp.457-462, </w:t>
             </w:r>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ifacol.2020.11.055⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/CoDIT49905.2020.9263795⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03120188v1</w:t>
+                <w:t xml:space="preserve">hal-03629938v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Operational modal analysis using asynchronous data for frequencies and mode shapes identification</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Farouk Omar Frigui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Faye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carmen Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Dalverny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Pérès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4938,77 +4938,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Application of a complete structural health monitoring chain on the canadian Rivière-aux-Mulets bridge numerical model subjected to a seismic load</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Farouk Frigui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Faye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carmen Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Dalverny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Pérès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5044,549 +5044,549 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02359820v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Bayesian network approach for flash flood risk assessment</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Hélène Roux</w:t>
+                <w:t xml:space="preserve">Methodological framework for implementation of a prediction reliability model of IGBT power modules used in railway applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Essi Ahoefa Dabla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carmen Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Pérès</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Andrianoelison</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clair Fournier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Geosciences Union EGU General Assembly Conference Abstracts</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2017 4th International Conference on Control, Decision and Information Technologies (CoDIT)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2017, Barcelona, Spain. pp.0639-0644, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/CoDIT.2017.8102666⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03521635v1</w:t>
+                <w:t xml:space="preserve">hal-02487137v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An algorithm for damage detection and localization Usibg output-only response for civil engineering structures subjected to seismic excitations</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId38" w:history="1">
+                <w:t xml:space="preserve">An algorithm for damage detection and localization using output-only response for civil-engineering structures subjected to seismic excitation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Farouk Omar Frigui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Faye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carmen Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Dalverny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Pérès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">7th International Conference on Mechanics and Materials in Design</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2017, Albufeira, Portugal. pp.0</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId160" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01905430v1</w:t>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03565928v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An algorithm for damage detection and localization using output-only response for civil-engineering structures subjected to seismic excitation</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Olivier Dalverny</w:t>
+                <w:t xml:space="preserve">A Bayesian network approach for flash flood risk assessment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brahim Boutkhamouine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Pérès</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7th International Conference on Mechanics and Materials in Design</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2017, Albufeira, Portugal. pp.0</w:t>
+              <w:t xml:space="preserve">European Geosciences Union EGU General Assembly Conference Abstracts</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2017, Vienna, Austria. pp.1-1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId161" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03565928v1</w:t>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03521635v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Methodological framework for implementation of a prediction reliability model of IGBT power modules used in railway applications</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId39" w:history="1">
+                <w:t xml:space="preserve">An algorithm for damage detection and localization Usibg output-only response for civil engineering structures subjected to seismic excitations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Farouk Frigui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Faye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carmen Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Dalverny</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Pérès</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Clair Fournier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2017 4th International Conference on Control, Decision and Information Technologies (CoDIT)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">7th International Conference on Mechanics and Materials in Design</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2017, Albufeira, Portugal. pp.0</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/CoDIT.2017.8102666⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02487137v1</w:t>
+                <w:t xml:space="preserve">hal-01905430v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evaluation prévisionnelle de l’impact de réalisation de la sûreté de fonctionnement d’un « produit »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Lise Benaben</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Noyes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Pérès</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5624,51 +5624,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elicitation, evaluation and recommendation in multi-criteria decision making process</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ayeley Tchangani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Pérès</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5709,472 +5709,472 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02487101v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">De l’incertitude sur le dimensionnement probabiliste des systèmes de production</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">François Pérès</w:t>
+                <w:t xml:space="preserve">Complex system representation for vulnerability analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daouda Kamissoko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Pérès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Zaraté</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Gourc</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">11ème Congrès International de Génie Industriel</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">INCOM 2015 - 15th IFAC Symposium on Information Control Problems in Manufacturing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2015, Ottawa, Canada. pp.948-953, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ifacol.2015.06.205⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02487089v1</w:t>
+                <w:t xml:space="preserve">hal-01591961v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evidential network for multi-sensor fusion in an uncertain environment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Villeneuve</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Pérès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédrick Béler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vicente Gonzales-Prida</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sensordevices International Conference on Sensor Device Technologies and Applications 2015</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2015, Venise, Italy. pp.0</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02487104v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evaluation prévisionnelle de l'impact de réalisation de la sûreté de fonctionnement d'un « produit »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Noyes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Pérès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Lise Benaben</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">QUALITA' 2015</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2015, Nancy, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01149763v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Complex system representation for vulnerability analysis</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Didier Gourc</w:t>
+                <w:t xml:space="preserve">De l’incertitude sur le dimensionnement probabiliste des systèmes de production</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carmen Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Pérès</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">INCOM 2015 - 15th IFAC Symposium on Information Control Problems in Manufacturing</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">11ème Congrès International de Génie Industriel</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2015, Québec, Canada. pp.0</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ifacol.2015.06.205⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01591961v1</w:t>
+                <w:t xml:space="preserve">hal-02487089v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modelling a large scale system for risk assessment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Liu Quan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ayeley Tchangani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Kamsu-Foguem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6228,246 +6228,268 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02487160v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Technological networks robustness and resilience assessment</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Daouda Kamissoko</w:t>
+                <w:t xml:space="preserve">Ambiguity cancellation for wire fault location based on cable life profile</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wafa Ben Hassen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Auzanneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Pérès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Pascale Zaraté</w:t>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ayeley Tchangani</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">5th International Conference on Industrial Engineering and Systems Management (IESM 2013)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">19th World Congress of the International Federation of Automatic Control</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2014, Cape Town, South Africa. pp.9593-9598, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3182/20140824-6-ZA-1003.02411⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04003345v1</w:t>
+                <w:t xml:space="preserve">hal-02359862v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ambiguity cancellation for wire fault location based on cable life profile</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wafa Ben Hassen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Auzanneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Peres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A.P. Tchangani</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">19th IFAC World Congress on International Federation of Automatic Control, IFAC 2014</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2014, cap town, South Africa. pp.9593-9598</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">cea-01844454v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Decision Support Framework for Crisis Management</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daouda Kamissoko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -6486,963 +6508,941 @@
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Pérès</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">3rd Euro Working Group Workshop on Decision Support Systems: Impact of Decision Support Systems for Global Environments (EWG-DSS 2013)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, Thessaloniki, Greece. pp.1--10, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-319-11364-7_1⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId190" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03246613v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ambiguity cancellation for wire fault location based on cable life profile</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Fabrice Auzanneau</w:t>
+                <w:t xml:space="preserve">Technological networks robustness and resilience assessment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daouda Kamissoko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Pérès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Ayeley Tchangani</w:t>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Zaraté</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">19th World Congress of the International Federation of Automatic Control</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">5th International Conference on Industrial Engineering and Systems Management (IESM 2013)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2013, Rabat, Morocco. pp.1-7</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3182/20140824-6-ZA-1003.02411⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02359862v1</w:t>
+                <w:t xml:space="preserve">hal-04003345v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On-line diagnosis using orthogonal multi-tone time domain reflectometry in a lossy cable</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">F. Auzanneau</w:t>
+                <w:t xml:space="preserve">Decision aid problems criteria for infrastructure networks vulnerability analysis (regular paper)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daouda Kamissoko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Zaraté</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. Incarbone</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">A.P. Tchangani</w:t>
+                <w:t xml:space="preserve">François Peres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10th International Multi-Conferences on Systems, Signals &amp; Devices 2013 (SSD13)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">International conference on control, decision and information technologies (CoDIT13)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2013, Hammamet, Tunisia</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">cea-01836863v1</w:t>
+                <w:t xml:space="preserve">hal-00975204v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimisation de Capteurs de Diagnostic de Défauts par Réflectométrie dans les Réseaux Filaires Complexes en utilisant les Réseaux Bayésiens</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId84" w:history="1">
+                <w:t xml:space="preserve">Diagnosis sensor fusion for wire fault location in CAN bus systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wafa Ben Hassen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Ayeley Tchangani</w:t>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Auzanneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Peres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.P. Tchangani</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">QUALITA2013</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">SENSORS, 2013 IEEE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2013, Baltimore, United States. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ICSENS.2013.6688264⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId196" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00823125v1</w:t>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-01837014v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Résolution des problèmes de décision de groupe par analyse bipolaire</w:t>
+                <w:t xml:space="preserve">OMTDR using BER estimation for ambiguities cancellation in ramified networks diagnosis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yasmina Bouzarour-Amokrane</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">François Pérès</w:t>
+                <w:t xml:space="preserve">Wafa Ben Hassen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Auzanneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Incarbone</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Peres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.P. Tchangani</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">5èmes Journées Doctorales / Journées Nationales MACS</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2013 IEEE Eighth International Conference on Intelligent Sensors, Sensor Networks and Information Processing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2013, Melbourne, VIC, Australia. pp.414-419, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ISSNIP.2013.6529826⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03670187v1</w:t>
+                <w:t xml:space="preserve">cea-01839864v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Diagnosis sensor fusion for wire fault location in CAN bus systems</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">A.P. Tchangani</w:t>
+                <w:t xml:space="preserve">Decision support system for infrastructure network disruption management</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daouda Kamissoko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Zaraté</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Pérès</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SENSORS, 2013 IEEE</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Workshop on Exploring New Directions for Decisions in the Internet Age (EWG-DSS 2013)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, EWG-DSS : Working Group on Decision Support Systems; EURO : Association of the European Operational Research Societies; University of Macedonia, May 2013, Thessaloniki, Greece. pp.1-7</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId198" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">cea-01837014v1</w:t>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03279864v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">OMTDR using BER estimation for ambiguities cancellation in ramified networks diagnosis</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId84" w:history="1">
+                <w:t xml:space="preserve">On-line diagnosis using orthogonal multi-tone time domain reflectometry in a lossy cable</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wafa Ben Hassen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Auzanneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Incarbone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Peres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A.P. Tchangani</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2013 IEEE Eighth International Conference on Intelligent Sensors, Sensor Networks and Information Processing</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">10th International Multi-Conferences on Systems, Signals &amp; Devices 2013 (SSD13)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2013, Hammamet, Tunisia. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/SSD.2013.6564144⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/ISSNIP.2013.6529826⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">cea-01839864v1</w:t>
+                <w:t xml:space="preserve">cea-01836863v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Decision support system for infrastructure network disruption management</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Pascale Zaraté</w:t>
+                <w:t xml:space="preserve">Optimisation de Capteurs de Diagnostic de Défauts par Réflectométrie dans les Réseaux Filaires Complexes en utilisant les Réseaux Bayésiens</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wafa Ben Hassen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Auzanneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Pérès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ayeley Tchangani</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Workshop on Exploring New Directions for Decisions in the Internet Age (EWG-DSS 2013)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, EWG-DSS : Working Group on Decision Support Systems; EURO : Association of the European Operational Research Societies; University of Macedonia, May 2013, Thessaloniki, Greece. pp.1-7</w:t>
+              <w:t xml:space="preserve">QUALITA2013</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2013, Compiègne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId202" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03279864v1</w:t>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00823125v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Decision aid problems criteria for infrastructure networks vulnerability analysis (regular paper)</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">François Peres</w:t>
+                <w:t xml:space="preserve">Résolution des problèmes de décision de groupe par analyse bipolaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yasmina Bouzarour-Amokrane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ayeley Tchangani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Pérès</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International conference on control, decision and information technologies (CoDIT13)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2013, Hammamet, Tunisia</w:t>
+              <w:t xml:space="preserve">5èmes Journées Doctorales / Journées Nationales MACS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2013, Strasbourg, France. pp.0</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId203" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00975204v1</w:t>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03670187v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Decision Support System for Infrastructure Networks Vulnerability to Natural Disaster</w:t>
               </w:r>
@@ -7523,103 +7523,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On-Line diagnosis using orthogonal multi-tone time domain reflectometry in a coaxial cable</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wafa Ben Hassen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Auzanneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luca Incarbone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Pérès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ayeley Tchangani</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE SSD International Multi-Conference on Systems, Signals and Devices</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2013, Hammamet, Tunisia. pp.1-22</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -7644,103 +7644,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">OMTDR using BER estimation for ambiguities cancellation in ramified networks diagnosis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wafa Ben Hassen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Auzanneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luca Incarbone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Pérès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ayeley Tchangani</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEISSNIP Intelligent Sensors, Networks &amp; Information Processing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2013, Melbourne, Australia. pp.414-419</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -7860,90 +7860,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optimisation de capteurs de diagnostic de défauts par réflectométrie dans les réseaux filaires complexes en utilisant les réseaux bayésiens</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wafa Ben Hassen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Auzanneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Pérès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ayeley Tchangani</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">QUALITA (2013)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2013, Compiègne, France. pp.0</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -7968,64 +7968,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evaluation process in end-of-life systems management using BOCR analysis.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yasmina Bouzarour-Amokrane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ayeley Tchangani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Pérès</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -8152,178 +8152,178 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03643166v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Defining and measuring risk and opportunity in BOCR framework for decision analysis</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId79" w:history="1">
+                <w:t xml:space="preserve">Supplier - Manufacturer relationship modeling through satisficing games</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ayeley Tchangani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yasmina Bouzarour-Amokrane</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Ayeley Tchangani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Pérès</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9e International Conference of Modeling and Simulation - MOSIM’12</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2012, Bordeaux, France. pp.0</w:t>
+              <w:t xml:space="preserve">IFAC INCOM Symposium on Information Control Problems in Manufacturing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, Bucharest, Romania. pp.0</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01977490v1</w:t>
+                <w:t xml:space="preserve">hal-03643170v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Defining and measuring risk and opportunity in bocr framework for decision analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yasmina Bouzarour-Amokrane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ayeley Tchangani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Peres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9th International Conference on Modeling, Optimization &amp; SIMulation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2012, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -8342,191 +8342,191 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00728578v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Supplier - Manufacturer relationship modeling through satisficing games</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId57" w:history="1">
+                <w:t xml:space="preserve">Defining and measuring risk and opportunity in BOCR framework for decision analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yasmina Bouzarour-Amokrane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ayeley Tchangani</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Yasmina Bouzarour-Amokrane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Pérès</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IFAC INCOM Symposium on Information Control Problems in Manufacturing</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, Bucharest, Romania. pp.0</w:t>
+              <w:t xml:space="preserve">9e International Conference of Modeling and Simulation - MOSIM’12</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2012, Bordeaux, France. pp.0</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03643170v1</w:t>
+                <w:t xml:space="preserve">hal-01977490v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diagnosis sensor fusion for wire fault location in CAN bus systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wafa Ben Hassen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Auzanneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Pérès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ayeley Tchangani</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE SENSORS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, Taipe, Taiwan. pp.0</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -8551,64 +8551,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">BOCR analysis applied to the management of end-of-life systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yasmina Bouzarour-Amokrane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ayeley Tchangani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Pérès</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -8646,90 +8646,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hybridization of statistical and cognitive experience feedbacks to perform risk assessment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Villeneuve</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédrick Béler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Pérès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Geneste</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE International Conference on Industrial Engineering and Engineering Management (IEEM)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2012, Hong Kong, Hong Kong SAR China. pp.0</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -8754,103 +8754,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A distributed diagnosis strategy using bayesian network for complex wiring networks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wafa Ben Hassen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Auzanneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Olivas Carrion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Pérès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ayeley Tchangani</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IFAC AMEST Advanced Maintenance Engineering and Services Technology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2012, Sevilla, Spain. pp.42-47</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -8888,51 +8888,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Méthodologie et modèle d'analyse de la vulnérabilité et du risque des systèmes critiques interdépendants (regular paper)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daouda Kamissoko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Peres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Zaraté</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -8964,610 +8964,623 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00975232v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hybridization of Bayesian networks and belief functions to assess risk. Application to aircraft deconstruction</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Laurent Geneste</w:t>
+                <w:t xml:space="preserve">Infrastructure network vulnerability</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daouda Kamissoko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Peres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Zaraté</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference on Industrial Engineering and Systems Management (IESM 2011)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2011, Metz, France. pp.0</w:t>
+              <w:t xml:space="preserve">International conference on collaboration technologies and infrastructures (WETICE), 2011</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2011, Paris, France. pp. 305-312</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04025909v1</w:t>
+                <w:t xml:space="preserve">hal-00975207v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Infrastructure network vulnerability</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Integration of warranty as a decision variable in the process of recertification of parts resulting from end-of-life system dismantling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Godichaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Pérès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vicente González-Prida</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ayeley Tchangani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adolfo Crespo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International conference on collaboration technologies and infrastructures (WETICE), 2011</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2011, Paris, France. pp. 305-312</w:t>
+              <w:t xml:space="preserve">IEEE ICQR International Conference on Quality and Reliability</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2011, Bangkok, Thailand. pp.156-160</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00975207v1</w:t>
+                <w:t xml:space="preserve">hal-03631258v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Integration of warranty as a decision variable in the process of recertification of parts resulting from end-of-life system dismantling</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Matthieu Godichaud</w:t>
+                <w:t xml:space="preserve">Couplage des réseaux bayésiens et des fonctions de croyance pour l'évaluation du risque.Application à la déconstruction d'avion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Villeneuve</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédrick Béler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Pérès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Geneste</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE ICQR International Conference on Quality and Reliability</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2011, Bangkok, Thailand. pp.156-160</w:t>
+              <w:t xml:space="preserve">9ème Congrès International Pluridisciplinaire en Qualité et Sûreté de FonctionnementCongrès - Qualita 2011</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2011, Angers, France. pp.0</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId223" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03631258v1</w:t>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04025908v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Couplage des réseaux bayésiens et des fonctions de croyance pour l'évaluation du risque.Application à la déconstruction d'avion</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId50" w:history="1">
+                <w:t xml:space="preserve">Hybridization of Bayesian networks and belief functions to assess risk. Application to aircraft deconstruction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Villeneuve</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédrick Béler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Pérès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Geneste</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9ème Congrès International Pluridisciplinaire en Qualité et Sûreté de FonctionnementCongrès - Qualita 2011</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2011, Angers, France. pp.0</w:t>
+              <w:t xml:space="preserve">International Conference on Industrial Engineering and Systems Management (IESM 2011)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2011, Metz, France. pp.0</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04025908v1</w:t>
+                <w:t xml:space="preserve">hal-04025909v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">BOCR framework for decision analysis</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId57" w:history="1">
+                <w:t xml:space="preserve">Disassembly process planning using Bayesian network</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Godichaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Pérès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ayeley Tchangani</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">François Pérès</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IFAC LSS 2010</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2010, Villeneuve d'Ascq, France. pp.507-513, </w:t>
+              <w:t xml:space="preserve">4th World Congress on Engineering Asset Management (WCEAM 2009)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2009, Athen, Greece. pp.280-287, </w:t>
             </w:r>
             <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3182/20100712-3-FR-2020.00083⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/978-0-85729-320-6_33⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02487204v1</w:t>
+                <w:t xml:space="preserve">hal-02487099v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An approach to improve risk assessment using experience feedback</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Villeneuve</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Pérès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Geneste</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IFIP Doctoral Spring Workshop "Product and Asset Lifecycle Management</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2010, Huelva, Spain. pp.1-5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -9586,187 +9599,174 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03757994v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Disassembly process planning using Bayesian network</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Matthieu Godichaud</w:t>
+                <w:t xml:space="preserve">BOCR framework for decision analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ayeley Tchangani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Pérès</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Ayeley Tchangani</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">4th World Congress on Engineering Asset Management (WCEAM 2009)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2009, Athen, Greece. pp.280-287, </w:t>
+              <w:t xml:space="preserve">IFAC LSS 2010</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2010, Villeneuve d'Ascq, France. pp.507-513, </w:t>
             </w:r>
             <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/978-0-85729-320-6_33⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3182/20100712-3-FR-2020.00083⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02487099v1</w:t>
+                <w:t xml:space="preserve">hal-02487204v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modélisation des stratégies de valorisation des systèmes en fin de vie en présence d’incertitudes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Godichaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Pérès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ayeley Tchangani</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">8ème Congrès International de Génie Industriel CIGI 09</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, Bagnères de Bigorre, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -9791,77 +9791,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Identification et structuration du problème d'optimisation des trajectoires de valorisation des systèmes en fin de vie en présence d'incertitudes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Godichaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francois Peres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ayeley Tchangani</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">QUALITA 2009</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, Besançon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -9886,77 +9886,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modélisation des stratégies de déconstruction des systèmes industriels</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Godichaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Pérès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ayeley Tchangani</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">MOSIM’08</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2008, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -9994,51 +9994,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Expert judgement methodology for failure anticipation in nuclear power plants</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leïla Bouzaïene</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Claude Bocquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Pérès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10119,51 +10119,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maintainability improvement of isolated systems through the use of rapid prototyping techniques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Pérès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Durand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">22d ESReDA Seminar on Maintenance Management &amp; Optimisation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2002, Madrid, Spain. pp.1-12</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -10365,51 +10365,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">In-Situ rapid spares manufacturing and its application to human space missions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Christophe Grenouilleau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Housseini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10473,51 +10473,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Risque en conception : contribution du prototypage rapide</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Caillaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Peres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IDMME 2000 - INTEGRATED DESIGN AND MANUFACTURING IN MECHANICAL ENGINEERING</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2000, Montréal, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -10555,51 +10555,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Design methods applied to the selection of a rapid prototyping resource</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Pérès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carmen Martin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">1999 7th IEEE International Conference on Emerging Technologies and Factory Automation.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 1999, Barcelona, Spain. pp.417-422</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -10618,234 +10618,234 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03758012v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maintenance strategies integrated into production management: towards performance optimisation</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Using speed of rapid prototyping techniques to accelerate the tooling realization process.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Pérès</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9th IFAC Symposium on Information Control in Manufacturing 1998 (INCOM '98)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 1998, Nancy - Metz, France. pp.969-974</w:t>
+              <w:t xml:space="preserve">Rapid Tooling and Manufacturing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1998, Aarhus, Denmark. pp.0</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03758002v1</w:t>
+                <w:t xml:space="preserve">hal-04041019v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Using speed of rapid prototyping techniques to accelerate the tooling realization process.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Maintenance strategies integrated into production management: towards performance optimisation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Noyes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Pérès</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Rapid Tooling and Manufacturing</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1998, Aarhus, Denmark. pp.0</w:t>
+              <w:t xml:space="preserve">9th IFAC Symposium on Information Control in Manufacturing 1998 (INCOM '98)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 1998, Nancy - Metz, France. pp.969-974</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04041019v1</w:t>
+                <w:t xml:space="preserve">hal-03758002v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La maintenance dans l'évaluation des performances des systèmes de production : une approche par la simulation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Peres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Caillaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Noyes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2ème Congrès international franco-québécois</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 1997, Albi, France. 14 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -10902,90 +10902,90 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Methodology for health monitoring of reinforced concrete structures subjected to seismic excitations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Farouk Omar Frigui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Faye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carmen Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Dalverny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Pérès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -11154,51 +11154,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reliability assessment of a multiredundant repairable mechatronic system</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carmen Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Pérès</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -11335,51 +11335,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="2C33F27D"/>
+    <w:nsid w:val="F407A144"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -11566,51 +11566,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/francois-peres" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7821-6651" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/076591514" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/203139339" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/N-1939-2013" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05488553v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a da Costa-Fernandes" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Bernard" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois P&#233;r&#232;s" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Monsarrat" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Cousin" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biosystems.2025.105686" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04486143v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rabab Yassine" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Cassan" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Roux" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Frysou" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/esurf-11-1199-2023" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03167791v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1468-5973.12312" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03164840v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brahim Boutkhamouine" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1468-5973.12316" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03018317v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christos Emmanouilidis" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Iung" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Macchi" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1748006X18788932" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02053209v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farouk Omar Frigui" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Faye" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmen Martin" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Dalverny" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.engstruct.2018.06.026" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02134709v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tomas Grubessich" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raul Stegmaier" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Viveros" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fredy Kristjanpoller" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vicente Gonz&#225;lez-Prida" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.6036/8253" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02319769v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Villeneuve" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;drick B&#233;ler" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Geneste" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Reubrez" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JSYST.2016.2522183" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02134666v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quan Liu" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ayeley Tchangani" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2017.08.1011" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02135087v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Lise Benaben" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Noyes" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/jesa.49.403-424" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01519952v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Micol" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00158-016-1578-z" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01527240v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ayley Tchangani" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2016.11.006" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01635619v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jayakumar Shambhu" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Jesus Guillen" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel Adams" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2016.11.031" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01519939v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2016.07.562" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02137536v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.6036/MN8063" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01308899v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasmina Bouzarour-Amokrane" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmsy.2015.03.007" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01295757v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eswa.2014.09.061" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01845591v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wafa Ben Hassen" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Auzanneau" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Incarbone" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2015/538643" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01154190v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daouda Kamissoko" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Zarat&#233;" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10669-014-9498-1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02625477v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Godichaud" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/jds.19.141-174" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03757998v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Durand" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Bocquet" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/jds.20.163-191" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00669018v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ayele Tchangani" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09537287.2011.591656" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01295755v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00736279v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Peres" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00207543.2011.588263" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03757992v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/JESA.44.941-974" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02625464v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01295748v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Verron" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pascal Dejean" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Averbuch" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2516/ogst:2007030" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01295842v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Le&#239;la Bouza&#239;ene" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Billy" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Lannoy" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ress.2005.11.063" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01295747v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compind.2006.02.010" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03594439v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/jesa.40.721-743" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03635087v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Grenouilleau" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/JESA.40.397-417" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HT0-5C47F6K0-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01295739v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farid Taha" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Antoinette De Lumley" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Cabanis" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/13552540410551379" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/3D319BC444B3CBD21F61E457DCB29189F4863046/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01296527v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/qre.515" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/820DF178A493DDE3CBA9CDCC82C70D0A7BD066EC/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03636760v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/02656710310461341" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/F32FCED01F2018CCE2C847270CAFFBA4810F814A/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03619937v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1296-2139(02)01203-4" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01296530v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/00022660210427431" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/BD18DFC5BDDD0CA309CCB6863C9475581E7E703B/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05353961v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Da Costa Fernandes" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04246559v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitri Peaucelle" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Trentesaux" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#252;lg&#252;n Alpan" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Postoyan" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Auriol" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03629938v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CoDIT49905.2020.9263795" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03120188v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2020.11.055" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02359880v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02359820v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farouk Frigui" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03521635v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01905430v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03565928v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02487137v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Essi Ahoefa Dabla" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Andrianoelison" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clair Fournier" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CoDIT.2017.8102666" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02487103v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02487101v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CoDIT.2017.8102747" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02487089v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02487104v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vicente Gonzales-Prida" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01149763v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Lise Benaben" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01591961v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. P&#233;r&#232;s" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Zarat&#233;" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Gourc" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2015.06.205" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02487160v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liu Quan" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Kamsu-Foguem" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IESM.2015.7380158" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04003345v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01844454v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Auzanneau" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Peres" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.P. Tchangani" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03246613v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-11364-7_1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02359862v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3182/20140824-6-ZA-1003.02411" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01836863v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Incarbone" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SSD.2013.6564144" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00823125v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03670187v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01837014v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICSENS.2013.6688264" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01839864v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISSNIP.2013.6529826" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03279864v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00975204v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Peres" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03669931v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03668850v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03636767v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01021657v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03636762v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03670198v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03643166v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01977490v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00728578v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03643170v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03643173v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01977491v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04087222v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03757991v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Olivas Carrion" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00975232v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04025909v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00975207v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03631258v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adolfo Crespo" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04025908v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02487204v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3182/20100712-3-FR-2020.00083" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03757994v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02487099v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-0-85729-320-6_33" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02625515v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02625551v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02625567v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04039027v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Ha&#239;k" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03758014v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04039325v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Le&#239;la Bouza&#239;ene-Marle" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03758004v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Reyterou" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03758003v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Housseini" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-01826365v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Caillaud" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03758012v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03758002v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04041019v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01785550v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02389526v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03246614v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04391057v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-07167-1_14" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/francois-peres" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7821-6651" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/076591514" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/203139339" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/N-1939-2013" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05488553v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a da Costa-Fernandes" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Bernard" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois P&#233;r&#232;s" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Monsarrat" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Cousin" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biosystems.2025.105686" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04486143v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rabab Yassine" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Cassan" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Roux" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Frysou" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/esurf-11-1199-2023" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03167791v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1468-5973.12312" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03164840v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brahim Boutkhamouine" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1468-5973.12316" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02053209v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farouk Omar Frigui" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Faye" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmen Martin" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Dalverny" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.engstruct.2018.06.026" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03018317v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christos Emmanouilidis" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Iung" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Macchi" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1748006X18788932" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02319769v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Villeneuve" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;drick B&#233;ler" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Geneste" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Reubrez" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JSYST.2016.2522183" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02134666v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quan Liu" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ayeley Tchangani" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2017.08.1011" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02134709v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tomas Grubessich" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raul Stegmaier" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Viveros" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fredy Kristjanpoller" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vicente Gonz&#225;lez-Prida" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.6036/8253" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01519939v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2016.07.562" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01519952v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Micol" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00158-016-1578-z" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01527240v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ayley Tchangani" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2016.11.006" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01635619v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jayakumar Shambhu" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Jesus Guillen" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel Adams" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2016.11.031" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02137536v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.6036/MN8063" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02135087v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Lise Benaben" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Noyes" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/jesa.49.403-424" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01845591v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wafa Ben Hassen" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Auzanneau" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Incarbone" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2015/538643" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01295757v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasmina Bouzarour-Amokrane" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eswa.2014.09.061" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01308899v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmsy.2015.03.007" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01154190v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daouda Kamissoko" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Zarat&#233;" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10669-014-9498-1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03757998v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Durand" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Bocquet" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/jds.20.163-191" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00669018v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Godichaud" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ayele Tchangani" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09537287.2011.591656" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01295755v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02625477v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/jds.19.141-174" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00736279v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Peres" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00207543.2011.588263" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03757992v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/JESA.44.941-974" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02625464v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01295748v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Verron" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pascal Dejean" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Averbuch" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2516/ogst:2007030" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01295842v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Le&#239;la Bouza&#239;ene" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Billy" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Lannoy" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ress.2005.11.063" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03635087v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Grenouilleau" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/JESA.40.397-417" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HT0-5C47F6K0-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03594439v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/jesa.40.721-743" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01295747v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compind.2006.02.010" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01295739v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farid Taha" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Antoinette De Lumley" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Cabanis" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/13552540410551379" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/3D319BC444B3CBD21F61E457DCB29189F4863046/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03636760v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/02656710310461341" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/F32FCED01F2018CCE2C847270CAFFBA4810F814A/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01296527v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/qre.515" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/820DF178A493DDE3CBA9CDCC82C70D0A7BD066EC/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03619937v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1296-2139(02)01203-4" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01296530v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/00022660210427431" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/BD18DFC5BDDD0CA309CCB6863C9475581E7E703B/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05353961v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Da Costa Fernandes" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04246559v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitri Peaucelle" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Trentesaux" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#252;lg&#252;n Alpan" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Postoyan" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Auriol" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03120188v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2020.11.055" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03629938v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CoDIT49905.2020.9263795" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02359880v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02359820v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farouk Frigui" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02487137v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Essi Ahoefa Dabla" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Andrianoelison" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clair Fournier" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CoDIT.2017.8102666" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03565928v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03521635v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01905430v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02487103v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02487101v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CoDIT.2017.8102747" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01591961v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. P&#233;r&#232;s" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Zarat&#233;" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Gourc" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2015.06.205" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02487104v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vicente Gonzales-Prida" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01149763v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Lise Benaben" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02487089v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02487160v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liu Quan" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Kamsu-Foguem" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IESM.2015.7380158" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02359862v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3182/20140824-6-ZA-1003.02411" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01844454v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Auzanneau" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Peres" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.P. Tchangani" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03246613v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-11364-7_1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04003345v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00975204v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Peres" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01837014v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICSENS.2013.6688264" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01839864v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Incarbone" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISSNIP.2013.6529826" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03279864v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01836863v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SSD.2013.6564144" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00823125v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03670187v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03669931v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03668850v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03636767v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01021657v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03636762v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03670198v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03643166v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03643170v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00728578v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01977490v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03643173v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01977491v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04087222v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03757991v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Olivas Carrion" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00975232v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00975207v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03631258v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adolfo Crespo" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04025908v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04025909v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02487099v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-0-85729-320-6_33" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03757994v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02487204v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3182/20100712-3-FR-2020.00083" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02625515v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02625551v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02625567v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04039027v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Ha&#239;k" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03758014v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04039325v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Le&#239;la Bouza&#239;ene-Marle" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03758004v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Reyterou" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03758003v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Housseini" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-01826365v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Caillaud" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03758012v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04041019v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03758002v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01785550v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02389526v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03246614v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04391057v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-07167-1_14" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>