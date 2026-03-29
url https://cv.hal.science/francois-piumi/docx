--- v0 (2026-03-09)
+++ v1 (2026-03-29)
@@ -75,7972 +75,8118 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (61)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (62)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Role of innate immune and inflammatory signaling in West Nile virus tropism and neuronal and glial cell death</w:t>
+                <w:t xml:space="preserve">Oropouche virus infects human neural progenitor cells and alters the growth of brain organoids</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valentine Chaillot</w:t>
+                <w:t xml:space="preserve">Alexandra Albert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Laurine Couture</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">François Piumi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Noémie Berry</w:t>
+                <w:t xml:space="preserve">Sophie Lebon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jennifer Richardson</w:t>
+                <w:t xml:space="preserve">Pierre Gressens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 15 (1), pp.44163. </w:t>
+              <w:t xml:space="preserve">iScience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 29 (3), pp.114957. </w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41598-025-27954-2⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1101/2025.10.01.679540⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05428636v1</w:t>
+                <w:t xml:space="preserve">hal-05338506v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Host-pathogen protein interaction studies: quality control of cDNA libraries using nanopore sequencing</w:t>
+                <w:t xml:space="preserve">Role of innate immune and inflammatory signaling in West Nile virus tropism and neuronal and glial cell death</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cécile Schimmich</w:t>
+                <w:t xml:space="preserve">Valentine Chaillot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Piumi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mathilde Gondard</w:t>
+                <w:t xml:space="preserve">Kamila Gorna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Grégory Caignard</w:t>
+                <w:t xml:space="preserve">Noémie Berry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">José-Carlos Vallé-Casuso</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Damien Vitour</w:t>
+                <w:t xml:space="preserve">Jennifer Richardson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0324917⟩</w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 15 (1), pp.44163. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41598-025-27954-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05364662v1</w:t>
+                <w:t xml:space="preserve">hal-05428636v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An equine iPSC-based phenotypic screening platform identifies pro- and anti-viral molecules against West Nile virus</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Host-pathogen protein interaction studies: quality control of cDNA libraries using nanopore sequencing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Schimmich</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marielle Cochet</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Noémie Berry</w:t>
+                <w:t xml:space="preserve">Mathilde Gondard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gaëlle Gonzalez</w:t>
+                <w:t xml:space="preserve">Grégory Caignard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">José-Carlos Vallé-Casuso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Vitour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Veterinary Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s13567-024-01290-1⟩</w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 20 (5), pp.e0324917. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0324917⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04568823v2</w:t>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05364662v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vaccinia Virus Defective Particles Lacking the F17 Protein Do Not Inhibit Protein Synthesis: F17, a Double-Edged Sword for Protein Synthesis?</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">An equine iPSC-based phenotypic screening platform identifies pro- and anti-viral molecules against West Nile virus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bernard Klonjkowski</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Marielle Cochet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Piumi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kamila Gorna</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Noémie Berry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Muriel Coulpier</w:t>
+                <w:t xml:space="preserve">Gaëlle Gonzalez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Molecular Sciences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 25 (3), pp.1382. </w:t>
+              <w:t xml:space="preserve">Veterinary Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 55 (1), pp.32. </w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/ijms25031382⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1186/s13567-024-01290-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04498024v1</w:t>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04568823v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Crystal structure and functional characterization of an oligosaccharide dehydrogenase from Pycnoporus cinnabarinus provides insights into fungal breakdown of lignocellulose</w:t>
+                <w:t xml:space="preserve">Vaccinia Virus Defective Particles Lacking the F17 Protein Do Not Inhibit Protein Synthesis: F17, a Double-Edged Sword for Protein Synthesis?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gabriele Cerutti</w:t>
+                <w:t xml:space="preserve">Georges Beaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elena Gugole</w:t>
+                <w:t xml:space="preserve">Fleur Costa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Linda Celeste Montemiglio</w:t>
+                <w:t xml:space="preserve">Bernard Klonjkowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Piumi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Annick Turbé-Doan</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Dehbia Chena</w:t>
+                <w:t xml:space="preserve">Muriel Coulpier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biotechnology for Biofuels</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s13068-021-02003-y⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Molecular Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 25 (3), pp.1382. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/ijms25031382⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03344334v1</w:t>
+                <w:t xml:space="preserve">hal-04498024v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transcriptomic Studies Suggest a Coincident Role for Apoptosis and Pyroptosis but Not for Autophagic Neuronal Death in TBEV-Infected Human Neuronal/Glial Cells</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Crystal structure and functional characterization of an oligosaccharide dehydrogenase from Pycnoporus cinnabarinus provides insights into fungal breakdown of lignocellulose</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriele Cerutti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mazigh Fares</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Noémie Berry</w:t>
+                <w:t xml:space="preserve">Elena Gugole</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marielle Cochet-Bernoin</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">François Piumi</w:t>
+                <w:t xml:space="preserve">Linda Celeste Montemiglio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annick Turbé-Doan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dehbia Chena</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Viruses</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/v13112255⟩</w:t>
+              <w:t xml:space="preserve">Biotechnology for Biofuels</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 14, pp.161. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s13068-021-02003-y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">anses-03466592v1</w:t>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03344334v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Conserved white rot enzymatic mechanism for wood decay in the Basidiomycota genus Pycnoporus</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Transcriptomic Studies Suggest a Coincident Role for Apoptosis and Pyroptosis but Not for Autophagic Neuronal Death in TBEV-Infected Human Neuronal/Glial Cells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elodie Drula</w:t>
+                <w:t xml:space="preserve">Mazigh Fares</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kamila Gorna</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Noémie Berry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurence Lesage-Meessen</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Jean-Guy Berrin</w:t>
+                <w:t xml:space="preserve">Marielle Cochet-Bernoin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Piumi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">DNA Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/dnares/dsaa011⟩</w:t>
+              <w:t xml:space="preserve">Viruses</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 13 (11), pp.2255. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/v13112255⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02868456v2</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">anses-03466592v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Subclinical endometritis in dairy cattle is associated with distinct mRNA expression patterns in blood and endometrium</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Conserved white rot enzymatic mechanism for wood decay in the Basidiomycota genus Pycnoporus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shingo Miyauchi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mariam Raliou</w:t>
+                <w:t xml:space="preserve">Hayat Hage</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Doulaye Dembélé</w:t>
+                <w:t xml:space="preserve">Elodie Drula</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anna Düvel</w:t>
+                <w:t xml:space="preserve">Laurence Lesage-Meessen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Bolifraud</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">J. Aubert</w:t>
+                <w:t xml:space="preserve">Jean-Guy Berrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0220244⟩</w:t>
+              <w:t xml:space="preserve">DNA Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/dnares/dsaa011⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02264367v1</w:t>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02868456v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Placental function and structure at term is altered in broodmares fed with cereals from mid-gestation</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Subclinical endometritis in dairy cattle is associated with distinct mRNA expression patterns in blood and endometrium</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mariam Raliou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Morgane Robles</w:t>
+                <w:t xml:space="preserve">Doulaye Dembélé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pauline P. Peugnet</w:t>
+                <w:t xml:space="preserve">Anna Düvel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C Dubois</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">François Piumi</w:t>
+                <w:t xml:space="preserve">Philippe Bolifraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Luc Jouneau</w:t>
+                <w:t xml:space="preserve">J. Aubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Placenta</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 64, pp.44-52. </w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 14 (8), </w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.placenta.2018.02.003⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0220244⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02621731v1</w:t>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02264367v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A multi-scale analysis of bull sperm methylome revealed both species peculiarities and conserved tissue-specific features</w:t>
+                <w:t xml:space="preserve">Placental function and structure at term is altered in broodmares fed with cereals from mid-gestation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Philippe Perrier</w:t>
+                <w:t xml:space="preserve">Morgane Robles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eli Sellem</w:t>
+                <w:t xml:space="preserve">Pauline P. Peugnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Audrey Prézelin</w:t>
+                <w:t xml:space="preserve">C Dubois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Piumi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Jouneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Genomics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 19 (1), pp.404. </w:t>
+              <w:t xml:space="preserve">Placenta</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 64, pp.44-52. </w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/s12864-018-4764-0⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.placenta.2018.02.003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01975403v1</w:t>
+                <w:t xml:space="preserve">hal-02621731v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Molecular and catalytic properties of fungal extracellular cellobiose dehydrogenase produced in prokaryotic and eukaryotic expression systems</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A multi-scale analysis of bull sperm methylome revealed both species peculiarities and conserved tissue-specific features</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marita Preims</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">François Piumi</w:t>
+                <w:t xml:space="preserve">Jean-Philippe Perrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lisa Kappel</w:t>
+                <w:t xml:space="preserve">Eli Sellem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bernhard Seiboth</w:t>
+                <w:t xml:space="preserve">Audrey Prézelin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Gasselin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Jouneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Microbial Cell Factories</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s12934-017-0653-5⟩</w:t>
+              <w:t xml:space="preserve">BMC Genomics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 19 (1), pp.404. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s12864-018-4764-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01594787v1</w:t>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01975403v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparative genomics reveals high biological diversity and specific adaptations in the industrially and medically important fungal genus Aspergillus</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Molecular and catalytic properties of fungal extracellular cellobiose dehydrogenase produced in prokaryotic and eukaryotic expression systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Robert Riley</w:t>
+                <w:t xml:space="preserve">Su Ma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ad Wiebenga</w:t>
+                <w:t xml:space="preserve">Marita Preims</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Piumi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guillermo Aguilar-Osorio</w:t>
+                <w:t xml:space="preserve">Lisa Kappel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sotiris Amillis</w:t>
+                <w:t xml:space="preserve">Bernhard Seiboth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Genome Biology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 18, </w:t>
+              <w:t xml:space="preserve">Microbial Cell Factories</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 16 (1), pp.37. </w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/s13059-017-1151-0⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1186/s12934-017-0653-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01496186v1</w:t>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01594787v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Heterologous Production and Characterization of Two Glyoxal Oxidases from Pycnoporus cinnabarinus</w:t>
+                <w:t xml:space="preserve">Comparative genomics reveals high biological diversity and specific adaptations in the industrially and medically important fungal genus Aspergillus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marianne Daou</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">François Piumi</w:t>
+                <w:t xml:space="preserve">Ronald P. De Vries</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Daniel Cullen</w:t>
+                <w:t xml:space="preserve">Robert Riley</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eric Record</w:t>
+                <w:t xml:space="preserve">Ad Wiebenga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Craig Faulds</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Guillermo Aguilar-Osorio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sotiris Amillis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied and Environmental Microbiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1128/AEM.00304-16⟩</w:t>
+              <w:t xml:space="preserve">Genome Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 18, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s13059-017-1151-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01446831v1</w:t>
+                <w:t xml:space="preserve">hal-01496186v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Activities of secreted aryl alcohol quinone oxidoreductases from [i]Pycnoporus cinnabarinus[/i] provide insights into fungal degradation of plant biomass</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Heterologous Production and Characterization of Two Glyoxal Oxidases from Pycnoporus cinnabarinus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marianne Daou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Piumi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Juan Carro Aramburu</w:t>
+                <w:t xml:space="preserve">Daniel Cullen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Patricia Ferreira</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Eric Record</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Craig Faulds</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applied and Environmental Microbiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2016, 82 (8), pp.2411-2423. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1128/AEM.03761-15⟩</w:t>
+              <w:t xml:space="preserve">, 2016, 82 (16), pp.4867-4875. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1128/AEM.00304-16⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01313371v1</w:t>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01446831v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enhanced degradation of softwood versus hardwood by the white-rot fungus Pycnoporus coccineus</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Activities of secreted aryl alcohol quinone oxidoreductases from [i]Pycnoporus cinnabarinus[/i] provide insights into fungal degradation of plant biomass</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">David Navarro</w:t>
+                <w:t xml:space="preserve">Yann Mathieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Piumi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Didier Chevret</w:t>
+                <w:t xml:space="preserve">Richard Valli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bernard Henrissat</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">François Piumi</w:t>
+                <w:t xml:space="preserve">Juan Carro Aramburu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patricia Ferreira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biotechnology for Biofuels</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s13068-015-0407-8⟩</w:t>
+              <w:t xml:space="preserve">Applied and Environmental Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 82 (8), pp.2411-2423. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1128/AEM.03761-15⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01439025v1</w:t>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01313371v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The genome of the white-rot fungus [i]Pycnoporus cinnabarinus[/i]: a basidiomycete model with a versatile arsenal for lignocellulosic biomass breakdown</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Enhanced degradation of softwood versus hardwood by the white-rot fungus Pycnoporus coccineus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne Lomascolo</w:t>
+                <w:t xml:space="preserve">Marie Couturier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier Chabrol</w:t>
+                <w:t xml:space="preserve">David Navarro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Francisco J Ruiz-Dueñas</w:t>
+                <w:t xml:space="preserve">Didier Chevret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eva Boukhris-Uzan</w:t>
+                <w:t xml:space="preserve">Bernard Henrissat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Piumi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Genomics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 15 (1), pp.486. </w:t>
+              <w:t xml:space="preserve">Biotechnology for Biofuels</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 8, </w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/1471-2164-15-486⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1186/s13068-015-0407-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01204353v1</w:t>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01439025v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effective mutations in a high redox potential laccase from [i]Pleurotus ostreatus[/i]</w:t>
+                <w:t xml:space="preserve">The genome of the white-rot fungus [i]Pycnoporus cinnabarinus[/i]: a basidiomycete model with a versatile arsenal for lignocellulosic biomass breakdown</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gemma Macellaro</w:t>
+                <w:t xml:space="preserve">Anthony Levasseur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maria Camilla Baratto</w:t>
+                <w:t xml:space="preserve">Anne Lomascolo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alessandra Piscitelli</w:t>
+                <w:t xml:space="preserve">Olivier Chabrol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cinzia Pezzella</w:t>
+                <w:t xml:space="preserve">Francisco J Ruiz-Dueñas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fabrizia Fabrizi de Biani</w:t>
+                <w:t xml:space="preserve">Eva Boukhris-Uzan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Microbiology and Biotechnology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 98 (11), pp.4949-4961. </w:t>
+              <w:t xml:space="preserve">BMC Genomics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 15 (1), pp.486. </w:t>
             </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s00253-013-5491-8⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1186/1471-2164-15-486⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01268757v1</w:t>
+                <w:t xml:space="preserve">hal-01204353v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A novel glucose dehydrogenase from the white-rot fungus Pycnoporus cinnabarinus: production in Aspergillus niger and physicochemical characterization of the recombinant enzyme</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Effective mutations in a high redox potential laccase from [i]Pleurotus ostreatus[/i]</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simeng Zhou</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Yann Mathieu</w:t>
+                <w:t xml:space="preserve">Gemma Macellaro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Camilla Baratto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alessandra Piscitelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cinzia Pezzella</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrizia Fabrizi de Biani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applied Microbiology and Biotechnology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2014, 98 (24), pp.10105 - 10118. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00253-014-5891-4⟩</w:t>
+              <w:t xml:space="preserve">, 2014, 98 (11), pp.4949-4961. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00253-013-5491-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01268950v1</w:t>
+                <w:t xml:space="preserve">hal-01268757v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Phylogeographic relationships in the polypore fungus Pycnoporus inferred from molecular data</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId101" w:history="1">
+                <w:t xml:space="preserve">A novel glucose dehydrogenase from the white-rot fungus Pycnoporus cinnabarinus: production in Aspergillus niger and physicochemical characterization of the recombinant enzyme</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Piumi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Levasseur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">François Piumi</w:t>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Navarro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simeng Zhou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Mathieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">FEMS Microbiology Letters</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Applied Microbiology and Biotechnology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 98 (24), pp.10105 - 10118. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00253-014-5891-4⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/j.1574-6968.2011.02412.x⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02651819v1</w:t>
+                <w:t xml:space="preserve">hal-01268950v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High redox potential laccases from the ligninolytic fungi Pycnoporus coccineus and Pycnoporus sanguineus suitable for white biotechnology: from gene cloning to enzyme characterization and applications</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId120" w:history="1">
+                <w:t xml:space="preserve">Phylogeographic relationships in the polypore fungus Pycnoporus inferred from molecular data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence L. Lesage-Meessen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mireille M. Haon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eva Uzan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId123" w:history="1">
-[...38 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Levasseur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Piumi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Applied Microbiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/j.1365-2672.2009.04623.x⟩</w:t>
+              <w:t xml:space="preserve">FEMS Microbiology Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 325 (1), pp.37 - 48. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/j.1574-6968.2011.02412.x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02659462v1</w:t>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02651819v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antibody repertoire development in fetal and neonatal piglets. XI. The relationship of variable heavy chain gene usage and the genomic organization of the variable heavy chain locus</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Nancy Wertz</w:t>
+                <w:t xml:space="preserve">High redox potential laccases from the ligninolytic fungi Pycnoporus coccineus and Pycnoporus sanguineus suitable for white biotechnology: from gene cloning to enzyme characterization and applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eva Uzan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Xiu-Zhu Sun</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">P. Nousiainen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanessa Balland</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Sipila</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Piumi</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Hirohide Uenishi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Immunology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4049/jimmunol.0903616⟩</w:t>
+              <w:t xml:space="preserve">Journal of Applied Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 108 (6), pp.199-213. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/j.1365-2672.2009.04623.x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02665558v1</w:t>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02659462v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genome sequence of the model mushroom Schizophyllum commune</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Antibody repertoire development in fetal and neonatal piglets. XI. The relationship of variable heavy chain gene usage and the genomic organization of the variable heavy chain locus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jan de Jong</w:t>
+                <w:t xml:space="preserve">Tomoko Eguchi-Ogawa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Luis Lugones</w:t>
+                <w:t xml:space="preserve">Nancy Wertz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Andrea Aerts</w:t>
+                <w:t xml:space="preserve">Xiu-Zhu Sun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Piumi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Erika Kothe</w:t>
+                <w:t xml:space="preserve">Hirohide Uenishi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Biotechnology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2010, 28 (9), pp.957-963. </w:t>
+              <w:t xml:space="preserve">Journal of Immunology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 184 (7), pp.3734-3742. </w:t>
             </w:r>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/nbt.1643⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4049/jimmunol.0903616⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03900946v1</w:t>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02665558v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dietary fat level modifies the expression of hepatic genes in juvenile rainbow trout (Oncorhynchus mykiss) as revealed by microarray analysis</w:t>
+                <w:t xml:space="preserve">Genome sequence of the model mushroom Schizophyllum commune</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphane Panserat</w:t>
+                <w:t xml:space="preserve">Robin Ohm</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Ducasse-Cabanot</w:t>
+                <w:t xml:space="preserve">Jan de Jong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elisabeth Plagnes Juan</w:t>
+                <w:t xml:space="preserve">Luis Lugones</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P.P. Srivastava</w:t>
+                <w:t xml:space="preserve">Andrea Aerts</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Catherine Kolditz</w:t>
+                <w:t xml:space="preserve">Erika Kothe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Aquaculture</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2008, 275 (1-4), pp.235-241. </w:t>
+              <w:t xml:space="preserve">Nature Biotechnology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 28 (9), pp.957-963. </w:t>
             </w:r>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.aquaculture.2007.12.030⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/nbt.1643⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId147" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02659478v1</w:t>
+                <w:t xml:space="preserve">hal-03900946v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">FOLy: An integrated database for the classification and functional annotation of fungal oxidoreductases potentially involved in the degradation of lignin and related aromatic compounds</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">François Piumi</w:t>
+                <w:t xml:space="preserve">Dietary fat level modifies the expression of hepatic genes in juvenile rainbow trout (Oncorhynchus mykiss) as revealed by microarray analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Panserat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pedro M Coutinho</w:t>
+                <w:t xml:space="preserve">S. Ducasse-Cabanot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Corinne Rancurel</w:t>
+                <w:t xml:space="preserve">Elisabeth Plagnes Juan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michèle Asther</w:t>
+                <w:t xml:space="preserve">P.P. Srivastava</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Kolditz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Fungal Genetics and Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.fgb.2008.01.004⟩</w:t>
+              <w:t xml:space="preserve">Aquaculture</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 275 (1-4), pp.235-241. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.aquaculture.2007.12.030⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId148" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02666159v1</w:t>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02659478v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amplification biases: possible differences among deviating gene expressions.</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Séverine A Degrelle</w:t>
+                <w:t xml:space="preserve">FOLy: An integrated database for the classification and functional annotation of fungal oxidoreductases potentially involved in the degradation of lignin and related aromatic compounds</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Levasseur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Piumi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christelle Hennequet-Antier</w:t>
+                <w:t xml:space="preserve">Pedro M Coutinho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hélène Chiapello</w:t>
+                <w:t xml:space="preserve">Corinne Rancurel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Karine Piot-Kaminski</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">François Piumi</w:t>
+                <w:t xml:space="preserve">Michèle Asther</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Genomics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2008, 9 (46), pp.46. </w:t>
+              <w:t xml:space="preserve">Fungal Genetics and Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 45 (5), pp.638-645. </w:t>
             </w:r>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/1471-2164-9-46⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.fgb.2008.01.004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId154" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">cea-00307623v1</w:t>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02666159v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hepatic gene expression profiles in juvenile rainbow trout (Oncorhynchus mykiss) fed fishmeal or fish oil-free diets</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Amplification biases: possible differences among deviating gene expressions.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">N. Richard</w:t>
+                <w:t xml:space="preserve">Séverine A Degrelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elisabeth Plagnes</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Christelle Hennequet-Antier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Chiapello</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Piot-Kaminski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Piumi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">British Journal of Nutrition</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1017/S0007114508981411⟩</w:t>
+              <w:t xml:space="preserve">BMC Genomics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 9 (46), pp.46. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/1471-2164-9-46⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId160" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02661115v1</w:t>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-00307623v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gene expression profiling on sheep brain reveals differential transcripts in scrapie-affected/not-affected animals</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Olivier Andréoletti</w:t>
+                <w:t xml:space="preserve">Hepatic gene expression profiles in juvenile rainbow trout (Oncorhynchus mykiss) fed fishmeal or fish oil-free diets</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Panserat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C Maestrale</w:t>
+                <w:t xml:space="preserve">Cathy Kolditz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">B Robert</w:t>
+                <w:t xml:space="preserve">N. Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C Ligios</w:t>
+                <w:t xml:space="preserve">Elisabeth Plagnes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Piumi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Brain Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2007, 1142, pp.217-222. </w:t>
+              <w:t xml:space="preserve">British Journal of Nutrition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 100 (5), pp.953-967. </w:t>
             </w:r>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.brainres.2007.01.033⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1017/S0007114508981411⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId172" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-02659499v1</w:t>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02661115v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transcription profile analysis reveals that OBP-1F mRNA is downregulated in the olfactory mucosa following food deprivation</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Gene expression profiling on sheep brain reveals differential transcripts in scrapie-affected/not-affected animals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gm Cosseddu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Karine Badonnel</w:t>
+                <w:t xml:space="preserve">Olivier Andréoletti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Baptiste Denis</w:t>
+                <w:t xml:space="preserve">C Maestrale</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Monique Caillol</w:t>
+                <w:t xml:space="preserve">B Robert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Regine Monnerie</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">François Piumi</w:t>
+                <w:t xml:space="preserve">C Ligios</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemical Senses</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Brain Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 1142, pp.217-222. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.brainres.2007.01.033⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId173" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02657337v1</w:t>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02659499v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ruminants genome no longer contains Whey Acidic Protein gene but only a pseudogene</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Transcription profile analysis reveals that OBP-1F mRNA is downregulated in the olfactory mucosa following food deprivation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hélène Hayes</w:t>
+                <w:t xml:space="preserve">Karine Badonnel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sandrine Floriot</w:t>
+                <w:t xml:space="preserve">Jean-Baptiste Denis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Andre A. Eggen</w:t>
+                <w:t xml:space="preserve">Monique Caillol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Regine Monnerie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Piumi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Gene</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Chemical Senses</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 32, pp.697-710</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId178" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02655104v1</w:t>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02657337v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Porcine PPARGC1A (peroxisome proliferative activated receptor gamma coactivator 1A): coding sequence, genomic organization, polymorphisms and mapping.</w:t>
+                <w:t xml:space="preserve">Ruminants genome no longer contains Whey Acidic Protein gene but only a pseudogene</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">K. Jacobs</w:t>
+                <w:t xml:space="preserve">Siham Hajjoubi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G.A. Rohrer</w:t>
+                <w:t xml:space="preserve">Sylvie Rival-Gervier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. van Poucke</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">François Piumi</w:t>
+                <w:t xml:space="preserve">Hélène Hayes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Manon Yerle</w:t>
+                <w:t xml:space="preserve">Sandrine Floriot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andre A. Eggen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cytogenetic and Genome Research</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Gene</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 370, pp.104-112. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.gene.2005.11.025⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02653956v1</w:t>
+                <w:t xml:space="preserve">hal-02655104v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The B-cell CLL lymphoma 2 (BCL2 ) gene maps to equine chromosome 8q22.</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Porcine PPARGC1A (peroxisome proliferative activated receptor gamma coactivator 1A): coding sequence, genomic organization, polymorphisms and mapping.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E. Slota</w:t>
+                <w:t xml:space="preserve">K. Jacobs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">N.E. Robinson</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">G.A. Rohrer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. van Poucke</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Piumi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manon Yerle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Animal Genetics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2005, 36, pp.517-519</w:t>
+              <w:t xml:space="preserve">Cytogenetic and Genome Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 112, pp.106-113</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId190" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02677209v1</w:t>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02653956v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A cDNA macroarray resource for gene expression profiling in ruminant tissues involved in reproduction and production (milk and beef) traits</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">The B-cell CLL lymphoma 2 (BCL2 ) gene maps to equine chromosome 8q22.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S Ollier</w:t>
+                <w:t xml:space="preserve">K. Klukowska-Rotzler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E Campion</w:t>
+                <w:t xml:space="preserve">M. Bugno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isabelle Cassar-Malek</w:t>
+                <w:t xml:space="preserve">E. Slota</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N.E. Robinson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Piumi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of physiology and pharmacology : an official journal of the Polish Physiological Society</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2005, 56 Suppl 3, pp.215-24</w:t>
+              <w:t xml:space="preserve">Animal Genetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 36, pp.517-519</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId195" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04067477v1</w:t>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02677209v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hypoxia-activated genes from early placenta are elevated in preeclampsia, but not in intra-uterine growth retardation</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A cDNA macroarray resource for gene expression profiling in ruminant tissues involved in reproduction and production (milk and beef) traits</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Françoise Mondon</w:t>
+                <w:t xml:space="preserve">C Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexandra Garcès-Duran</w:t>
+                <w:t xml:space="preserve">S Degrelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thérèse-Marie Mignot</w:t>
+                <w:t xml:space="preserve">S Ollier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Brigitte Robert</w:t>
+                <w:t xml:space="preserve">E Campion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Cassar-Malek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Genomics</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Journal of physiology and pharmacology : an official journal of the Polish Physiological Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 56 Suppl 3, pp.215-24</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId201" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02678450v1</w:t>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04067477v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparative analysis of a BAC contig of porcine chromosome 13q31-q32 and human chromosome 3q21-q22</w:t>
+                <w:t xml:space="preserve">Hypoxia-activated genes from early placenta are elevated in preeclampsia, but not in intra-uterine growth retardation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mario van Poucke</w:t>
+                <w:t xml:space="preserve">Daniel Vaiman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">David Bourry</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">François Piumi</w:t>
+                <w:t xml:space="preserve">Françoise Mondon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marc Mattheeuws</w:t>
+                <w:t xml:space="preserve">Alexandra Garcès-Duran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alex Van Zeveren</w:t>
+                <w:t xml:space="preserve">Thérèse-Marie Mignot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brigitte Robert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">BMC Genomics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2005, 6, </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/1471-2164-6-133⟩</w:t>
+              <w:t xml:space="preserve">, 2005, 6 (111), pp.1-19. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/1471-2164-6-111⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02678958v1</w:t>
+                <w:t xml:space="preserve">hal-02678450v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The pre-immune variable kappa repertoire of swine is selectively generated from certain subfamilies of Vkappa2 and one Jkappa gene.</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Comparative analysis of a BAC contig of porcine chromosome 13q31-q32 and human chromosome 3q21-q22</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">N. Wertz</w:t>
+                <w:t xml:space="preserve">Mario van Poucke</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. Sun</w:t>
+                <w:t xml:space="preserve">David Bourry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Piumi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">H. Wang</w:t>
+                <w:t xml:space="preserve">Marc Mattheeuws</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Lemke</w:t>
+                <w:t xml:space="preserve">Alex Van Zeveren</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Veterinary Immunology and Immunopathology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">BMC Genomics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 6, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/1471-2164-6-133⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId214" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02679794v1</w:t>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02678958v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Molecular evidence for a critical period in mural trophoblast development in bovine blastocysts</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Severine S. Degrelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evelyne E. Campion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Cabau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Piumi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierrette P. Reinaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Developmental Biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005, 288 (2), pp.448-460. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.ydbio.2005.09.043⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">inserm-02440263v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assignment of the equine solute carrier 26A2 gene (SLC26A2) to equine chromosome 14q15 -&amp;gt; q21 (ECA14q15 -&amp;gt; q21) by in situ hybridization and radiation hybrid panel mapping.</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">The pre-immune variable kappa repertoire of swine is selectively generated from certain subfamilies of Vkappa2 and one Jkappa gene.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julien Beck</w:t>
+                <w:t xml:space="preserve">J.E. Butler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A.J. Hall</w:t>
+                <w:t xml:space="preserve">N. Wertz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">T.E. Broad</w:t>
+                <w:t xml:space="preserve">J. Sun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">B.P. Chowdhary</w:t>
+                <w:t xml:space="preserve">H. Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Lemke</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cytogenetic and Genome Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2004, 107, pp.139</w:t>
+              <w:t xml:space="preserve">Veterinary Immunology and Immunopathology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 108, pp.127-137</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId226" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02681020v1</w:t>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02679794v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isolation of Y chromosome-specific microsatellites in the horse ans cross-species amplification in the genus Equus.</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Assignment of the equine solute carrier 26A2 gene (SLC26A2) to equine chromosome 14q15 -&amp;gt; q21 (ECA14q15 -&amp;gt; q21) by in situ hybridization and radiation hybrid panel mapping.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G. Brem</w:t>
+                <w:t xml:space="preserve">B. Brenig</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Muller</w:t>
+                <w:t xml:space="preserve">Julien Beck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">R. Achmann</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">A.J. Hall</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T.E. Broad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B.P. Chowdhary</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Heredity</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2004, 95, pp.158-164</w:t>
+              <w:t xml:space="preserve">Cytogenetic and Genome Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, 107, pp.139</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId232" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02679480v1</w:t>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02681020v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antibody repertoire development in fetal and neonatal pigs. VII. Characterization of the preimmune kappa light chain repertoire.</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Isolation of Y chromosome-specific microsatellites in the horse ans cross-species amplification in the genus Equus.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Wallner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Piumi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Brem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Muller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Achmann</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Immunology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2004, 173, pp.6794-6805</w:t>
+              <w:t xml:space="preserve">Journal of Heredity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, 95, pp.158-164</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId237" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02673335v1</w:t>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02679480v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Expression profiles and chromosomal localization of genes controlling meiosis and follicular development in the sheep ovary</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Edmond E. Cribiu</w:t>
+                <w:t xml:space="preserve">Antibody repertoire development in fetal and neonatal pigs. VII. Characterization of the preimmune kappa light chain repertoire.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.E. Butler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Wertz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Sun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Chardon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biology of Reproduction</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2003, 68, pp.985-995</w:t>
+              <w:t xml:space="preserve">Journal of Immunology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, 173, pp.6794-6805</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId239" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02670627v1</w:t>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02673335v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The first-generation whole-genome radiation hybrid map in the horse identifies conserved segments in human and mouse genomes.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B.P. Chowdhary</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId245" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Raudsepp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S.R. Kata</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Goh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId248" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L.V. Millon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Genome Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2003, 13, pp.742-751</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02674026v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId249" w:history="1">
+            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Molecular characterization of the equine testis-specific protein 1 (TPX1) and acidic epididymal glycoprotein 2 (AEG2) genes encoding members of the cysteine-rich secretory protein (CRISP) family.</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Expression profiles and chromosomal localization of genes controlling meiosis and follicular development in the sheep ovary</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Harm Albert Kuiper</w:t>
-[...19 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Béatrice Mandon-Pepin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Oustry-Vaiman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brigitte Vigier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Piumi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edmond E. Cribiu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Gene</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2002, 299, pp.101-109</w:t>
+              <w:t xml:space="preserve">Biology of Reproduction</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, 68, pp.985-995</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId249" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02676588v1</w:t>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02670627v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId253" w:history="1">
+            <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Conservation of gene order between horse and human X chromosomes as evidence through radiation hybrid mapping.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId245" w:history="1">
+                <w:t xml:space="preserve">Molecular characterization of the equine testis-specific protein 1 (TPX1) and acidic epididymal glycoprotein 2 (AEG2) genes encoding members of the cysteine-rich secretory protein (CRISP) family.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Giese</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Jude</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Harm Albert Kuiper</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Raudsepp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId246" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Piumi</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">J.E. Womack</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Genomics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2002, 79, pp.451-457</w:t>
+              <w:t xml:space="preserve">Gene</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002, 299, pp.101-109</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId253" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02669501v1</w:t>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02676588v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId256" w:history="1">
+            <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mapping of equine potassium chloride co-transporter (SLC12A4) and amino acid transporter (SLC7A10) and preliminary studies on associations between SNPs from SLC12A4, SLC7A10, and SLC7A9 and osmotic fragility of erythrocytes.</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Conservation of gene order between horse and human X chromosomes as evidence through radiation hybrid mapping.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Raudsepp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S.R. Kata</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Piumi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId259" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Swinburne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.E. Womack</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Animal Genetics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2002, pp.455-459</w:t>
+              <w:t xml:space="preserve">Genomics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002, 79, pp.451-457</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId256" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02673032v1</w:t>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02669501v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId260" w:history="1">
+            <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A case of intersexuality in pigs associated with a de novo paracentric inversion 9 (p1.2; p2.2)</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Mapping of equine potassium chloride co-transporter (SLC12A4) and amino acid transporter (SLC7A10) and preliminary studies on associations between SNPs from SLC12A4, SLC7A10, and SLC7A9 and osmotic fragility of erythrocytes.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Hanzawa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T.L. Lear</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Piumi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId263" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Bailey</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Animal Genetics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2002, 33, pp.69-71</w:t>
+              <w:t xml:space="preserve">, 2002, pp.455-459</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId260" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02670807v1</w:t>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02673032v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId265" w:history="1">
+            <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Molecular characterization of genomic activities at the onset of zygotic transcription in mammals</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">A case of intersexuality in pigs associated with a de novo paracentric inversion 9 (p1.2; p2.2)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Pinton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Pailhoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Piumi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId268" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jean Paul J. P. Renard</w:t>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Rogel Gaillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roland Darré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biology of Reproduction</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2002, 67, pp.1907-1918</w:t>
+              <w:t xml:space="preserve">Animal Genetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002, 33, pp.69-71</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId265" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02683584v1</w:t>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02670807v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId269" w:history="1">
+            <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Construction of a 5000(rad) whole-genome radiation hybrid panel in the horse and generation of a comprehensive and comparative map for ECA11.</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Molecular characterization of genomic activities at the onset of zygotic transcription in mammals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId273" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Pacheco-Trigon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Hennequet-Antier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Francois Oudin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Piumi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Paul J. P. Renard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mammalian Genome</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2002, 13, pp.89-94</w:t>
+              <w:t xml:space="preserve">Biology of Reproduction</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002, 67, pp.1907-1918</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId269" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02670617v1</w:t>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02683584v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId272" w:history="1">
+            <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Molecular characterization of the equine AEG1 locus.</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Construction of a 5000(rad) whole-genome radiation hybrid panel in the horse and generation of a comprehensive and comparative map for ECA11.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B.P. Chowdhary</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Raudsepp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Honeycutt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E.K. Owens</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Piumi</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">A. Schambony</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Gene</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2002, 292, pp.65-72</w:t>
+              <w:t xml:space="preserve">Mammalian Genome</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002, 13, pp.89-94</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId272" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02674978v1</w:t>
+            <w:hyperlink r:id="rId276" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02670617v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId274" w:history="1">
+            <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fourteen chromosomal localizations an update of the cytogenetic map of the rabbit</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Molecular characterization of the equine AEG1 locus.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Giese</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Jude</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Harm Albert Kuiper</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Piumi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId280" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Schambony</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cytogenetic and Genome Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2002, 97, pp.191-199</w:t>
+              <w:t xml:space="preserve">Gene</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002, 292, pp.65-72</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId274" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02674842v1</w:t>
+            <w:hyperlink r:id="rId279" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02674978v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId278" w:history="1">
+            <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Molecular characterization of the CRISP1 gene - a candidate gene for stallion fertility.</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Fourteen chromosomal localizations an update of the cytogenetic map of the rabbit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Zijlstra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N.A. de Haan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId284" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Korstanje</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Rogel Gaillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Piumi</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">H. Sieme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Theriogenology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2002, 58, pp.417-420</w:t>
+              <w:t xml:space="preserve">Cytogenetic and Genome Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002, 97, pp.191-199</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId278" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02673205v1</w:t>
+            <w:hyperlink r:id="rId281" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02674842v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId281" w:history="1">
+            <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Structure of the rabbit alphas1- and beta-casein gene cluster, assignment to chromosome 15 and expression of the alphas1-casein gene in HC11 cells</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Molecular characterization of the CRISP1 gene - a candidate gene for stallion fertility.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Jude</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Giese</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Piumi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId181" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">M.L. Fontaine</w:t>
+            <w:hyperlink r:id="rId286" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérard Guérin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId287" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Sieme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Gene</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2002, 283, pp.155-162</w:t>
+              <w:t xml:space="preserve">Theriogenology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002, 58, pp.417-420</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId281" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02671277v1</w:t>
+            <w:hyperlink r:id="rId285" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02673205v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId284" w:history="1">
+            <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cytogenetic localization of 136 genes in the horse: comparative mapping with the human genome.</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Denis Mariat</w:t>
+                <w:t xml:space="preserve">Structure of the rabbit alphas1- and beta-casein gene cluster, assignment to chromosome 15 and expression of the alphas1-casein gene in HC11 cells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId289" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Pauloin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Rogel Gaillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Piumi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Hayes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId290" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M.L. Fontaine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mammalian Genome</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2002, 13, pp.524-534</w:t>
+              <w:t xml:space="preserve">Gene</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002, 283, pp.155-162</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId284" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02678083v1</w:t>
+            <w:hyperlink r:id="rId288" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02671277v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId288" w:history="1">
+            <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">FISH assignment of two equine BAC clones containing SRY and ZFY.</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Gérard Guérin</w:t>
+                <w:t xml:space="preserve">Cytogenetic localization of 136 genes in the horse: comparative mapping with the human genome.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId292" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dragan Milenkovic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Oustry-Vaiman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T.L. Lear</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId293" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Billault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId294" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Mariat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Animal Genetics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2001, 32, pp.326-327</w:t>
+              <w:t xml:space="preserve">Mammalian Genome</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002, 13, pp.524-534</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId288" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02678184v1</w:t>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02678083v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId292" w:history="1">
+            <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Assignment of the parathyroid hormone / parathyroid hormone-related peptide receptor (PTHR1) to rabbit chromosome band 9p14 -&amp;gt; p13 by fluorescence in situ hybridization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId293" w:history="1">
+            <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P.A. Martin-Deleon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Piumi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId294" w:history="1">
+            <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Canaff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId263" w:history="1">
+            <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Rogel Gaillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId295" w:history="1">
+            <w:hyperlink r:id="rId298" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G.N. Hendy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cytogenetics and Cell Genetics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2001, 94, pp.90-91</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId292" w:history="1">
+            <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02670829v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId296" w:history="1">
+            <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Specific cytogenetic labeling of bovine spermatozoa bearing X or Y chromosomes using fluorescent in situ hybridization (FISH)</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">FISH assignment of two equine BAC clones containing SRY and ZFY.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId300" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Hirota</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Piumi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId202" w:history="1">
-[...46 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId301" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Sato</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId302" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Ishida</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId286" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérard Guérin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Genetics Selection Evolution</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Animal Genetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2001, 32, pp.326-327</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId296" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00894366v1</w:t>
+            <w:hyperlink r:id="rId299" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02678184v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId301" w:history="1">
+            <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Construction of a rabbit bacterial artificial chromosome (BAC) library: application to the mapping of the major histocompatibility complex to position 12q1.1</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Specific cytogenetic labeling of bovine spermatozoa bearing X or Y chromosomes using fluorescent in situ hybridization (FISH)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Piumi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId302" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">N. Bourgeaux</w:t>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Vaiman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J-Claude Save</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Edmond-Paul Cribiu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId305" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Guérin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId306" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Humblot</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mammalian Genome</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Genetics Selection Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2001, 33 (1), pp.89-98. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId307" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/gse:2001111⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId301" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02678621v1</w:t>
+            <w:hyperlink r:id="rId303" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00894366v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId305" w:history="1">
+            <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Horse gene mapping report. Mapping of 31 horse genes in BACs by FISH.</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Construction of a rabbit bacterial artificial chromosome (BAC) library: application to the mapping of the major histocompatibility complex to position 12q1.1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Rogel Gaillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Piumi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId307" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Gérard Guérin</w:t>
+            <w:hyperlink r:id="rId309" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Billault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId310" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Bourgeaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId311" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J-Claude Save</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chromosome Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2001, 9, pp.261-262</w:t>
+              <w:t xml:space="preserve">Mammalian Genome</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2001, 12, pp.253-255</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId305" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02675347v1</w:t>
+            <w:hyperlink r:id="rId308" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02678621v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId308" w:history="1">
+            <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Integration of porcine chromosome 13 maps</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Horse gene mapping report. Mapping of 31 horse genes in BACs by FISH.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T.L. Lear</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId313" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Brandon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Piumi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId311" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Carine Genet</w:t>
+            <w:hyperlink r:id="rId314" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R.R. Terry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId286" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérard Guérin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cytogenetics and Cell Genetics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2001, 93, pp.297-303</w:t>
+              <w:t xml:space="preserve">Chromosome Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2001, 9, pp.261-262</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId308" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02678201v1</w:t>
+            <w:hyperlink r:id="rId312" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02675347v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId312" w:history="1">
+            <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Horse v-fes feline sarcoma viral oncogene homologue; pyruvate kinase, muscle type 2; plasminogen; beta spectrin, non-erythrocytic 1; thymidylate synthetase; and microsatellite LEX078 map to 1q14-q15, 1q21, 31q12-q14, 15q22, 8q12-q14, 14q27, respectively.</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Integration of porcine chromosome 13 maps</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. van Poucke</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId316" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine M. Yerle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId317" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C.K. Tuggle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Piumi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId313" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId318" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carine Genet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chromosome Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2000, 8, pp.361</w:t>
+              <w:t xml:space="preserve">Cytogenetics and Cell Genetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2001, 93, pp.297-303</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId312" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02689210v1</w:t>
+            <w:hyperlink r:id="rId315" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02678201v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId314" w:history="1">
+            <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of time interval from insemination to first cleavage on the developmental characteristics, sex ratio and pregnancy rate after transfer of bovine embryos.</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Horse v-fes feline sarcoma viral oncogene homologue; pyruvate kinase, muscle type 2; plasminogen; beta spectrin, non-erythrocytic 1; thymidylate synthetase; and microsatellite LEX078 map to 1q14-q15, 1q21, 31q12-q14, 15q22, 8q12-q14, 14q27, respectively.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T.L. Lear</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Piumi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId317" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId320" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Terry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId286" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérard Guérin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Bailey</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Reproduction and Fertility</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Chromosome Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2000, 8, pp.361</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1530/jrf.0.1170159⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02685639v1</w:t>
+                <w:t xml:space="preserve">hal-02689210v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId320" w:history="1">
+            <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Effect of time interval from insemination to first cleavage on the developmental characteristics, sex ratio and pregnancy rate after transfer of bovine embryos.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId322" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Lonergan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId323" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Khatir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Piumi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId324" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Rieger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId325" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Humblot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Reproduction and Fertility</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1999, 117, pp.159-167. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId326" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1530/jrf.0.1170159⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId321" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02685639v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId327" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Comparative cytogenetic mapping reveals chromosome rearrangements between the X chromosomes of two closely related mammalian species (cattle and goats)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Piumi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId321" w:history="1">
+            <w:hyperlink r:id="rId328" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent L. Schibler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Vaiman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId322" w:history="1">
+            <w:hyperlink r:id="rId329" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Oustry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId323" w:history="1">
+            <w:hyperlink r:id="rId330" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E.P. Cribiu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cytogenetics and Cell Genetics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1998, 81, pp.36-41</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId320" w:history="1">
+            <w:hyperlink r:id="rId327" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02692776v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -8050,8752 +8196,8752 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId324" w:history="1">
+            <w:hyperlink r:id="rId331" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Développement et caractérisation de modèles cellulaires 2D et 3D représentatifs de l’infection du système nerveux central humain par le virus West Nile pour identifier des molécules antivirales</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentine Chaillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Noémie Berry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId325" w:history="1">
+            <w:hyperlink r:id="rId332" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Theo La Rosa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId326" w:history="1">
+            <w:hyperlink r:id="rId333" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaïzka Le Goff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Piumi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XXVIIème Journées Francophones de Virologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, SFV, Apr 2025, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId324" w:history="1">
+            <w:hyperlink r:id="rId331" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05290564v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId327" w:history="1">
+            <w:hyperlink r:id="rId334" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Advancing antiviral research for West Nile Virus using novel 2D and 3D neural cell cultures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentine Chaillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Noémie Berry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId328" w:history="1">
+            <w:hyperlink r:id="rId335" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Théo La Rosa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId326" w:history="1">
+            <w:hyperlink r:id="rId333" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaïzka Le Goff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Piumi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">38th International Conference on Antiviral Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, ISAR, Mar 2025, Las Vegas, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId327" w:history="1">
+            <w:hyperlink r:id="rId334" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05290544v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId329" w:history="1">
+            <w:hyperlink r:id="rId336" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mise en place d’une plateforme d’identification de composés antiviraux à large spectre basée sur des cultures 2D/3D du système nerveux central</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Piumi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Noémie Berry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentine Chaillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId328" w:history="1">
+            <w:hyperlink r:id="rId335" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Théo La Rosa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kamila Gorna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La Lutte antivirale Petites molécules et Grands effets</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université de Nantes, May 2025, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId329" w:history="1">
+            <w:hyperlink r:id="rId336" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05290808v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId330" w:history="1">
+            <w:hyperlink r:id="rId337" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Développement de modèles cellulaires 2D et 3D représentatifs de l’infection du système nerveux central humain par le virus West Nile</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentine Chaillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Noémie Berry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId328" w:history="1">
+            <w:hyperlink r:id="rId335" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Théo La Rosa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId326" w:history="1">
+            <w:hyperlink r:id="rId333" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaïzka Le Goff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Piumi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée de la recherche EnvA</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2024, Maisons Alfort, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId330" w:history="1">
+            <w:hyperlink r:id="rId337" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04803479v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId331" w:history="1">
+            <w:hyperlink r:id="rId338" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tick-borne encephalitis virus-infected human neuronal/glial cells identify antiviral drugs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Noémie Berry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëlle Gonzalez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId332" w:history="1">
+            <w:hyperlink r:id="rId339" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Huard de Verneuil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentine Chaillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mazigh Fares</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Réunion Interdisciplinaire de chimiothérapie anti-infectieuse (RICAI)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2024, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId331" w:history="1">
+            <w:hyperlink r:id="rId338" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05290781v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId333" w:history="1">
+            <w:hyperlink r:id="rId340" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Development of 2D and 3D cellular models representative of West Nile virus infection of the human central nervous system</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentine Chaillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Noémie Berry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId328" w:history="1">
+            <w:hyperlink r:id="rId335" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Théo La Rosa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId326" w:history="1">
+            <w:hyperlink r:id="rId333" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaïzka Le Goff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Piumi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée de l'Ecole Doctorale Innovation Thérapeutique : du Fondamental à l'Appliqué</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2024, Orsay, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId333" w:history="1">
+            <w:hyperlink r:id="rId340" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04803473v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId334" w:history="1">
+            <w:hyperlink r:id="rId341" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Development of 2D and 3D cellular models representative of West Nile virus infection in the human central nervous system</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentine Chaillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Noémie Berry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId328" w:history="1">
+            <w:hyperlink r:id="rId335" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Théo La Rosa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId326" w:history="1">
+            <w:hyperlink r:id="rId333" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaïzka Le Goff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Piumi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées d'Animation Scientifique du département de Santé Animale INRAE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2024, Seignosse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId334" w:history="1">
+            <w:hyperlink r:id="rId341" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04803491v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId335" w:history="1">
+            <w:hyperlink r:id="rId342" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cartographie comparative des interactions protéines-protéines entre deux flavivirus transmis par les tiques et leurs hôtes mammifères.</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Yves Unterfinger</w:t>
+                <w:t xml:space="preserve">Tick-Borne Encephalitis Virus-infected human neuronal/glial cells identify antiviral drugs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Noémie Berry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaëlle Gonzalez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId339" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gregory Caignard</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Kamilla Gorna</w:t>
+                <w:t xml:space="preserve">Anne Huard de Verneuil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentine Chaillot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mazigh Fares</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JAS 2022</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Département Santé Animal Inrae, Oct 2023, Anglet, France</w:t>
+              <w:t xml:space="preserve">10th European Meeting of Viral Zoonoses</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2023, Saint-Raphaël, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId335" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04182705v1</w:t>
+            <w:hyperlink r:id="rId342" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04509311v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId341" w:history="1">
+            <w:hyperlink r:id="rId343" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tick-Borne Encephalitis Virus-infected human neuronal/glial cells identify antiviral drugs</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Mazigh Fares</w:t>
+                <w:t xml:space="preserve">Cartographie comparative des interactions protéines-protéines entre deux flavivirus transmis par les tiques et leurs hôtes mammifères.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId344" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Sourisseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId345" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manon Lemasson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId346" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Unterfinger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId347" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gregory Caignard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId348" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kamilla Gorna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10th European Meeting of Viral Zoonoses</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2023, Saint-Raphaël, France</w:t>
+              <w:t xml:space="preserve">JAS 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Département Santé Animal Inrae, Oct 2023, Anglet, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId341" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04509311v1</w:t>
+            <w:hyperlink r:id="rId343" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04182705v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId342" w:history="1">
+            <w:hyperlink r:id="rId349" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tick-Borne Encephalitis Virus-infected human neuronal/glial cells identify antiviral drugs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Noémie Berry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëlle Gonzalez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId332" w:history="1">
+            <w:hyperlink r:id="rId339" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Huard de Verneuil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentine Chaillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marielle Cochet-Bernoin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">36th International Conference on Antiviral Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, International Society for Antiviral Research (ISAR), Mar 2023, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId342" w:history="1">
+            <w:hyperlink r:id="rId349" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04481101v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId343" w:history="1">
+            <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparative mapping of protein-protein interactions between tick-borne flaviviruses and their mammalian hosts reveals virus- and mammalian host-specific interactions</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Yves Unterfinger</w:t>
+                <w:t xml:space="preserve">Tick-Borne Encephalitis Virus-infected human neuronal/glial cells identify antiviral drugs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Noémie Berry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaëlle Gonzalez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId339" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gregory Caignard</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">François Piumi</w:t>
+                <w:t xml:space="preserve">Anne Huard de Verneuil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentine Chaillot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marielle Cochet-Bernoin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10th European Meeting on Viral Zoonoses</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2023, Saint-Raphael, France</w:t>
+              <w:t xml:space="preserve">XXVèmes Journées Francophones de Virologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société Française de Virologie, Apr 2023, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId343" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04181142v1</w:t>
+            <w:hyperlink r:id="rId350" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04481153v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId344" w:history="1">
+            <w:hyperlink r:id="rId351" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tick-Borne Encephalitis Virus-infected human neuronal/glial cells identify antiviral drugs</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Marielle Cochet-Bernoin</w:t>
+                <w:t xml:space="preserve">Comparative mapping of protein-protein interactions between tick-borne flaviviruses and their mammalian hosts reveals virus- and mammalian host-specific interactions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId344" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Sourisseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId345" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manon Lemasson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId346" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Unterfinger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId347" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gregory Caignard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Piumi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XXVèmes Journées Francophones de Virologie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Société Française de Virologie, Apr 2023, Paris, France</w:t>
+              <w:t xml:space="preserve">10th European Meeting on Viral Zoonoses</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2023, Saint-Raphael, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId344" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04481153v1</w:t>
+            <w:hyperlink r:id="rId351" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04181142v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId345" w:history="1">
+            <w:hyperlink r:id="rId352" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tick-Borne Encephalitis Virus-infected human neuronal/glial cells identify antiviral drugs</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Marielle Cochet-Bernoin</w:t>
+                <w:t xml:space="preserve">Comparative mapping of protein-protein interactions between tick-borne flaviviruses and their mammalian hosts reveals virus and mammalian host-specific interactions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId353" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M Sourisseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId354" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M Lemasson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId355" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y Unterfinger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId356" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G Caignard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Piumi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Scientifiques et Doctorales de l'ANSES (JSDA)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, ANSES, Oct 2022, Maisons-Alfort, France</w:t>
+              <w:t xml:space="preserve">TTP10</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2022, Murighiol, Romania</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId345" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04481141v1</w:t>
+            <w:hyperlink r:id="rId352" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">anses-03943154v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId346" w:history="1">
+            <w:hyperlink r:id="rId357" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparative mapping of protein-protein interactions between tick-borne flaviviruses and their mammalian hosts reveals virus and mammalian host-specific interactions</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">François Piumi</w:t>
+                <w:t xml:space="preserve">Tick-Borne Encephalitis Virus-infected human neuronal/glial cells identify antiviral drugs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Noémie Berry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaëlle Gonzalez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId339" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Huard de Verneuil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentine Chaillot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marielle Cochet-Bernoin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">TTP10</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2022, Murighiol, Romania</w:t>
+              <w:t xml:space="preserve">Journées Scientifiques et Doctorales de l'ANSES (JSDA)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ANSES, Oct 2022, Maisons-Alfort, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId346" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">anses-03943154v1</w:t>
+            <w:hyperlink r:id="rId357" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04481141v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId351" w:history="1">
+            <w:hyperlink r:id="rId358" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Two- and three-dimensional in vitro models for investigating TBEV-induced neuropathogenesis and discovering therapeutic drugs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Noémie Berry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mazigh Fares</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëlle Gonzalez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId332" w:history="1">
+            <w:hyperlink r:id="rId339" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Huard de Verneuil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId352" w:history="1">
+            <w:hyperlink r:id="rId359" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Noemie Aurine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées "Tiques et Maladies à Tiques"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Groupe "Tiques et Maladies à Tiques" (TMT), Mar 2022, Nancy, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId351" w:history="1">
+            <w:hyperlink r:id="rId358" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04481097v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId353" w:history="1">
+            <w:hyperlink r:id="rId360" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tick-Borne Encephalitis Virus-infected human neuronal/glial cells identify antiviral drugs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Noémie Berry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëlle Gonzalez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId332" w:history="1">
+            <w:hyperlink r:id="rId339" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Huard de Verneuil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentine Chaillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marielle Cochet-Bernoin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées d’Animation Scientifiques du Département de Santé Animale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, INRAE (Département de Santé Animale), Oct 2022, Aglet, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId353" w:history="1">
+            <w:hyperlink r:id="rId360" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04481147v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId354" w:history="1">
+            <w:hyperlink r:id="rId361" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cartographie comparative des interactions protéines-protéines entre deux flavivirus transmis par les tiques et leurs hôtes mammifères.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId336" w:history="1">
+            <w:hyperlink r:id="rId344" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Sourisseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId337" w:history="1">
+            <w:hyperlink r:id="rId345" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manon Lemasson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId338" w:history="1">
+            <w:hyperlink r:id="rId346" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Unterfinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId339" w:history="1">
+            <w:hyperlink r:id="rId347" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gregory Caignard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kamila Gorna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XXIVèmes Journées Francophones de Virologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2022, Strasbourg, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId354" w:history="1">
+            <w:hyperlink r:id="rId361" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04181138v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId355" w:history="1">
+            <w:hyperlink r:id="rId362" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Identification of antiviral molecules against West-Nile virus by an approach combining cell imaging and equine neural cells derived from induced-pluripotent stem cells.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marielle Cochet-Bernoin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Piumi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kamila Gorna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId356" w:history="1">
+            <w:hyperlink r:id="rId363" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaelle Gonzalez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId357" w:history="1">
+            <w:hyperlink r:id="rId364" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Danckaert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Equine Infectious Diseases Conference 2021 - IEIDC XI</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2021, DEAUVILLE, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId355" w:history="1">
+            <w:hyperlink r:id="rId362" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03355807v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId358" w:history="1">
+            <w:hyperlink r:id="rId365" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comparative mapping of protein-protein interactions between tick-borne flaviviruses and their mammalian hosts reveals potential virus- and mammalian host-specific interactions.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId336" w:history="1">
+            <w:hyperlink r:id="rId344" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Sourisseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId337" w:history="1">
+            <w:hyperlink r:id="rId345" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manon Lemasson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId338" w:history="1">
+            <w:hyperlink r:id="rId346" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Unterfinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégory Caignard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Piumi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Réunion annuelle du réseau tiques et maladie à tique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, virtual, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId358" w:history="1">
+            <w:hyperlink r:id="rId365" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03366330v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId359" w:history="1">
+            <w:hyperlink r:id="rId366" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comparative mapping of protein-protein interactions between tick-borne flaviviruses and their mammalian hosts reveals virus-specific interactions.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId336" w:history="1">
+            <w:hyperlink r:id="rId344" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Sourisseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId337" w:history="1">
+            <w:hyperlink r:id="rId345" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manon Lemasson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId338" w:history="1">
+            <w:hyperlink r:id="rId346" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Unterfinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégory Caignard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Piumi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">14th International Symposium on Ticks and Tick-borne Diseases</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, Virtual, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId359" w:history="1">
+            <w:hyperlink r:id="rId366" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03366304v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId360" w:history="1">
+            <w:hyperlink r:id="rId367" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Placental function at term is altered in broodmares fed with cereals from mid gestation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morgane Robles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline P. Peugnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId361" w:history="1">
+            <w:hyperlink r:id="rId368" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Dubois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Piumi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Jouneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IETS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, International Embryo Transfer Society (IETS). USA., Jan 2018, Bangkok, Thailand. pp.250, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId362" w:history="1">
+            <w:hyperlink r:id="rId369" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1071/RDv30n1Ab65⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId360" w:history="1">
+            <w:hyperlink r:id="rId367" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02734074v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId363" w:history="1">
+            <w:hyperlink r:id="rId370" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Contribution of sperm methylome to bull fertility and interactions with DNA polymorphism</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId364" w:history="1">
+            <w:hyperlink r:id="rId371" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Kiefer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Perrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eli Sellem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Prézelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Piumi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2018 ASAS-CSAS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, American Society of Animal Science (ASAS). USA., Jul 2018, Vancouver, Canada. pp.522, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId365" w:history="1">
+            <w:hyperlink r:id="rId372" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1093/jas/sky404.815⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId363" w:history="1">
+            <w:hyperlink r:id="rId370" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02733892v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId366" w:history="1">
+            <w:hyperlink r:id="rId373" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le &amp;quot;patrimoine épigénétique&amp;quot; des spermatozoïdes bovins : variations physiologiques et pathologiques du méthylome spermatique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Perrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eli Sellem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Prézelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Gasselin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Jouneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">4. Journée de Séminaires du Département Phase sur l'Epigénétique EpiPhase</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2018, Nouzilly, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId366" w:history="1">
+            <w:hyperlink r:id="rId373" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02734129v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId367" w:history="1">
+            <w:hyperlink r:id="rId374" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A descriptive analysis of bull sperm methylome using reduced representation bisulphite sequencing (RRBS).</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Perrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Prézelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Gasselin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maxime Gasselin</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Luc Jouneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Piumi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Bull Fertility Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, British Society of Animal Science (BSAS). GBR., May 2018, Westport, Ireland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId367" w:history="1">
+            <w:hyperlink r:id="rId374" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02736565v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId368" w:history="1">
+            <w:hyperlink r:id="rId375" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Big data pour les données épigénétiques: illustration par des données pan-génomiques de méthylation de l’ADN</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Perrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Jouneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Piumi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eli Sellem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Gasselin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque Adebiotech, EPIGEN, L'épigénétique dans la réponse du vivant aux facteurs environnementaux</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Adebiotech. FRA., Mar 2018, Romainville, France. pp.48</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId368" w:history="1">
+            <w:hyperlink r:id="rId375" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02737135v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId369" w:history="1">
+            <w:hyperlink r:id="rId376" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">RRBS-toolkit</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Glyoxal Oxidases from Pycnoporus Cinnabarinus for Green Chemistry Applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId377" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mariane Daou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId378" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Saowanee Wikee</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Piumi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Hala Al Adhami</w:t>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Cullen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId379" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Bertrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">3. Journée de Séminaires du Département Phase sur l'Epigénétique EpiPhase</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2017, Jouy-en-Josas, France. 1 p</w:t>
+              <w:t xml:space="preserve">International Symposium on Green Chemistry (2017)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Centre National de la Recherche Scientifique (CNRS). FRA., May 2017, La Rochelle, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId369" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01604387v1</w:t>
+            <w:hyperlink r:id="rId376" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01529455v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId371" w:history="1">
+            <w:hyperlink r:id="rId380" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Glyoxal Oxidases from Pycnoporus Cinnabarinus for Green Chemistry Applications</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">RRBS-toolkit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Piumi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Emmanuel Bertrand</w:t>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Jouneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Gasselin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Perrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId381" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hala Al Adhami</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Symposium on Green Chemistry (2017)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Centre National de la Recherche Scientifique (CNRS). FRA., May 2017, La Rochelle, France</w:t>
+              <w:t xml:space="preserve">3. Journée de Séminaires du Département Phase sur l'Epigénétique EpiPhase</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2017, Jouy-en-Josas, France. 1 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId371" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01529455v1</w:t>
+            <w:hyperlink r:id="rId380" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01604387v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId375" w:history="1">
+            <w:hyperlink r:id="rId382" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Signatures épigénétiques associées à l’état physiologique, nutritionnel et pathologique chez la vache laitière en postpartum</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Gasselin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId376" w:history="1">
+            <w:hyperlink r:id="rId383" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Boutinaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId377" w:history="1">
+            <w:hyperlink r:id="rId384" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Notebaert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Perrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Piumi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">3. Journée de Séminaires du Département Phase sur l'Epigénétique EpiPhase</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2017, Jouy-en-Josas, France. 1 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId375" w:history="1">
+            <w:hyperlink r:id="rId382" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01605492v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId378" w:history="1">
+            <w:hyperlink r:id="rId385" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Une analyse multi-échelle révèle l’hypométhylation massive, tissu-spécifique et espèce-spécifique de l’ADN spermatique bovin</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId64" w:history="1">
+                <w:t xml:space="preserve">Identification de nouveaux biomarqueurs de la fertilité mâle dans le méthylome de la semence bovine: une analyse par RRBS</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Perrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eli Sellem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Audrey Prézelin</w:t>
+            <w:hyperlink r:id="rId386" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chaneze Mehalla</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maxime Gasselin</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Luc Jouneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Piumi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">3. Journée de Séminaires du Département Phase sur l'Epigénétique EpiPhase</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2017, Jouy-en-Josas, France. 1 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId378" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01605215v1</w:t>
+            <w:hyperlink r:id="rId385" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01605221v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId379" w:history="1">
+            <w:hyperlink r:id="rId387" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identification de nouveaux biomarqueurs de la fertilité mâle dans le méthylome de la semence bovine: une analyse par RRBS</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId64" w:history="1">
+                <w:t xml:space="preserve">Une analyse multi-échelle révèle l’hypométhylation massive, tissu-spécifique et espèce-spécifique de l’ADN spermatique bovin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Perrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eli Sellem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId380" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Prézelin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Gasselin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Jouneau</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">François Piumi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">3. Journée de Séminaires du Département Phase sur l'Epigénétique EpiPhase</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2017, Jouy-en-Josas, France. 1 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId379" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01605221v1</w:t>
+            <w:hyperlink r:id="rId387" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01605215v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId381" w:history="1">
+            <w:hyperlink r:id="rId388" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization of 2 novel H2O2 producing glyoxal oxidases from Pycnoporus cinnabarinus implicated in the breakdown of lignocelluloses</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">A new bioinformatics pipeline for livestock RRBS analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Piumi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId382" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Eric Record</w:t>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Jouneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Gasselin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Perrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId381" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hala Al Adhami</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Exploring lignocellulosic biomass!</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2016, Reims, France</w:t>
+              <w:t xml:space="preserve">Livestock Genomics Meeting 2016</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, European Molecular Biology Laboratory, European Bioinformatics Institute (EMBL-EBI). GBR., Sep 2016, Cambridge, United Kingdom. 1 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId381" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02741522v1</w:t>
+            <w:hyperlink r:id="rId388" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01603594v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId383" w:history="1">
+            <w:hyperlink r:id="rId389" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A new bioinformatics pipeline for livestock RRBS analysis</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Bull spermatozoa methylation landscape displays breed-specific features revealed by RRBS analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Perrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Piumi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Jouneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Gasselin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Hala Al Adhami</w:t>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eli Sellem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Livestock Genomics Meeting 2016</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, European Molecular Biology Laboratory, European Bioinformatics Institute (EMBL-EBI). GBR., Sep 2016, Cambridge, United Kingdom. 1 p</w:t>
+              <w:t xml:space="preserve">, European Molecular Biology Laboratory, European Bioinformatics Institute (EMBL-EBI). GBR., Sep 2016, Cambridge, United Kingdom. 45 Diapositives</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId383" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01603594v1</w:t>
+            <w:hyperlink r:id="rId389" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02797604v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId384" w:history="1">
+            <w:hyperlink r:id="rId390" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bull spermatozoa methylation landscape displays breed-specific features revealed by RRBS analysis</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Characterization of 2 novel H2O2 producing glyoxal oxidases from Pycnoporus cinnabarinus implicated in the breakdown of lignocelluloses</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId377" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mariane Daou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId379" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Bertrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Piumi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Eli Sellem</w:t>
+            <w:hyperlink r:id="rId391" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dan Cullen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Record</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Livestock Genomics Meeting 2016</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, European Molecular Biology Laboratory, European Bioinformatics Institute (EMBL-EBI). GBR., Sep 2016, Cambridge, United Kingdom. 45 Diapositives</w:t>
+              <w:t xml:space="preserve">Exploring lignocellulosic biomass!</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2016, Reims, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId384" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02797604v1</w:t>
+            <w:hyperlink r:id="rId390" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02741522v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId385" w:history="1">
+            <w:hyperlink r:id="rId392" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Epigenetics of bovine semen: tools to analyse DNA methylation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Perrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eli Sellem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Prézelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Gasselin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Jouneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">66. Annual Meeting of the European Federation of Animal Science (EAAP)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, European Association for Animal Production (EAAP). ITA., Aug 2015, Varsovie, Poland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId385" w:history="1">
+            <w:hyperlink r:id="rId392" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02741190v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId386" w:history="1">
+            <w:hyperlink r:id="rId393" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Expression of odorant-binding protein 1F in rat olfactory mucosa is regulated by nutritional status</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Badonnel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Baptiste Denis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Piumi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId387" w:history="1">
+            <w:hyperlink r:id="rId394" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M.C. Potier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monique Caillol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Aromagri 2007</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2007, Jouy-en-Josas, France. 1 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId386" w:history="1">
+            <w:hyperlink r:id="rId393" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02814260v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId388" w:history="1">
+            <w:hyperlink r:id="rId395" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hepatic gene expression profiling in juvenile rainbow trout (Oncorhynchus mykiss) after dietary fish meal or dietary fish oil replacement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Panserat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId389" w:history="1">
+            <w:hyperlink r:id="rId396" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Ines Kolditz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisabeth Plagnes Juan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Piumi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Aquaculture Europe 2007</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2007, Istanbul, Turkey</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId388" w:history="1">
+            <w:hyperlink r:id="rId395" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02755369v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId390" w:history="1">
+            <w:hyperlink r:id="rId397" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effet du remplacement de la farine ou de l'huile de poisson par des produits végétaux sur le transcriptome hépatique de la truite arc-en-ciel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Panserat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId389" w:history="1">
+            <w:hyperlink r:id="rId396" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Ines Kolditz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisabeth Plagnes Juan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Piumi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">1. Journées de la Recherche Filière piscicole</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2007, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId390" w:history="1">
+            <w:hyperlink r:id="rId397" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02753370v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId391" w:history="1">
+            <w:hyperlink r:id="rId398" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Expression of OBP-1F in rat olfactory mucosa is regulated by the nutritional state</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Badonnel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Baptiste Denis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Piumi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId392" w:history="1">
+            <w:hyperlink r:id="rId399" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Claude Potier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monique Caillol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">17. Annual Meeting of the European Chemoreception Research Organization (ECRO)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2006, Grenade, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId391" w:history="1">
+            <w:hyperlink r:id="rId398" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02754668v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId393" w:history="1">
+            <w:hyperlink r:id="rId400" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Une puce à ADN ciblée sur la région du Complexe Majeur d’Histocompatibilité chez le porc : construction et premières exploitations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId394" w:history="1">
+            <w:hyperlink r:id="rId401" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Flori</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId395" w:history="1">
+            <w:hyperlink r:id="rId402" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Renard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId396" w:history="1">
+            <w:hyperlink r:id="rId403" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Celine C. Urien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId397" w:history="1">
+            <w:hyperlink r:id="rId404" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xiao-Xiang Hu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId398" w:history="1">
+            <w:hyperlink r:id="rId405" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bao-Liang Fan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">38. Journées de la Recherche Porcine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2006, Paris, France. n.p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId393" w:history="1">
+            <w:hyperlink r:id="rId400" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02821645v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId399" w:history="1">
+            <w:hyperlink r:id="rId406" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Une puce à ADN ciblée sur la région du complexe majeur d'histocompatibilité chez le porc : construction et premières exploitations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId394" w:history="1">
+            <w:hyperlink r:id="rId401" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Flori</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId395" w:history="1">
+            <w:hyperlink r:id="rId402" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Renard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId400" w:history="1">
+            <w:hyperlink r:id="rId407" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Urien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId401" w:history="1">
+            <w:hyperlink r:id="rId408" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">X.X. Hu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId402" w:history="1">
+            <w:hyperlink r:id="rId409" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B.L. Fan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">38èmes Journées de la Recherche Porcine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId399" w:history="1">
+            <w:hyperlink r:id="rId406" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02756348v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId403" w:history="1">
+            <w:hyperlink r:id="rId410" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'expression de l'OBP-1F dans la muqueuse olfactive de rat est régulée par l'état nutritionnel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Badonnel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Baptiste Denis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Piumi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId387" w:history="1">
+            <w:hyperlink r:id="rId394" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M.C. Potier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monique Caillol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque DOC'J 2006</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2006, Jouy-en-Josas, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId403" w:history="1">
+            <w:hyperlink r:id="rId410" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02757143v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId404" w:history="1">
+            <w:hyperlink r:id="rId411" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Supplementation of dietary fish oil modifies expression of genes involved in hepatic lipid metabolism, as revealed by microarray analysis in rainbow trout (Oncorhynchus mykiss)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P.P. Srivastava</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Ducasse-Cabanot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisabeth Plagnes Juan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Piumi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId405" w:history="1">
+            <w:hyperlink r:id="rId412" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diane D. Esquerre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">12. International Symposium Fish Nutrition and Feeding</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2006, Biarritz, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId404" w:history="1">
+            <w:hyperlink r:id="rId411" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02755213v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId406" w:history="1">
+            <w:hyperlink r:id="rId413" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Une collection d'ADNc pour l'étude du profil d'expression de gènes des tissus bovins impliqués dans les caractéristiques de reproduction et de production (lait et viande)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId407" w:history="1">
+            <w:hyperlink r:id="rId414" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carine Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Severine S. Degrelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId408" w:history="1">
+            <w:hyperlink r:id="rId415" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Severine Ollier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evelyne E. Campion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Cassar-Malek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">1. Journées d’Animation Scientifique du Département de Physiologie Animale et Systèmes d'Elevage</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2005, Tours, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId406" w:history="1">
+            <w:hyperlink r:id="rId413" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02764511v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId409" w:history="1">
+            <w:hyperlink r:id="rId416" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">CRB GADIE: a national center for genomical resources in livestock</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId410" w:history="1">
+            <w:hyperlink r:id="rId417" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Hugot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Piumi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId411" w:history="1">
+            <w:hyperlink r:id="rId418" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annie Chastellier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId412" w:history="1">
+            <w:hyperlink r:id="rId419" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Ducroix-Crepy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId413" w:history="1">
+            <w:hyperlink r:id="rId420" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jerôme J. Lecardonnel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Plant &amp; Animal Genomes XIII Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2005, San Diego - California, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId409" w:history="1">
+            <w:hyperlink r:id="rId416" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02759780v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId414" w:history="1">
+            <w:hyperlink r:id="rId421" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A cDNA macro-array resource for gene expression profiling in bovine tissues involved in reproduction and production (milk and beef) traits</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId415" w:history="1">
+            <w:hyperlink r:id="rId422" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId416" w:history="1">
+            <w:hyperlink r:id="rId423" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine Degrelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId417" w:history="1">
+            <w:hyperlink r:id="rId424" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Ollier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId418" w:history="1">
+            <w:hyperlink r:id="rId425" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evelyne Campion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Cassar-Malek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">5. Polish-French symposium "Animal Growth and Development: regulatory mechanisms"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2004, Paris, France. n.p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId414" w:history="1">
+            <w:hyperlink r:id="rId421" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02833642v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId419" w:history="1">
+            <w:hyperlink r:id="rId426" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The INRA AGENAE program and the Agenae trout EST collections: first results applied to fish physiology research</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Christelle Dantec</w:t>
+                <w:t xml:space="preserve">Construction and validation of the expression array in MHC region in pig</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId427" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Xiaoxiang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId402" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Renard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Rogel Gaillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Piumi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId428" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Ning</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Experimental Biology Annual Main Meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2004, Edinburgh, United Kingdom</w:t>
+              <w:t xml:space="preserve">29. International Conference on International Society of Animal Genetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2004, Tokyo, Japan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId419" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02761230v1</w:t>
+            <w:hyperlink r:id="rId426" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02825356v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId425" w:history="1">
+            <w:hyperlink r:id="rId429" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Construction and validation of the expression array in MHC region in pig</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">L. Ning</w:t>
+                <w:t xml:space="preserve">The INRA AGENAE program and the Agenae trout EST collections: first results applied to fish physiology research</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId430" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Aegerter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId431" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Baron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId432" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Carpentier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId433" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Chauvigné</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId434" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Dantec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">29. International Conference on International Society of Animal Genetics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2004, Tokyo, Japan</w:t>
+              <w:t xml:space="preserve">Experimental Biology Annual Main Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2004, Edinburgh, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId425" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02825356v1</w:t>
+            <w:hyperlink r:id="rId429" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02761230v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId428" w:history="1">
+            <w:hyperlink r:id="rId435" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Premiers résultats du programme agenae concernant la génomique fonctionnelle de la poule</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Expression profiles and localization of genes involved in ovarian differentiation in sheep</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Béatrice Mandon-Pepin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Oustry-Vaiman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Piumi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId330" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E.P. Cribiu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId436" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Cotinot</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">5. Journées de la Recherche Avicole</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2003, Tours, France</w:t>
+              <w:t xml:space="preserve">International Workshop on Major Genes and QTL in Sheep and Goat</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2003, Toulouse, France. pp.Communication n° 2-09</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId428" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02759132v1</w:t>
+            <w:hyperlink r:id="rId435" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02762490v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId433" w:history="1">
+            <w:hyperlink r:id="rId437" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les dispositifs d'appui : Centre de ressources et plate-formes</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">The first generation whole genome radiation hybrid map of the equine genome.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Raudsepp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S.R. Kata</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Goh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L.V. Millon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Piumi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque Génomique des animaux d'élevage</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2003, Seignosse-le-Peignon, France</w:t>
+              <w:t xml:space="preserve">Plant &amp; Animal Genomes XI Conference, San Diego</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, California</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId433" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02760029v1</w:t>
+            <w:hyperlink r:id="rId437" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02758911v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId434" w:history="1">
+            <w:hyperlink r:id="rId438" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The first generation whole genome radiation hybrid map of the equine genome.</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Utilisation de la génomique pour l'étude de la phase d'élongation de l'embryon bovin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Severine S. Degrelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId439" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Hue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId440" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Piot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Piumi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId441" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plant &amp; Animal Genomes XI Conference, San Diego</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2003, California</w:t>
+              <w:t xml:space="preserve">10. Rencontres autour des Recherches sur les Ruminants</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2003, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId434" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02758911v1</w:t>
+            <w:hyperlink r:id="rId438" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02760838v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId435" w:history="1">
+            <w:hyperlink r:id="rId442" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Expression profiles and localization of genes involved in ovarian differentiation in sheep</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Premiers résultats du programme agenae concernant la génomique fonctionnelle de la poule</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId443" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Herault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId444" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Metzinger-Le Meuth</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId445" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Colette Désert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId446" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Retout</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Piumi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Workshop on Major Genes and QTL in Sheep and Goat</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2003, Toulouse, France. pp.Communication n° 2-09</w:t>
+              <w:t xml:space="preserve">5. Journées de la Recherche Avicole</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2003, Tours, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId435" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02762490v1</w:t>
+            <w:hyperlink r:id="rId442" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02759132v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId437" w:history="1">
+            <w:hyperlink r:id="rId447" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Utilisation de la génomique pour l'étude de la phase d'élongation de l'embryon bovin</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Les dispositifs d'appui : Centre de ressources et plate-formes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Chardon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Piumi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId440" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Rogel Gaillard</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10. Rencontres autour des Recherches sur les Ruminants</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2003, Paris, France</w:t>
+              <w:t xml:space="preserve">Colloque Génomique des animaux d'élevage</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2003, Seignosse-le-Peignon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId437" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02760838v1</w:t>
+            <w:hyperlink r:id="rId447" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02760029v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId441" w:history="1">
+            <w:hyperlink r:id="rId448" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genetic profiling of normal and pathological placenta by combination of suppressive substractive hybridization (SSH) and macro-arrays analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId442" w:history="1">
+            <w:hyperlink r:id="rId449" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Mondon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId443" w:history="1">
+            <w:hyperlink r:id="rId450" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Garces-Duran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId444" w:history="1">
+            <w:hyperlink r:id="rId451" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T.M. Mignot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId445" w:history="1">
+            <w:hyperlink r:id="rId452" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Carbonne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId446" w:history="1">
+            <w:hyperlink r:id="rId453" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Robert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XX Congrès européen sur le placenta (EPG)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2003, Mayence, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId441" w:history="1">
+            <w:hyperlink r:id="rId448" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02829651v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId447" w:history="1">
+            <w:hyperlink r:id="rId454" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ROGER : Un Répertoire Ordonné de Gènes pour l'analyse de l'Expression génique chez les Ruminants. Application à l'identification de marqueurs de la différenciation dans le muscle, le tissu adipeux, l'embryon et la glande mammaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId448" w:history="1">
+            <w:hyperlink r:id="rId455" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId449" w:history="1">
+            <w:hyperlink r:id="rId456" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Hocquette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId438" w:history="1">
+            <w:hyperlink r:id="rId439" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Hue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId450" w:history="1">
+            <w:hyperlink r:id="rId457" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Leroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId451" w:history="1">
+            <w:hyperlink r:id="rId458" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Pollet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">10. Rencontres autour des Recherches sur les Ruminants</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2003, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId447" w:history="1">
+            <w:hyperlink r:id="rId454" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02763483v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId452" w:history="1">
+            <w:hyperlink r:id="rId459" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analyse du transcriptome de poule (Gallus) ; profil d'expression des ARNm de différents tissus et analyse du métabolisme des lipides.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId453" w:history="1">
+            <w:hyperlink r:id="rId460" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Assaf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId454" w:history="1">
+            <w:hyperlink r:id="rId461" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle E. Bourneuf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId455" w:history="1">
+            <w:hyperlink r:id="rId462" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Cabello</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Chardon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId456" w:history="1">
+            <w:hyperlink r:id="rId463" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Dehais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque Génomique des animaux d'élevage, Seignosse-le-Penon</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2003, Seignosse-le-Peignon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId452" w:history="1">
+            <w:hyperlink r:id="rId459" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02759039v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId457" w:history="1">
+            <w:hyperlink r:id="rId464" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Addition of FISH mapped markers to the horse gene map and comparative mapping of a chromosome number polymorphism in the Equidae.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId258" w:history="1">
+            <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T.L. Lear</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId458" w:history="1">
+            <w:hyperlink r:id="rId465" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.L. Myka</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Piumi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId459" w:history="1">
+            <w:hyperlink r:id="rId466" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D.F. Antczak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId259" w:history="1">
+            <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Bailey</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">North American Colloqium on Animal Cytogenetics and Gene Mapping, Louisville Zoo</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2003, Louisville, pp.Inconnu</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId457" w:history="1">
+            <w:hyperlink r:id="rId464" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02829791v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId460" w:history="1">
+            <w:hyperlink r:id="rId467" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mapping of 10 genes to porcine chromosome 13 and refining the regions of conserved syntheny with human chromosome 3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. van Poucke</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manon Yerle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Piumi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K. Jacobs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId311" w:history="1">
+            <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carine Genet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">28th International Conference on Animal Genetics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2002, Göttingen</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId460" w:history="1">
+            <w:hyperlink r:id="rId467" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02763039v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId461" w:history="1">
+            <w:hyperlink r:id="rId468" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Construction of a physical map along the porcine chromosome 7q</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId462" w:history="1">
+            <w:hyperlink r:id="rId469" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Barbosa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId395" w:history="1">
+            <w:hyperlink r:id="rId402" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Renard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId396" w:history="1">
+            <w:hyperlink r:id="rId403" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Celine C. Urien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId303" w:history="1">
+            <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Bourgeaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId304" w:history="1">
+            <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J-Claude Save</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">28. International Conference on Animal Genetics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2002, Göttingen, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId461" w:history="1">
+            <w:hyperlink r:id="rId468" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02760962v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId463" w:history="1">
+            <w:hyperlink r:id="rId470" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Construction of a three genome equivalent rabbit BAC library: an efficient tool for genome mapping studies.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId263" w:history="1">
+            <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Rogel Gaillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Piumi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId286" w:history="1">
+            <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Billault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Hayes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId303" w:history="1">
+            <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Bourgeaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Workshop on Gene Mapping and Genetic Polymorphism in the Rabbit</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2000, Utrecht, pp.Inconnu</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId463" w:history="1">
+            <w:hyperlink r:id="rId470" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02830472v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId464" w:history="1">
+            <w:hyperlink r:id="rId471" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The European rabbit SRY gene. A useful marker for Phylogeography ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId465" w:history="1">
+            <w:hyperlink r:id="rId472" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Geraldes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId263" w:history="1">
+            <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Rogel Gaillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Piumi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId303" w:history="1">
+            <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Bourgeaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId466" w:history="1">
+            <w:hyperlink r:id="rId473" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N; Ferrand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Phylogeography in Southern European Refugia : Evolutionary perspectives on the origins and conservation of European biodiversity</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2001, Vairão, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId464" w:history="1">
+            <w:hyperlink r:id="rId471" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02762584v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId467" w:history="1">
+            <w:hyperlink r:id="rId474" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Characterization of the equine AEG1 gene and its role in stallion fertility.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId250" w:history="1">
+            <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Giese</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId251" w:history="1">
+            <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Jude</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId252" w:history="1">
+            <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Harm Albert Kuiper</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Piumi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId273" w:history="1">
+            <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Schambony</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">28th International Conference on Animal Genetics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2002, Göttingen</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId467" w:history="1">
+            <w:hyperlink r:id="rId474" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02762383v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId468" w:history="1">
+            <w:hyperlink r:id="rId475" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Characterization of the porcine peroxisome proliferative activated receptor gamma coactivator 1 (PPARGC1).</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K. Jacobs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId469" w:history="1">
+            <w:hyperlink r:id="rId476" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Rohrer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. van Poucke</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Piumi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manon Yerle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">28th International Conference on Animal Genetics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2002, Göttingen</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId468" w:history="1">
+            <w:hyperlink r:id="rId475" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02763510v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId470" w:history="1">
+            <w:hyperlink r:id="rId477" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Phylogeography of the rabbit (Oryctolagus cuniculus) Y chromosome in Sourthern Europe: evidence for two highly divergent lineages</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId471" w:history="1">
+            <w:hyperlink r:id="rId478" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Armando Geraldes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId263" w:history="1">
+            <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Rogel Gaillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Piumi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId303" w:history="1">
+            <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Bourgeaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId472" w:history="1">
+            <w:hyperlink r:id="rId479" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Ferrand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Conference of the Society for Molecular Biology and Evolution, Molecular evolution: evolution</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2002, Sorrento, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId470" w:history="1">
+            <w:hyperlink r:id="rId477" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02764492v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId473" w:history="1">
+            <w:hyperlink r:id="rId480" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Differential gene expression during trophoblast expansion in bovine embryos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Severine S. Degrelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId438" w:history="1">
+            <w:hyperlink r:id="rId439" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Hue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Piumi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId474" w:history="1">
+            <w:hyperlink r:id="rId481" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Couve</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId268" w:history="1">
+            <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Paul J. P. Renard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès de la Société Française de Biologie et Devéloppement</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2002, Toulouse, France. pp.Inconnu</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId473" w:history="1">
+            <w:hyperlink r:id="rId480" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02829108v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId475" w:history="1">
+            <w:hyperlink r:id="rId482" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Presentation of the INRA BAC-YAC resource center.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Piumi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">National Laboratory for Agribiotechnology, China Agricultural University</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2001, Beijing, pp.Inconnu</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId475" w:history="1">
+            <w:hyperlink r:id="rId482" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02829442v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId476" w:history="1">
+            <w:hyperlink r:id="rId483" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">BAC DNA pooling for library screening by PCR.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Piumi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">National Laboratory for Agribiotechnology, China Agricultural University</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2001, Beijing, pp.Inconnu</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId476" w:history="1">
+            <w:hyperlink r:id="rId483" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02825285v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId477" w:history="1">
+            <w:hyperlink r:id="rId484" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cytogenetic mapping in the domestic rabbit (Oryctolagus cuniculus)</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Physical mapping of 33 horse BAC clones containing Type I and Type II loci.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T.L. Lear</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Piumi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId485" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Skow</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId320" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Terry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId286" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérard Guérin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">27. International Conference on Animal Genetics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2000, Minnesota, United States</w:t>
+              <w:t xml:space="preserve">Plant &amp; Animal Genome VIII Conference, San Diego</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2000, Poster, pp.Inconnu</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId477" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02768861v1</w:t>
+            <w:hyperlink r:id="rId484" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02837781v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId478" w:history="1">
+            <w:hyperlink r:id="rId486" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Physical mapping of 33 horse BAC clones containing Type I and Type II loci.</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Cytogenetic mapping in the domestic rabbit (Oryctolagus cuniculus)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Zijlstra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N.A. de Haan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId284" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Korstanje</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Rogel Gaillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Piumi</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Gérard Guérin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plant &amp; Animal Genome VIII Conference, San Diego</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2000, Poster, pp.Inconnu</w:t>
+              <w:t xml:space="preserve">27. International Conference on Animal Genetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2000, Minnesota, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId478" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02837781v1</w:t>
+            <w:hyperlink r:id="rId486" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02768861v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId480" w:history="1">
+            <w:hyperlink r:id="rId487" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cloning and physical mapping of horse (Equus caballus) EST markers.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId258" w:history="1">
+            <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T.L. Lear</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId306" w:history="1">
+            <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Brandon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Piumi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId313" w:history="1">
+            <w:hyperlink r:id="rId320" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Terry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId279" w:history="1">
+            <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Guérin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">27th International Conference on Animal Genetics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2000, Minnesota</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId480" w:history="1">
+            <w:hyperlink r:id="rId487" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02770269v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId481" w:history="1">
+            <w:hyperlink r:id="rId488" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genetic polymorphism and mapping of genes involved in adipocyte development in the pig.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K. Jacobs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manon Yerle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Piumi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId482" w:history="1">
+            <w:hyperlink r:id="rId489" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. van Zeveren</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId483" w:history="1">
+            <w:hyperlink r:id="rId490" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Peelman</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">27th International Conference on Animal Genetics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2000, Minnesota</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId481" w:history="1">
+            <w:hyperlink r:id="rId488" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02768725v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId484" w:history="1">
+            <w:hyperlink r:id="rId491" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Détection et détermination des proportions de spermatozoïdes bovins porteurs des chromosomes X et Y par hybridation in situ fluorescente (FISH).</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Piumi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Vaiman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId323" w:history="1">
+            <w:hyperlink r:id="rId330" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E.P. Cribiu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId279" w:history="1">
+            <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Guérin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId318" w:history="1">
+            <w:hyperlink r:id="rId325" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Humblot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">5èmes Rencontres Recherches Ruminants</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 1998, Paris</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId484" w:history="1">
+            <w:hyperlink r:id="rId491" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02764751v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -16805,4202 +16951,4084 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId485" w:history="1">
+            <w:hyperlink r:id="rId492" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Development of 3D cellular models of infection of the human and equine central nervous systems by Flaviviruses</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Noémie Berry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentine Chaillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId486" w:history="1">
+            <w:hyperlink r:id="rId493" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Magniez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId328" w:history="1">
+            <w:hyperlink r:id="rId335" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Théo La Rosa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId487" w:history="1">
+            <w:hyperlink r:id="rId494" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Huet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">JAS 2024</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2024, Seignosse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId485" w:history="1">
+            <w:hyperlink r:id="rId492" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04804354v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId488" w:history="1">
+            <w:hyperlink r:id="rId495" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Développement de modèles cellulaires 2D et 3D représentatifs de l’infection du système nerveux central humain et équin par le virus West Nile</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentine Chaillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Noémie Berry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId328" w:history="1">
+            <w:hyperlink r:id="rId335" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Théo La Rosa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId326" w:history="1">
+            <w:hyperlink r:id="rId333" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaïzka Le Goff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Piumi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Journal officiel de la Société Française de Virologie. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XXVIes Journées Francophones de Virologies</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2024, Bruxelles, Belgium. Virologie, 28 (2), P143, page 154</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId488" w:history="1">
+            <w:hyperlink r:id="rId495" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04622311v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId489" w:history="1">
+            <w:hyperlink r:id="rId496" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Implementation of a platform for the identification of broad-spectrum antiviral compounds based on 2D/3D cultures of the central nervous system</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Piumi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId490" w:history="1">
+            <w:hyperlink r:id="rId497" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Berry Noémie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId491" w:history="1">
+            <w:hyperlink r:id="rId498" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chaillot Valentine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId492" w:history="1">
+            <w:hyperlink r:id="rId499" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magniez Aurélie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId493" w:history="1">
+            <w:hyperlink r:id="rId500" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gorna Kamila</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées d'animation scientifique du département santé animale de l'INRAE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2024, Seignosse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId489" w:history="1">
+            <w:hyperlink r:id="rId496" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04803577v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId494" w:history="1">
+            <w:hyperlink r:id="rId501" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modeling SARS-COV2-infected central nervous system using human neuronal/glial cells to identify antiviral drugs</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Equine brain organoids: tools to better understand West Nile virus infection of the equine central nervous system and to identify antiviral molecules</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentine Chaillot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Noémie Berry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId495" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Dennis Salomón López-Molina</w:t>
+            <w:hyperlink r:id="rId335" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Théo La Rosa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId494" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Huet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marielle Cochet-Bernoin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">36th International Conference on Antiviral Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2023, Lyon, France</w:t>
+              <w:t xml:space="preserve">EPIZONE Annual Meeting 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2023, Novi Sad, Serbia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId494" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04481047v1</w:t>
+            <w:hyperlink r:id="rId501" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04479204v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId498" w:history="1">
+            <w:hyperlink r:id="rId502" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Development of physiologically relevant 2D and 3D cellular models of infection of the human and equine central nervous systems by Flaviviruses.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentine Chaillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Noémie Berry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId328" w:history="1">
+            <w:hyperlink r:id="rId335" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Théo La Rosa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kamila Gorna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId499" w:history="1">
+            <w:hyperlink r:id="rId503" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aïcha Dembélé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées Scientifiques et Doctorales de l'Anses</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2023, Maisons-Alfort, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId498" w:history="1">
+            <w:hyperlink r:id="rId502" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04480744v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId500" w:history="1">
+            <w:hyperlink r:id="rId504" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Equine brain organoids: tools to better understand West Nile virus infection of the equine central nervous system and to identify antiviral molecules</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Modeling SARS-COV2-infected central nervous system using human neuronal/glial cells to identify antiviral drugs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Noémie Berry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId328" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Marielle Cochet-Bernoin</w:t>
+            <w:hyperlink r:id="rId505" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nazim Ahnou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId506" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rozenn Brillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Piumi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId507" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dennis Salomón López-Molina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EPIZONE Annual Meeting 2023</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2023, Novi Sad, Serbia</w:t>
+              <w:t xml:space="preserve">36th International Conference on Antiviral Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2023, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId500" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04479204v1</w:t>
+            <w:hyperlink r:id="rId504" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04481047v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId501" w:history="1">
+            <w:hyperlink r:id="rId508" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modeling SARS-COV2-infected central nervous system using human neuronal/glial cells to identify antiviral drugs</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Tick-Borne Encephalitis Virus-infected human neuronal/glial cells identify antiviral drugs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Noémie Berry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId495" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Dennis Salomón López-Molina</w:t>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaëlle Gonzalez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId339" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Huard de Verneuil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentine Chaillot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marielle Cochet-Bernoin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nouvelles stratégies antivirales : de la recherche à clinique - New antiviral strategies: form bench to bedside.</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2023, Paris, France</w:t>
+              <w:t xml:space="preserve">36th International Conference on Antiviral Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2023, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId501" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04481120v1</w:t>
+            <w:hyperlink r:id="rId508" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04480802v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId502" w:history="1">
+            <w:hyperlink r:id="rId509" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tick-Borne Encephalitis Virus-infected human neuronal/glial cells identify antiviral drugs</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Modeling SARS-COV2-infected central nervous system using human neuronal/glial cells to identify antiviral drugs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Noémie Berry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Marielle Cochet-Bernoin</w:t>
+            <w:hyperlink r:id="rId505" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nazim Ahnou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId506" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rozenn Brillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Piumi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId507" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dennis Salomón López-Molina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">36th International Conference on Antiviral Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2023, Lyon, France</w:t>
+              <w:t xml:space="preserve">Nouvelles stratégies antivirales : de la recherche à clinique - New antiviral strategies: form bench to bedside.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2023, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId502" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04480802v1</w:t>
+            <w:hyperlink r:id="rId509" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04481120v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId503" w:history="1">
+            <w:hyperlink r:id="rId510" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modeling SARS-COV2-infected central nervous system using human neuronal-glial cells to identify antirviral drugs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Noémie Berry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId495" w:history="1">
+            <w:hyperlink r:id="rId505" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nazim Ahnou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId496" w:history="1">
+            <w:hyperlink r:id="rId506" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rozenn Brillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Piumi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId497" w:history="1">
+            <w:hyperlink r:id="rId507" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dennis Salomón López-Molina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XXVèmes Journées Francophones de Virologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2023, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId503" w:history="1">
+            <w:hyperlink r:id="rId510" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04481111v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId504" w:history="1">
+            <w:hyperlink r:id="rId511" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">TBEV-infected human neuronal/glial cells identify antiviral drugs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Noémie Berry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentine Chaillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marielle Cochet-Bernoin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Piumi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kamila Gorna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">28th international symposium on hepatitis C virus, flaviviruses and related viruses.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2022, Ghent, Belgium</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId504" w:history="1">
+            <w:hyperlink r:id="rId511" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04480746v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId505" w:history="1">
+            <w:hyperlink r:id="rId512" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Are regulated cell death (RCD) pathways involved in neuronal death in TBEV-infected human neuronal/glial cells? A transcriptomic study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Piumi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId506" w:history="1">
+            <w:hyperlink r:id="rId513" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fares Mazigh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId507" w:history="1">
+            <w:hyperlink r:id="rId514" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cochet Marielle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId508" w:history="1">
+            <w:hyperlink r:id="rId515" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jouneau Luc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId509" w:history="1">
+            <w:hyperlink r:id="rId516" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Blanchet Odile</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">journées d'animation scientifique du département santé animale INRAE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2022, Anglet, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId505" w:history="1">
+            <w:hyperlink r:id="rId512" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04803691v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId510" w:history="1">
+            <w:hyperlink r:id="rId517" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modélisation in vitro des encéphalites virales à Flavivirus et Alphavirus : une approche pour l’identification de molécules antivirales à large spectre.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mazigh Fares</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëlle Gonzalez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId511" w:history="1">
+            <w:hyperlink r:id="rId518" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Huard De Verneuil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marielle Cochet-Bernoin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId512" w:history="1">
+            <w:hyperlink r:id="rId519" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mehdi Khelfa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XXIV Journée Francophone de Virologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2022, Strasbourg, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId510" w:history="1">
+            <w:hyperlink r:id="rId517" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05290838v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId513" w:history="1">
+            <w:hyperlink r:id="rId520" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Identification de molécules antivirales contre le virus West-Nile par une approche combinant l’imagerie cellulaire et les cellules neurales équines dérivées de cellules souches pluripotentes induites</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marielle Cochet-Bernoin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Piumi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kamila Gorna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëlle Gonzalez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId357" w:history="1">
+            <w:hyperlink r:id="rId364" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Danckaert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées Scientifiques et Doctorales de l'Anses</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2021, Maisons-Alfort, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId513" w:history="1">
+            <w:hyperlink r:id="rId520" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05290856v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId514" w:history="1">
+            <w:hyperlink r:id="rId521" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Identification of antiviral molecules against West-Nile virus by an approach combining cell imaging and equine neural cells derived from induced-pluripotent stem cells</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marielle Cochet-Bernoin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Piumi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kamila Gorna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëlle Gonzalez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId357" w:history="1">
+            <w:hyperlink r:id="rId364" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Danckaert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées Scientifiques et Doctorales de l'Anses (JSDA) 2021</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2021, MAISONS-ALFORT, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId514" w:history="1">
+            <w:hyperlink r:id="rId521" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03355332v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId515" w:history="1">
+            <w:hyperlink r:id="rId522" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Identification de molécules antivirales contre le virus West Nile par une approche combinant l'imagerie cellulaire et les cellules neurales équines dérivées de cellules souches pluripotentes induites.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marielle Cochet-Bernoin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Piumi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kamila Gorna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId356" w:history="1">
+            <w:hyperlink r:id="rId363" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaelle Gonzalez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId357" w:history="1">
+            <w:hyperlink r:id="rId364" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Danckaert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XXIIIes Journées Francophones de Virologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2021, PARIS, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId515" w:history="1">
+            <w:hyperlink r:id="rId522" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03355907v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId516" w:history="1">
+            <w:hyperlink r:id="rId523" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Methylation analysis in monocytes at postpartum period in dairy cattle: potential biomarkers of health</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId364" w:history="1">
+            <w:hyperlink r:id="rId371" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Kiefer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Gasselin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Perrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maxime Gasselin</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Luc Jouneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Piumi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque Adebiotech, EPIGEN, L'épigénétique dans la réponse du vivant aux facteurs environnementaux</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2018, Romainville, France. , pp.48, 2018, EPIGEN, L'épigénétique dans la réponse du vivant aux facteurs environnementaux</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId516" w:history="1">
+            <w:hyperlink r:id="rId523" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02737041v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId517" w:history="1">
+            <w:hyperlink r:id="rId524" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La supplémentation en céréales en fin de gestation perturbe la fonction placentaire chez la jument</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morgane Robles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId518" w:history="1">
+            <w:hyperlink r:id="rId525" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Peugnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId361" w:history="1">
+            <w:hyperlink r:id="rId368" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Dubois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Piumi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Jouneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">6. Colloque International du Groupe de la Francophonie Placentaire</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2017, Grenoble, France. , 47 p., 2017, Sixième Colloque International du Groupe de la Francophonie Placentaire "De l'implantation à la parturition: Bases fondamentales et cliniques"</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId517" w:history="1">
+            <w:hyperlink r:id="rId524" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01607380v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId519" w:history="1">
+            <w:hyperlink r:id="rId526" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Methylation analysis in monocytes at postpartum period in dairy cattle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId520" w:history="1">
+            <w:hyperlink r:id="rId527" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Jammes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Gasselin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Perrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Piumi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Jouneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PAG XXV - Plant and Animal Genome Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2017, San Diego, United States. , 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId519" w:history="1">
+            <w:hyperlink r:id="rId526" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02737532v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId521" w:history="1">
+            <w:hyperlink r:id="rId528" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The mare’s placenta is able to adapt to moderate maternal undernutrition during late gestation to sustain fetal growth</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morgane Robles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline P. Peugnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId522" w:history="1">
+            <w:hyperlink r:id="rId529" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Dubois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Piumi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Jouneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">18. International Congress on Animal Reproduction (ICAR)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2016, Tours, France. , 676 p., 2016, 18th International Congress on Animal Reproduction (ICAR)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId521" w:history="1">
+            <w:hyperlink r:id="rId528" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02742103v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId523" w:history="1">
+            <w:hyperlink r:id="rId530" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bull spermatozoa DNA methylation landscape displays unique features revealed by multi-scale analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Perrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eli Sellem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Prézelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Gasselin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Jouneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">24. Plant and Animal Genome (PAG)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2016, San Diego, United States. , 2016, Plant &amp; Animal Genome XXIV</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId523" w:history="1">
+            <w:hyperlink r:id="rId530" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02741887v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId524" w:history="1">
+            <w:hyperlink r:id="rId531" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reprogrammation épigénétique des cellules germinales mâles de ruminants : résultats et perspectives</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Perrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eli Sellem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Prézelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Gasselin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Jouneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2. Réunion d'Animation épiPHASE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2016, Saint-Pée-sur-Nivelle, France. , 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId524" w:history="1">
+            <w:hyperlink r:id="rId531" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02798618v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId525" w:history="1">
+            <w:hyperlink r:id="rId532" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Intégration des signatures épigénétiques et des polymorphismes de séquences pour évaluer l'impact environnemental sur la réalisation du potentiel génétique chez le bovin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId520" w:history="1">
+            <w:hyperlink r:id="rId527" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Jammes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Gasselin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId364" w:history="1">
+            <w:hyperlink r:id="rId371" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Kiefer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Perrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Piumi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées d’Animation des Crédits Incitatifs du Département de Physiologie Animale et Systèmes d’Elevage (JACI Phase 2016)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2016, Tours, France. , 115 p., 2016, Crédits incitatifs financés entre 2011 et 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId525" w:history="1">
+            <w:hyperlink r:id="rId532" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02742703v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId526" w:history="1">
+            <w:hyperlink r:id="rId533" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Characterization of two novel hydrogen peroxide producing glyoxal oxidases from Pycnoporus cinnabarinus implicated in the breakdown of lignocelluloses</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marianne Daou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Piumi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId527" w:history="1">
+            <w:hyperlink r:id="rId534" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Crônier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Cullen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId374" w:history="1">
+            <w:hyperlink r:id="rId379" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Bertrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Exploring Lignocellulosic Biomass</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2016, Reims, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId526" w:history="1">
+            <w:hyperlink r:id="rId533" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01853263v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId528" w:history="1">
+            <w:hyperlink r:id="rId535" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Studying the placental rabbit methylome and its alteration in intrauterine growth restriction (IUGR) cases during gestation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId370" w:history="1">
+            <w:hyperlink r:id="rId381" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hala Al Adhami</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId364" w:history="1">
+            <w:hyperlink r:id="rId371" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Kiefer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Jouneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Piumi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId529" w:history="1">
+            <w:hyperlink r:id="rId536" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Valentino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Conférence Jacques Monod, DNA methylation and demethylation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2015, Roscoff, France. , 2015, Conférence Jacques Monod, DNA methylation and demethylation</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId528" w:history="1">
+            <w:hyperlink r:id="rId535" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02741269v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId530" w:history="1">
+            <w:hyperlink r:id="rId537" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fonctions biologiques de FOXL2 dans l’endomètre bovin : un gène clé de l’axe reproducteur femelle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId531" w:history="1">
+            <w:hyperlink r:id="rId538" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Lesage-Padilla</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierrette P. Reinaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId440" w:history="1">
+            <w:hyperlink r:id="rId441" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId532" w:history="1">
+            <w:hyperlink r:id="rId539" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Delessard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mariam Raliou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ecole Doctorale Biosigne "Signalisations et Réseaux intégratifs en Biologie"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2015, Kremlin-Bicêtre, France. , 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId530" w:history="1">
+            <w:hyperlink r:id="rId537" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02799741v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId533" w:history="1">
+            <w:hyperlink r:id="rId540" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact of somatic nuclear reprogramming on DNA methylation in bovine placental and fœtal tissues: global level, histological localization and genome-wide distribution</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId534" w:history="1">
+            <w:hyperlink r:id="rId541" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel M. Guillomot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Prézelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId364" w:history="1">
+            <w:hyperlink r:id="rId371" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Kiefer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Jouneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Piumi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">66. Annual Meeting of the European Federation of Animal Science (EAAP)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2015, Warsaw, Poland. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId535" w:history="1">
+            <w:hyperlink r:id="rId542" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wageningen Academic Publishers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Publication - European Association for Animal Production (EAAP), 21, 548 p., 2015, 66th Annual Meeting of the European Association for Animal Production</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId533" w:history="1">
+            <w:hyperlink r:id="rId540" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02741156v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId536" w:history="1">
+            <w:hyperlink r:id="rId543" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Epigenetics of bovine semen: tools for DNA methylation analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Perrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eli Sellem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Prézelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Gasselin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Jouneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Conférence Jacques Monod, DNA Methylation and Demethylation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2015, Roscoff, France. , 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId536" w:history="1">
+            <w:hyperlink r:id="rId543" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02799304v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId537" w:history="1">
+            <w:hyperlink r:id="rId544" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Epigenetics of bovine semen: tools to DNA methylation analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Perrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Prézelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Jouneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Piumi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eli Sellem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Epiconcept Workshop 2015 Periconception Environnement</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2015, Dubrovnik, Croatia. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId538" w:history="1">
+            <w:hyperlink r:id="rId545" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cost Office</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 60 p., 2015, Epigenetics and Periconception Environment</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId537" w:history="1">
+            <w:hyperlink r:id="rId544" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01194108v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId539" w:history="1">
+            <w:hyperlink r:id="rId546" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elaboration d'une puce à ADN en vue d'étudier la régulation du métabolisme hépatique des lipides chez le poulet.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId540" w:history="1">
+            <w:hyperlink r:id="rId547" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sirine Assaf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId541" w:history="1">
+            <w:hyperlink r:id="rId548" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Hazard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId429" w:history="1">
+            <w:hyperlink r:id="rId443" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Herault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId542" w:history="1">
+            <w:hyperlink r:id="rId549" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Diot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Piumi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">5. Journées de la Recherche Avicole</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2003, Tours, France. 2003, 5èmes Journées de la Recherche Avicole</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId539" w:history="1">
+            <w:hyperlink r:id="rId546" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02649219v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Pré-publication, Document de travail (4)</w:t>
+        <w:t xml:space="preserve">Pré-publication, Document de travail (3)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId543" w:history="1">
+            <w:hyperlink r:id="rId550" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Role of Innate Immune and Inflammatory Signaling in West Nile Virus Tropism and Neuronal and Glial Cell Death</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentine Chaillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Piumi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kamila Gorna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Noémie Berry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jennifer Richardson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId543" w:history="1">
+            <w:hyperlink r:id="rId550" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05290571v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId544" w:history="1">
+            <w:hyperlink r:id="rId551" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Oropouche virus infects human neural progenitor cells and alters the growth of brain organoids</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Integrated protein-protein interaction and RNA interference screens reveal novel restriction and dependency factors for a tick-borne flavivirus in its human host</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId344" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Sourisseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId346" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Unterfinger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId345" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manon Lemasson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId347" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gregory Caignard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Piumi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...24 lines deleted...]
-              <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">2025</w:t>
+              <w:t xml:space="preserve">2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId544" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05338506v1</w:t>
+            <w:hyperlink r:id="rId551" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04181137v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId549" w:history="1">
+            <w:hyperlink r:id="rId552" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Integrated protein-protein interaction and RNA interference screens reveal novel restriction and dependency factors for a tick-borne flavivirus in its human host</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">François Piumi</w:t>
+                <w:t xml:space="preserve">Identification of an Oligosaccharide Dehydrogenase from Pycnoporus Cinnabarinus Provides Insights into Fungal Breakdown of Lignocellulose</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriele Cerutti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elena Gugole</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Linda Celeste Montemiglio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annick Turbé-Doan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dehbia Chena</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">2023</w:t>
+              <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId549" w:history="1">
-[...117 lines deleted...]
-            <w:hyperlink r:id="rId550" w:history="1">
+            <w:hyperlink r:id="rId552" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03259451v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId551"/>
+      <w:footerReference w:type="default" r:id="rId553"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -21147,51 +21175,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05428636v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentine Chaillot" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Piumi" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamila Gorna" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Berry" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Richardson" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-025-27954-2" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05364662v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Schimmich" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Gondard" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Caignard" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233;-Carlos Vall&#233;-Casuso" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Vitour" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0324917" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04568823v2" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marielle Cochet" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Gonzalez" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13567-024-01290-1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04498024v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Beaud" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fleur Costa" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Klonjkowski" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Coulpier" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms25031382" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03344334v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriele Cerutti" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Gugole" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linda Celeste Montemiglio" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annick Turb&#233;-Doan" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dehbia Chena" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13068-021-02003-y" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03466592v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mazigh Fares" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marielle Cochet-Bernoin" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/v13112255" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02868456v2" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shingo Miyauchi" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hayat Hage" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Drula" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Lesage-Meessen" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Guy Berrin" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/dnares/dsaa011" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02264367v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariam Raliou" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doulaye Demb&#233;l&#233;" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna D&#252;vel" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Bolifraud" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Aubert" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0220244" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02621731v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Robles" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline P. Peugnet" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Dubois" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Jouneau" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.placenta.2018.02.003" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01975403v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Perrier" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eli Sellem" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Pr&#233;zelin" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Gasselin" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12864-018-4764-0" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01594787v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Su Ma" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marita Preims" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Kappel" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernhard Seiboth" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12934-017-0653-5" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01496186v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronald P. De Vries" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Riley" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ad Wiebenga" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillermo Aguilar-Osorio" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sotiris Amillis" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13059-017-1151-0" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01446831v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Daou" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Cullen" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Record" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Craig Faulds" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AEM.00304-16" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01313371v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Mathieu" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Valli" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Carro Aramburu" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Ferreira" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AEM.03761-15" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01439025v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Couturier" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Navarro" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Chevret" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Henrissat" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13068-015-0407-8" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01204353v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Levasseur" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Lomascolo" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Chabrol" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisco J Ruiz-Due&#241;as" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Boukhris-Uzan" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2164-15-486" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01268757v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gemma Macellaro" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Camilla Baratto" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandra Piscitelli" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cinzia Pezzella" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrizia Fabrizi de Biani" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00253-013-5491-8" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01268950v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simeng Zhou" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00253-014-5891-4" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02651819v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence L. Lesage-Meessen" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille M. Haon" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Uzan" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1574-6968.2011.02412.x" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02659462v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Nousiainen" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Balland" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Sipila" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2672.2009.04623.x" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02665558v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tomoko Eguchi-Ogawa" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nancy Wertz" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiu-Zhu Sun" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hirohide Uenishi" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4049/jimmunol.0903616" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03900946v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Ohm" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan de Jong" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Lugones" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Aerts" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erika Kothe" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nbt.1643" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02659478v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Panserat" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ducasse-Cabanot" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Plagnes Juan" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.P. Srivastava" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Kolditz" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aquaculture.2007.12.030" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-VJBMJLD5-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02666159v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro M Coutinho" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Rancurel" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Asther" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fgb.2008.01.004" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-JDG6XWM6-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-00307623v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine A Degrelle" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Hennequet-Antier" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Chiapello" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Piot-Kaminski" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2164-9-46" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02661115v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cathy Kolditz" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Richard" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Plagnes" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0007114508981411" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02659499v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gm Cosseddu" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Andr&#233;oletti" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Maestrale" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Robert" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Ligios" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.brainres.2007.01.033" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-5LVJF872-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02657337v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Badonnel" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Denis" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Caillol" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Regine Monnerie" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02655104v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Siham Hajjoubi" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Rival-Gervier" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Hayes" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Floriot" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andre A. Eggen" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gene.2005.11.025" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02653956v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Jacobs" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G.A. Rohrer" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. van Poucke" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Yerle" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02677209v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Klukowska-Rotzler" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bugno" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Slota" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N.E. Robinson" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04067477v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Bernard" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Degrelle" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Ollier" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Campion" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Cassar-Malek" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02678450v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Vaiman" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Mondon" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Garc&#232;s-Duran" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;r&#232;se-Marie Mignot" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Robert" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2164-6-111" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02678958v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario van Poucke" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Bourry" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Mattheeuws" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex Van Zeveren" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2164-6-133" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02679794v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.E. Butler" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Wertz" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Sun" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Wang" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Lemke" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02440263v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Severine S. Degrelle" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne E. Campion" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Cabau" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierrette P. Reinaud" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ydbio.2005.09.043" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02681020v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Brenig" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Beck" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.J. Hall" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T.E. Broad" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B.P. Chowdhary" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02679480v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Wallner" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Brem" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Muller" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Achmann" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02673335v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Chardon" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02670627v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Mandon-Pepin" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Oustry-Vaiman" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Vigier" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edmond E. Cribiu" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02674026v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Raudsepp" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.R. Kata" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Goh" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.V. Millon" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02676588v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Giese" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Jude" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harm Albert Kuiper" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02669501v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Swinburne" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.E. Womack" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02673032v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Hanzawa" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T.L. Lear" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Bailey" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02670807v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Pinton" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Pailhoux" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Rogel Gaillard" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Darr&#233;" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02683584v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Pacheco-Trigon" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Francois Oudin" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Paul J. P. Renard" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02670617v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Honeycutt" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E.K. Owens" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02674978v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Schambony" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02674842v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Zijlstra" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N.A. de Haan" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Korstanje" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02673205v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Gu&#233;rin" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Sieme" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02671277v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Pauloin" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.L. Fontaine" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02678083v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dragan Milenkovic" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Billault" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Mariat" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02678184v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Hirota" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Sato" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Ishida" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02670829v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.A. Martin-Deleon" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Canaff" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G.N. Hendy" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00894366v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edmond-Paul Cribiu" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Gu&#233;rin" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Humblot" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/gse:2001111" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02678621v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Billault" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Bourgeaux" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J-Claude Save" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02675347v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Brandon" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.R. Terry" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02678201v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine M. Yerle" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.K. Tuggle" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Genet" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02689210v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Terry" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02685639v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Lonergan" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Khatir" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Rieger" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Humblot" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1530/jrf.0.1170159" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02692776v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent L. Schibler" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Oustry" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E.P. Cribiu" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05290564v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Theo La Rosa" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#239;zka Le Goff" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05290544v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;o La Rosa" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05290808v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04803479v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05290781v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Huard de Verneuil" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04803473v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04803491v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04182705v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Sourisseau" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Lemasson" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Unterfinger" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Caignard" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamilla Gorna" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04509311v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04481101v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04181142v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04481153v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04481141v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03943154v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Sourisseau" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Lemasson" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y Unterfinger" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Caignard" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04481097v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noemie Aurine" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04481147v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04181138v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03355807v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaelle Gonzalez" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Danckaert" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03366330v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03366304v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734074v1" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Dubois" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1071/RDv30n1Ab65" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02733892v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Kiefer" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jas/sky404.815" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734129v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02736565v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737135v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01604387v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hala Al Adhami" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01529455v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariane Daou" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saowanee Wikee" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Bertrand" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605492v1" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Boutinaud" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Notebaert" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605215v1" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605221v1" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chaneze Mehalla" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741522v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dan Cullen" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01603594v1" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02797604v1" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741190v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02814260v1" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.C. Potier" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755369v1" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Ines Kolditz" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753370v1" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754668v1" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claude Potier" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02821645v1" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Flori" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Renard" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine C. Urien" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiao-Xiang Hu" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bao-Liang Fan" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02756348v1" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Urien" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X.X. Hu" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B.L. Fan" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02757143v1" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755213v1" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diane D. Esquerre" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02764511v1" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Bernard" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Severine Ollier" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02759780v1" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Hugot" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Chastellier" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Ducroix-Crepy" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jer&#244;me J. Lecardonnel" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02833642v1" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bernard" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Degrelle" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ollier" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Campion" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02761230v1" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Aegerter" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Baron" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Carpentier" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Chauvign&#233;" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Dantec" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02825356v1" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Xiaoxiang" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Ning" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02759132v1" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Herault" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Metzinger-Le Meuth" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colette D&#233;sert" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Retout" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02760029v1" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02758911v1" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02762490v1" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Cotinot" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02760838v1" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Hue" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Piot" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Richard" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02829651v1" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Mondon" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Garces-Duran" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T.M. Mignot" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Carbonne" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Robert" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02763483v1" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Martin" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Hocquette" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Leroux" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Pollet" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02759039v1" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Assaf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle E. Bourneuf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Cabello" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Dehais" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02829791v1" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L. Myka" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.F. Antczak" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02763039v1" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02760962v1" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Barbosa" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02830472v1" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02762584v1" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Geraldes" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N; Ferrand" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02762383v1" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02763510v1" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Rohrer" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02764492v1" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armando Geraldes" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Ferrand" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02829108v1" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Couve" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02829442v1" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02825285v1" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02768861v1" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02837781v1" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Skow" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02770269v1" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02768725v1" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. van Zeveren" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Peelman" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02764751v1" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04804354v1" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Magniez" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Huet" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04622311v1" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04803577v1" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Berry No&#233;mie" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chaillot Valentine" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magniez Aur&#233;lie" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gorna Kamila" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04481047v1" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nazim Ahnou" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rozenn Brillet" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dennis Salom&#243;n L&#243;pez-Molina" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04480744v1" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A&#239;cha Demb&#233;l&#233;" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04479204v1" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04481120v1" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04480802v1" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04481111v1" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04480746v1" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04803691v1" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fares Mazigh" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cochet Marielle" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jouneau Luc" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blanchet Odile" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05290838v1" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Huard De Verneuil" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Khelfa" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05290856v1" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03355332v1" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03355907v1" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737041v1" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607380v1" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Peugnet" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737532v1" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Jammes" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02742103v1" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Dubois" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741887v1" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02798618v1" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02742703v1" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01853263v1" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Cr&#244;nier" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741269v1" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Valentino" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02799741v1" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Lesage-Padilla" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Delessard" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741156v1" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel M. Guillomot" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archives-publications.inrae.fr/340118.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02799304v1" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01194108v1" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archives-publications.inrae.fr/295295.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02649219v1" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sirine Assaf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Hazard" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Diot" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05290571v1" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05338506v1" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Albert" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurine Couture" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Lebon" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Gressens" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04181137v1" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03259451v1" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05338506v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Albert" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurine Couture" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Piumi" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Lebon" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Gressens" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/2025.10.01.679540" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05428636v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentine Chaillot" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamila Gorna" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Berry" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Richardson" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-025-27954-2" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05364662v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Schimmich" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Gondard" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Caignard" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233;-Carlos Vall&#233;-Casuso" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Vitour" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0324917" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04568823v2" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marielle Cochet" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Gonzalez" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13567-024-01290-1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04498024v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Beaud" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fleur Costa" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Klonjkowski" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Coulpier" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms25031382" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03344334v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriele Cerutti" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Gugole" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linda Celeste Montemiglio" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annick Turb&#233;-Doan" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dehbia Chena" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13068-021-02003-y" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03466592v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mazigh Fares" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marielle Cochet-Bernoin" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/v13112255" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02868456v2" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shingo Miyauchi" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hayat Hage" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Drula" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Lesage-Meessen" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Guy Berrin" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/dnares/dsaa011" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02264367v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariam Raliou" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doulaye Demb&#233;l&#233;" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna D&#252;vel" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Bolifraud" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Aubert" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0220244" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02621731v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Robles" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline P. Peugnet" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Dubois" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Jouneau" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.placenta.2018.02.003" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-DFQGR6BL-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01975403v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Perrier" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eli Sellem" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Pr&#233;zelin" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Gasselin" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12864-018-4764-0" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01594787v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Su Ma" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marita Preims" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Kappel" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernhard Seiboth" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12934-017-0653-5" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01496186v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronald P. De Vries" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Riley" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ad Wiebenga" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillermo Aguilar-Osorio" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sotiris Amillis" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13059-017-1151-0" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01446831v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Daou" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Cullen" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Record" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Craig Faulds" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AEM.00304-16" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01313371v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Mathieu" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Valli" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Carro Aramburu" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Ferreira" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AEM.03761-15" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01439025v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Couturier" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Navarro" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Chevret" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Henrissat" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13068-015-0407-8" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01204353v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Levasseur" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Lomascolo" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Chabrol" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisco J Ruiz-Due&#241;as" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Boukhris-Uzan" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2164-15-486" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01268757v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gemma Macellaro" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Camilla Baratto" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandra Piscitelli" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cinzia Pezzella" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrizia Fabrizi de Biani" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00253-013-5491-8" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01268950v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simeng Zhou" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00253-014-5891-4" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02651819v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence L. Lesage-Meessen" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille M. Haon" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Uzan" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1574-6968.2011.02412.x" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02659462v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Nousiainen" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Balland" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Sipila" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2672.2009.04623.x" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02665558v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tomoko Eguchi-Ogawa" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nancy Wertz" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiu-Zhu Sun" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hirohide Uenishi" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4049/jimmunol.0903616" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03900946v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Ohm" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan de Jong" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Lugones" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Aerts" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erika Kothe" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nbt.1643" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02659478v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Panserat" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ducasse-Cabanot" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Plagnes Juan" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.P. Srivastava" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Kolditz" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aquaculture.2007.12.030" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-VJBMJLD5-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02666159v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro M Coutinho" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Rancurel" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Asther" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fgb.2008.01.004" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-JDG6XWM6-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-00307623v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine A Degrelle" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Hennequet-Antier" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Chiapello" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Piot-Kaminski" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2164-9-46" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02661115v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cathy Kolditz" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Richard" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Plagnes" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0007114508981411" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02659499v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gm Cosseddu" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Andr&#233;oletti" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Maestrale" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Robert" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Ligios" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.brainres.2007.01.033" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-5LVJF872-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02657337v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Badonnel" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Denis" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Caillol" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Regine Monnerie" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02655104v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Siham Hajjoubi" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Rival-Gervier" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Hayes" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Floriot" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andre A. Eggen" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gene.2005.11.025" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02653956v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Jacobs" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G.A. Rohrer" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. van Poucke" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Yerle" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02677209v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Klukowska-Rotzler" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bugno" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Slota" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N.E. Robinson" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04067477v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Bernard" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Degrelle" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Ollier" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Campion" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Cassar-Malek" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02678450v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Vaiman" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Mondon" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Garc&#232;s-Duran" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;r&#232;se-Marie Mignot" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Robert" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2164-6-111" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02678958v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario van Poucke" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Bourry" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Mattheeuws" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex Van Zeveren" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2164-6-133" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02440263v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Severine S. Degrelle" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne E. Campion" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Cabau" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierrette P. Reinaud" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ydbio.2005.09.043" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02679794v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.E. Butler" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Wertz" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Sun" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Wang" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Lemke" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02681020v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Brenig" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Beck" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.J. Hall" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T.E. Broad" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B.P. Chowdhary" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02679480v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Wallner" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Brem" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Muller" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Achmann" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02673335v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Chardon" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02674026v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Raudsepp" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.R. Kata" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Goh" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.V. Millon" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02670627v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Mandon-Pepin" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Oustry-Vaiman" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Vigier" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edmond E. Cribiu" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02676588v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Giese" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Jude" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harm Albert Kuiper" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02669501v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Swinburne" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.E. Womack" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02673032v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Hanzawa" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T.L. Lear" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Bailey" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02670807v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Pinton" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Pailhoux" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Rogel Gaillard" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Darr&#233;" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02683584v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Pacheco-Trigon" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Francois Oudin" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Paul J. P. Renard" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02670617v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Honeycutt" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E.K. Owens" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02674978v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Schambony" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02674842v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Zijlstra" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N.A. de Haan" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Korstanje" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02673205v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Gu&#233;rin" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Sieme" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02671277v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Pauloin" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.L. Fontaine" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02678083v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dragan Milenkovic" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Billault" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Mariat" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02670829v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.A. Martin-Deleon" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Canaff" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G.N. Hendy" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02678184v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Hirota" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Sato" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Ishida" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00894366v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edmond-Paul Cribiu" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Gu&#233;rin" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Humblot" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/gse:2001111" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02678621v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Billault" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Bourgeaux" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J-Claude Save" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02675347v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Brandon" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.R. Terry" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02678201v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine M. Yerle" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.K. Tuggle" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Genet" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02689210v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Terry" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02685639v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Lonergan" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Khatir" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Rieger" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Humblot" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1530/jrf.0.1170159" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02692776v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent L. Schibler" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Oustry" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E.P. Cribiu" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05290564v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Theo La Rosa" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#239;zka Le Goff" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05290544v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;o La Rosa" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05290808v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04803479v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05290781v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Huard de Verneuil" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04803473v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04803491v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04509311v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04182705v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Sourisseau" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Lemasson" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Unterfinger" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Caignard" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamilla Gorna" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04481101v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04481153v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04181142v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03943154v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Sourisseau" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Lemasson" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y Unterfinger" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Caignard" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04481141v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04481097v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noemie Aurine" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04481147v1" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04181138v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03355807v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaelle Gonzalez" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Danckaert" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03366330v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03366304v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734074v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Dubois" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1071/RDv30n1Ab65" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02733892v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Kiefer" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jas/sky404.815" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734129v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02736565v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737135v1" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01529455v1" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariane Daou" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saowanee Wikee" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Bertrand" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01604387v1" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hala Al Adhami" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605492v1" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Boutinaud" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Notebaert" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605221v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chaneze Mehalla" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605215v1" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01603594v1" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02797604v1" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741522v1" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dan Cullen" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741190v1" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02814260v1" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.C. Potier" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755369v1" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Ines Kolditz" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753370v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754668v1" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claude Potier" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02821645v1" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Flori" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Renard" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine C. Urien" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiao-Xiang Hu" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bao-Liang Fan" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02756348v1" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Urien" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X.X. Hu" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B.L. Fan" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02757143v1" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755213v1" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diane D. Esquerre" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02764511v1" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Bernard" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Severine Ollier" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02759780v1" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Hugot" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Chastellier" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Ducroix-Crepy" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jer&#244;me J. Lecardonnel" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02833642v1" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bernard" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Degrelle" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ollier" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Campion" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02825356v1" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Xiaoxiang" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Ning" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02761230v1" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Aegerter" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Baron" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Carpentier" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Chauvign&#233;" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Dantec" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02762490v1" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Cotinot" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02758911v1" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02760838v1" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Hue" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Piot" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Richard" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02759132v1" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Herault" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Metzinger-Le Meuth" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colette D&#233;sert" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Retout" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02760029v1" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02829651v1" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Mondon" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Garces-Duran" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T.M. Mignot" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Carbonne" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Robert" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02763483v1" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Martin" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Hocquette" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Leroux" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Pollet" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02759039v1" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Assaf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle E. Bourneuf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Cabello" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Dehais" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02829791v1" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L. Myka" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.F. Antczak" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02763039v1" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02760962v1" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Barbosa" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02830472v1" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02762584v1" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Geraldes" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N; Ferrand" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02762383v1" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02763510v1" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Rohrer" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02764492v1" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armando Geraldes" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Ferrand" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02829108v1" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Couve" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02829442v1" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02825285v1" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02837781v1" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Skow" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02768861v1" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02770269v1" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02768725v1" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. van Zeveren" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Peelman" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02764751v1" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04804354v1" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Magniez" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Huet" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04622311v1" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04803577v1" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Berry No&#233;mie" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chaillot Valentine" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magniez Aur&#233;lie" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gorna Kamila" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04479204v1" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04480744v1" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A&#239;cha Demb&#233;l&#233;" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04481047v1" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nazim Ahnou" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rozenn Brillet" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dennis Salom&#243;n L&#243;pez-Molina" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04480802v1" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04481120v1" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04481111v1" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04480746v1" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04803691v1" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fares Mazigh" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cochet Marielle" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jouneau Luc" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blanchet Odile" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05290838v1" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Huard De Verneuil" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Khelfa" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05290856v1" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03355332v1" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03355907v1" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737041v1" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607380v1" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Peugnet" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737532v1" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Jammes" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02742103v1" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Dubois" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741887v1" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02798618v1" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02742703v1" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01853263v1" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Cr&#244;nier" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741269v1" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Valentino" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02799741v1" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Lesage-Padilla" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Delessard" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741156v1" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel M. Guillomot" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archives-publications.inrae.fr/340118.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02799304v1" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01194108v1" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archives-publications.inrae.fr/295295.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02649219v1" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sirine Assaf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Hazard" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Diot" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05290571v1" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04181137v1" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03259451v1" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>