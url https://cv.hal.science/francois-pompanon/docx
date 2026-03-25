--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -368,364 +368,364 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04867262v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">VarGoats project: a dataset of 1159 whole-genome sequences to dissect Capra hircus global diversity</w:t>
+                <w:t xml:space="preserve">Search for Selection Signatures Related to Trypanosomosis Tolerance in African Goats</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laure Denoyelle</w:t>
+                <w:t xml:space="preserve">Bruno Serranito</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Estelle Talouarn</w:t>
+                <w:t xml:space="preserve">Dominique Taurisson-Mouret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Bardou</w:t>
+                <w:t xml:space="preserve">Sahraoui Harkat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Licia Colli</w:t>
+                <w:t xml:space="preserve">Abbas Laoun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adriana Alberti</w:t>
+                <w:t xml:space="preserve">Nadjet-Amina Ouchene-Khelifi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Genetics Selection Evolution</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 53 (1), 14 p. </w:t>
+              <w:t xml:space="preserve">Frontiers in Genetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 12, </w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/s12711-021-00659-6⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3389/fgene.2021.715732⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03480970v1</w:t>
+                <w:t xml:space="preserve">hal-04804805v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Search for Selection Signatures Related to Trypanosomosis Tolerance in African Goats</w:t>
+                <w:t xml:space="preserve">VarGoats project: a dataset of 1159 whole-genome sequences to dissect Capra hircus global diversity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bruno Serranito</w:t>
+                <w:t xml:space="preserve">Laure Denoyelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dominique Taurisson-Mouret</w:t>
+                <w:t xml:space="preserve">Estelle Talouarn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sahraoui Harkat</w:t>
+                <w:t xml:space="preserve">Philippe Bardou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Abbas Laoun</w:t>
+                <w:t xml:space="preserve">Licia Colli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nadjet-Amina Ouchene-Khelifi</w:t>
+                <w:t xml:space="preserve">Adriana Alberti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Genetics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 12, </w:t>
+              <w:t xml:space="preserve">Genetics Selection Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 53 (1), 14 p. </w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fgene.2021.715732⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1186/s12711-021-00659-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04804805v1</w:t>
+                <w:t xml:space="preserve">hal-03480970v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Local adaptations of Mediterranean sheep and goats through an integrative approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Serranito</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marco Cavalazzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Vidal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Taurisson-Mouret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elena Ciani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -828,51 +828,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marco Cavalazzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Vidal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Taurisson-Mouret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Scientific Reports</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 11 (21363 (2021)), https://doi.org/10.1038/s41598-021-00682-z</w:t>
@@ -1029,667 +1029,667 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03591256v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Altitudinal Zonation of Green Algae Biodiversity in the French Alps</w:t>
+                <w:t xml:space="preserve">EvoSheep : The Makeup of Sheep Breeds in the Ancient Near East</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adeline Stewart</w:t>
+                <w:t xml:space="preserve">Emmanuelle Vila</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Delphine Rioux</w:t>
+                <w:t xml:space="preserve">Philippe Abrahami</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fréderic Boyer</w:t>
+                <w:t xml:space="preserve">Moussab Albesso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ludovic Gielly</w:t>
+                <w:t xml:space="preserve">Agraw Amane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">François Pompanon</w:t>
+                <w:t xml:space="preserve">Camille Bader</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Plant Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 12, pp.679428. </w:t>
+              <w:t xml:space="preserve">Antiquity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 95 (379), pp.e2, 1-8. </w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fpls.2021.679428⟩</w:t>
+                <w:t xml:space="preserve">⟨10.15184/aqy.2020.247⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03258608v1</w:t>
+                <w:t xml:space="preserve">hal-03402639v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">EvoSheep : The Makeup of Sheep Breeds in the Ancient Near East</w:t>
+                <w:t xml:space="preserve">Altitudinal Zonation of Green Algae Biodiversity in the French Alps</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emmanuelle Vila</w:t>
+                <w:t xml:space="preserve">Adeline Stewart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Abrahami</w:t>
+                <w:t xml:space="preserve">Delphine Rioux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Moussab Albesso</w:t>
+                <w:t xml:space="preserve">Fréderic Boyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Agraw Amane</w:t>
+                <w:t xml:space="preserve">Ludovic Gielly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Camille Bader</w:t>
+                <w:t xml:space="preserve">François Pompanon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Antiquity</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 95 (379), pp.e2, 1-8. </w:t>
+              <w:t xml:space="preserve">Frontiers in Plant Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 12, pp.679428. </w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.15184/aqy.2020.247⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3389/fpls.2021.679428⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03402639v1</w:t>
+                <w:t xml:space="preserve">hal-03258608v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An evaluation of sequencing coverage and genotyping strategies to assess neutral and adaptive diversity</w:t>
+                <w:t xml:space="preserve">Old origin of a protective endogenous retrovirus (enJSRV) in the Ovis genus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Badr Benjelloun</w:t>
+                <w:t xml:space="preserve">Tristan Cumer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Pompanon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Boyer</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Ecology Resources</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/1755-0998.13070⟩</w:t>
+              <w:t xml:space="preserve">Heredity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 122 (2), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41437-018-0112-z⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">cea-04307622v1</w:t>
+                <w:t xml:space="preserve">hal-04809547v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Old origin of a protective endogenous retrovirus (enJSRV) in the Ovis genus</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Genetic homogenization of indigenous sheep breeds in Northwest Africa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ibrahim Belabdi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdessamad Ouhrouch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Lafri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Semir Bechir Suheil Gaouar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elena Ciani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Heredity</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41437-018-0112-z⟩</w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 9 (1), pp.7920. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41598-019-44137-y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04809547v1</w:t>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02627209v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genetic homogenization of indigenous sheep breeds in Northwest Africa</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">An evaluation of sequencing coverage and genotyping strategies to assess neutral and adaptive diversity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Badr Benjelloun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Boyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ibrahim Belabdi</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Abdessamad Ouhrouch</w:t>
+                <w:t xml:space="preserve">Ian Streeter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mohamed Lafri</w:t>
+                <w:t xml:space="preserve">Wahid Zamani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Semir Bechir Suheil Gaouar</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Elena Ciani</w:t>
+                <w:t xml:space="preserve">Stefan Engelen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 9 (1), pp.7920. </w:t>
+              <w:t xml:space="preserve">Molecular Ecology Resources</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 19 (6), pp.1497-1515. </w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41598-019-44137-y⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/1755-0998.13070⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02627209v1</w:t>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-04307622v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ancient goat genomes reveal mosaic domestication in the Fertile Crescent</w:t>
               </w:r>
@@ -1848,51 +1848,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Boyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Orozco-Terwengel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ian Streeter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Servin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1943,77 +1943,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Characterizing neutral genomic diversity and selection signatures in indigenous populations of Moroccan goats (Capra hircus) using WGS data</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Badr Benjelloun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian F. Alberto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ian Streeter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Boyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2103,51 +2103,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wasim Shehzad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Michael Mccarthy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Pompanon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lkhagvajav Purevjav</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2205,295 +2205,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04804823v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ecoPrimers: inference of new DNA barcode markers from whole genome sequence analysis.</w:t>
+                <w:t xml:space="preserve">Persistence of Environmental DNA in Freshwater Ecosystems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tiayyba Riaz</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Wasim Shehzad</w:t>
+                <w:t xml:space="preserve">Tony Dejean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alain Viari</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId55" w:history="1">
+                <w:t xml:space="preserve">Alice Valentini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Duparc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Pellier-Cuit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Pompanon</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Pierre Taberlet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nucleic Acids Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/nar/gkr732⟩</w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 6 (8), pp.e23398. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0023398⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00746852v1</w:t>
+                <w:t xml:space="preserve">hal-04804837v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Persistence of Environmental DNA in Freshwater Ecosystems</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">ecoPrimers: inference of new DNA barcode markers from whole genome sequence analysis.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alice Valentini</w:t>
+                <w:t xml:space="preserve">Tiayyba Riaz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wasim Shehzad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antoine Duparc</w:t>
+                <w:t xml:space="preserve">Alain Viari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Pompanon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphanie Pellier-Cuit</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">François Pompanon</w:t>
+                <w:t xml:space="preserve">Pierre Taberlet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, 6 (8), pp.e23398. </w:t>
+              <w:t xml:space="preserve">Nucleic Acids Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 39 (21), pp.e145. </w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0023398⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/nar/gkr732⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04804837v1</w:t>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00746852v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An In silico approach for the evaluation of DNA barcodes</w:t>
               </w:r>
@@ -2518,51 +2518,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Coissac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Zundel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tiayyba Riaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wasim Shehzad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2658,51 +2658,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Imprints of domestication in the sheep genome</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Her</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Pompanon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Georges PELLETIER. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Genetics of Domestications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
@@ -2901,51 +2901,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multiple adaptive solutions to face climatic constraints: novel insights in the debate over the role of convergence in local adaptation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Badr Benjelloun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kevin Leempoel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2953,51 +2953,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Boyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Stucki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ian Streeter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
@@ -3019,64 +3019,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">BAdabouM: a genomic structural variations discovery tool for polymorphism analyses</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tristan Cumer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Pompanon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Boyer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3159,51 +3159,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zhuqing Zheng</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yu Jiang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tristan Cumer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
@@ -3309,51 +3309,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I.J. Nijman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B.D. Rosen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Bardou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ISGC and IGGC Virtual Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2021, Toulouse-Dunedin, France. pp.886-889, </w:t>
@@ -3391,64 +3391,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Towards a sustainable management of farm animal genetic diversity in the era of whole-genome data: The case of sheep and goats</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Pompanon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Badr Benjelloun</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">37th International Society for Animal Genetics Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, International Society for Animal Genetics, Jul 2019, Lleida, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3473,51 +3473,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Epigenetic factors to face environmental variations in small ruminants</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Denoyelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre de Villemereuil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3749,51 +3749,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Prunier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Fenet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Pompanon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Joly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3880,103 +3880,103 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Présentation et premiers résultats du programme 1000 génomes caprins : VarGoats</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Bardou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Bourdon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Denoyelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Faraut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estelle Talouarn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées Scientifiques du Département de Génétique Animale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2018, Dienné, France</w:t>
@@ -4018,51 +4018,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chronology of selective events during sheep domestication</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Her</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Pompanon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Conference on Ecological Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2018, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4256,51 +4256,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05393593v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jolijn Erven" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Etourneau" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjan Mashkour" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahesh Neupane" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phillipe Bardou" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gbe/evaf181" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04867262v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Orozco-Terwengel" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Coissac" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Hanotte" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Pompanon" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Sunnucks" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mec.17133" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03480970v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Denoyelle" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Talouarn" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Bardou" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Licia Colli" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adriana Alberti" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12711-021-00659-6" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04804805v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Serranito" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Taurisson-Mouret" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sahraoui Harkat" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abbas Laoun" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadjet-Amina Ouchene-Khelifi" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fgene.2021.715732" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03421679v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Cavalazzi" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Vidal" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Ciani" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-021-00682-z" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04973085v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Rouvellac" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serranito Bruno" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03591256v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdessamad Ouhrouch" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Boitard" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Boyer" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Servin" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne da Silva" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fgene.2021.723599" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03258608v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Stewart" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Rioux" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;deric Boyer" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Gielly" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Pompanon" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2021.679428" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03402639v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Vila" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Abrahami" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moussab Albesso" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agraw Amane" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Bader" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15184/aqy.2020.247" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04307622v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Badr Benjelloun" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ian Streeter" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wahid Zamani" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Engelen" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1755-0998.13070" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04809547v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Cumer" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41437-018-0112-z" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02627209v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ibrahim Belabdi" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Lafri" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Semir Bechir Suheil Gaouar" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-019-44137-y" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02188464v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin P Daly" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierpaolo Maisano Delser" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victoria Mullin" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amelie Scheu" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valeria Mattiangeli" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.aas9411" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01875703v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Alberto" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-018-03206-y" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01964918v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian F. Alberto" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fgene.2015.00107" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04804823v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wasim Shehzad" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Michael Mccarthy" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lkhagvajav Purevjav" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0032104" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00746852v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiayyba Riaz" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Viari" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Taberlet" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkr732" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04804837v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tony Dejean" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Valentini" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Duparc" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Pellier-Cuit" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0023398" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04809600v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gentile Ficetola" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Zundel" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2164-11-434" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04808209v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Her" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.iste.co.uk/book.php?id=2198" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02389481v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wafa Achouak" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Bertin" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Capy" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Debroas" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Dedeine" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04186277v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Leempoel" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Stucki" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04804791v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03152209v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isa&#228;c Nijman" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Rosen" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhuqing Zheng" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yu Jiang" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03817722v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.A. Lenstra" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vargoats Consortium" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I.J. Nijman" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B.D. Rosen" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3920/978-90-8686-940-4_208" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04985662v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04985675v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre de Villemereuil" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meidhi Khelifi" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Gaff&#233;" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210453v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Niderkorn" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; Baumont" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Farruggia" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remy Delagarde" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Peyraud" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01353154v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Prunier" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Fenet" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Joly" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Kaufmann" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03817570v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Bourdon" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Faraut" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04985705v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05393593v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jolijn Erven" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Etourneau" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjan Mashkour" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahesh Neupane" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phillipe Bardou" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gbe/evaf181" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04867262v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Orozco-Terwengel" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Coissac" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Hanotte" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Pompanon" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Sunnucks" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mec.17133" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04804805v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Serranito" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Taurisson-Mouret" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sahraoui Harkat" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abbas Laoun" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadjet-Amina Ouchene-Khelifi" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fgene.2021.715732" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03480970v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Denoyelle" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Talouarn" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Bardou" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Licia Colli" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adriana Alberti" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12711-021-00659-6" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03421679v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Cavalazzi" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Vidal" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Ciani" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-021-00682-z" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04973085v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Rouvellac" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serranito Bruno" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03591256v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdessamad Ouhrouch" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Boitard" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Boyer" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Servin" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne da Silva" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fgene.2021.723599" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03402639v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Vila" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Abrahami" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moussab Albesso" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agraw Amane" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Bader" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15184/aqy.2020.247" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03258608v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Stewart" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Rioux" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;deric Boyer" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Gielly" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Pompanon" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2021.679428" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04809547v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Cumer" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41437-018-0112-z" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02627209v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ibrahim Belabdi" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Lafri" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Semir Bechir Suheil Gaouar" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-019-44137-y" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04307622v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Badr Benjelloun" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ian Streeter" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wahid Zamani" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Engelen" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1755-0998.13070" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02188464v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin P Daly" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierpaolo Maisano Delser" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victoria Mullin" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amelie Scheu" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valeria Mattiangeli" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.aas9411" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01875703v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Alberto" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-018-03206-y" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01964918v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian F. Alberto" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fgene.2015.00107" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04804823v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wasim Shehzad" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Michael Mccarthy" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lkhagvajav Purevjav" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0032104" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04804837v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tony Dejean" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Valentini" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Duparc" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Pellier-Cuit" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0023398" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00746852v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiayyba Riaz" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Viari" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Taberlet" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkr732" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04809600v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gentile Ficetola" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Zundel" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2164-11-434" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04808209v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Her" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.iste.co.uk/book.php?id=2198" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02389481v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wafa Achouak" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Bertin" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Capy" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Debroas" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Dedeine" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04186277v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Leempoel" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Stucki" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04804791v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03152209v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isa&#228;c Nijman" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Rosen" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhuqing Zheng" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yu Jiang" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03817722v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.A. Lenstra" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vargoats Consortium" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I.J. Nijman" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B.D. Rosen" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3920/978-90-8686-940-4_208" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04985662v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04985675v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre de Villemereuil" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meidhi Khelifi" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Gaff&#233;" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210453v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Niderkorn" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; Baumont" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Farruggia" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remy Delagarde" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Peyraud" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01353154v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Prunier" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Fenet" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Joly" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Kaufmann" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03817570v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Bourdon" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Faraut" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04985705v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>