--- v0 (2026-03-05)
+++ v1 (2026-03-29)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> François RIPOLL </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (23)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La loi des séries: avant-propos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Ripoll</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pallas. Revue d'études antiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 124, pp.13-17</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04773721v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ruines en série dans l'Enéide de Virgile</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Ripoll</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pallas. Revue d'études antiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 124, pp.95-112</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04773722v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’auto-affirmation littéraire d’Ovide dans les deux premiers livres des Pontiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Ripoll</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Antiquité classique : revue interuniversitaire d’études classiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 92, pp.47-66</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04773711v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La « catabase » d’Enée au chant VIII de l’Enéide</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Ripoll</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Latomus : revue d'études latines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 81 (1), pp.169-187. </w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2143/LAT.81.1.3290846⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04211616v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le chant VIII, &amp;quot;fin&amp;quot; de l'Enéide</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Ripoll</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue des études latines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 100, pp.95-116</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04773705v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le rôle du Tibre au chant VIII de l’Enéide</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Ripoll</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vita Latina</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 202, pp.181-204</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04211591v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Objets et lieux sacrés: réalités et imaginaires. Avant-propos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Ripoll</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pallas. Revue d'études antiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 118, pp.13-18. </w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/pallas.21997⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04211577v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’espace sacré de Rome au chant VIII de l’Enéide : des « lieux de mémoire » au paysage allégorique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Ripoll</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pallas. Revue d'études antiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 118, pp.107-126. </w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/pallas.22174⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04211574v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le bouclier d’Enée : unité thématique et cohérence structurelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Ripoll</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue des études anciennes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 123 (2), pp.615-637</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03556767v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La fabrication de l'Antiquité par les Anciens: avant-propos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Hélène Klinger-Dollé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Ripoll</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pallas. Revue d'études antiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 116, pp.137-140. </w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/pallas.21442⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04211854v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La revue des héros dans la Nekyia de Silius Italicus (Punica, XIII, 721-867) : un canon de modèles pour la Rome des Flaviens</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Ripoll</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pallas. Revue d'études antiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 116, pp.171-188. </w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/pallas.21535⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04211568v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La scène de fraternisation d’Ilerda (César, B. C., I, 74) : dramatisation narrative et démonstration politique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Ripoll</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vita Latina</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 200, pp.82-95</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04211590v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Toulouse, capitale des Wisigoths: avant-propos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Ripoll</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pallas. Revue d'études antiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 114, pp.233-236. </w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/pallas.19249⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04211555v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Bellum civile de Pétrone: un exemple de &amp;quot;sublime raté?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Ripoll</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers des Études Anciennes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, Sublime et sublimation dans l'imaginaire gréco-romain, 56, pp.129-157</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03242881v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">En attendant Achille (Stace, Achilléide, I, 467-513) : enjeux dramatiques, éthiques et politiques d’une scène « de transition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Ripoll</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dictynna - Revue de poétique latine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 16, </w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/dictynna.1826⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04211585v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La logique de l’incohérence dans l’épopée latine : le cas de Virgile et de Valérius Flaccus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Ripoll</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue des études latines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02267622v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entre émotion et distanciation : remarques sur l’homme et les animaux aux livres III et IV des Géorgiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Ripoll</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue des études latines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 93, pp.189-209</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02308701v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les ‘interactions’ entre Stace et Silius Italicus”</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Ripoll</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue des études anciennes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02267618v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jason au chant VIII des Argonautiques de Valérius Flaccus : héros ou anti‑héros ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Ripoll</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Cahiers Forell – Formes et Représentations en Linguistique et Littérature </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Héros et héroïsme dans l'épopée latine</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04509053v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La représentation de l’Âge des Héros au chant I des Argonautiques de Valérius Flaccus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Ripoll</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phoenix -Toronto-</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02267634v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mémoire de Valérius Flaccus dans l’Achilléide de Stace</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Ripoll</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue des études anciennes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02267607v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une lecture de l’épisode du jardinier de Tarente</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Ripoll</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vita Latina</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02267599v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Perfidus tyrannus : le personnage d'Eétès dans les Argonautiques de Valérius Flaccus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Ripoll</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'information littéraire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02267614v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (10)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lieux sacrés et scènes de réception dans l’épopée latine de Virgile à Valérius Flaccus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Ripoll</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Elisabeth Buchet, Pierre-Alain Caltot et Judith Rohman. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Du paysage quotidien à l’espace poétique. Le sanctuaire dans la poésie gréco-latine jusqu’au IIe siècle ap. J.-C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ausonius Editions, pp.75-88, 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04773762v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Pharsale entre élégie et tragédie : les départs de Pompée et de Cornélie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Ripoll</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">P.-A. Caltot, P. Duarte, S. Pétrone. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La confusion des genres dans la Pharsale de Lucain. Concordia discors</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses universitaires de Provence, pp.193-204, 2024, Héritages méditerranéens, 979-10-320-0495-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04773750v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Présence de Lucain dans l'Achilléide de Stace</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Ripoll</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">A. Ariemma, V. d’Urso et N. Lanzarone. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Studi sull’ epica latina in onore di Paolo Esposito</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.165-174, 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04773733v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les comparaisons animalières dans l’Achilléide de Stace</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Ripoll</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ph. Guisard, Chr. Laizé &amp; A. Contensou. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'homme et l'animal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ellipses; Paris, pp.522-544, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04211856v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arrival and reception scenes in the epic tradition from Homer to Silius</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Ripoll</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chr. Reitz et S. Finkmann. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Structures of Epic Poetry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, II. 3, De Gruyter, pp.13-53, 2019, </w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1515/9783110492590-040⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04211624v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scenes of departure by sea in the epic tradition from Homer to Silius</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Ripoll</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chr. Reitz et S. Finkmann. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Structures of Epic Poetry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, II. 3, De Gruyter, pp.89-124, 2019, </w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1515/9783110492590-042⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04211627v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">À la rescousse d’Alexandre (Quinte-Curce, Historiae Alexandri, 9.5.14-21)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Ripoll</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lectures latines. 45 textes de la littérature latine interprétés par des professeurs en hommage à Sylvie Franchet d’Espèrey</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02267628v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éloge et blâme de Jules César dans l’Enéide</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Ripoll</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Éloge et blâme. Figures et pratiques.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02267627v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">24 Statius and Silius Italicus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Ripoll</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Brill's Companion to Statius</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, BRILL, 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02267630v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La ‘guerre civile’ des abeilles dans les Géorgiques de Virgile (IV, 67-87) : paradigme ou parodie ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Ripoll</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La guerre et la paix</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02267624v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Déchéance et réhabilitation des objets, des espaces, des personnes dans l’Antiquité gréco-romaine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Christophe Courtil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Galbois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Ripoll</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Rougier Blanc</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ausonius Editions, 2024, Scripta Antiqua, 978-2-35613-500-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04773541v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Déchéance et réhabilitation dans l'Antiquité gréco-romaine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Christophe Courtil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Galbois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Ripoll</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Rougier Blanc</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ausonius, 176, 2024, Scripta Antiqua, 9782356135995</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04637833v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Déchéance et réhabilitation dans l'Antiquité gréco-romaine. Espaces, personnes, objets</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Christophe Courtil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Galbois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Ripoll</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Rougier Blanc</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ausonius éditions, 176, 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04858995v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seneca saepe noster. Articles de M. Armisen-Marchetti sur l’œuvre de Sénèque (1981-2013) réunis en son honneur. Textes édités par J.-P. Aygon, J.-Chr. Courtil et F. Ripoll</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Aygon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Christophe Courtil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Ripoll</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ausonius. 2020, Scripta Antiqua 138</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04211506v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seneca saepe noster. Articles de M. Armisen-Marchetti sur l’œuvre de Sénèque (1981-2013) réunis en son honneur, en collaboration avec J.-P. Aygon & F. Ripoll, Bordeaux, Ausonius, « Scripta Antiqua » 138, 2020, 423 p.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Aygon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Christophe Courtil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Ripoll</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02980841v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">N°spécial de revue/special issue (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La loi des séries</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Ripoll</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pallas. Revue d'études antiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 124, 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04773699v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La fabrication de l'Antiquité par les Anciens</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Hélène Klinger-Dollé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Ripoll</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pallas. Revue d'études antiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 116, pp.137-248, 2021, </w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/pallas.20504⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04211853v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Objets et lieux sacrés: réalités et imaginaires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Ripoll</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pallas. Revue d'études antiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 118, pp.13-148, 2021, </w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/pallas.21979⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04211581v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Toulouse, capitale des Wisigoths</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Ripoll</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pallas. Revue d'études antiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 114, pp.231-325, 2020, </w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/pallas.18747⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04211549v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (6)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ulysses as an inter (and meta-)textual Hero in the Achilleid of Statius</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Ripoll</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Intertextuality in Flavian Epic Poetry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, N. Coffee, Chr. Forstall, L. Galli Milic, D. Nelis, May 2015, Genève, Switzerland. pp.243-258</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04211640v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Si parua licet componere magnis (Georg. IV, 176) : la dialectique du ‘grand’ et du‘petit’ dans les chants III et IV des Géorgiques de Virgile</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Ripoll</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Penser le “petit” de l’Antiquité au XXe siècle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Fage, May 2017, Lyon, France. pp.148-156</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02308651v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stace entre Virgile et Ovide dans l’Achilléide</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Ripoll</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La représentation du “couple” Virgile-Ovide dans la tradition culturelle de l’Antiquité à nos jours</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Villeneuve d’Ascq, Septentrion V, Aug 2016, Lille, France. pp.34-46</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02308577v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La mutilation oculaire : formes et sens d’un motif guerrier de la Pharsale aux épopées flaviennes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Ripoll</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présence de Lucain (Coll. Caesarodunum XVIII-XLXIX bis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Centre A. Piganiol, Feb 2016, Clermont-Ferrand, France. pp.259-280</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02308632v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peut-on considérer la Pharsale comme une ‘épopée tragique’ ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Ripoll</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lucan and Claudian : Context and Intertext</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Winter, Sep 2016, Heidelberg, Germany. pp.61-76</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02308592v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le ‘tabou de la navigation’ dans les Argonautiques de Valérius Flaccus : invention et liquidation d’une tradition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Ripoll</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tradition et innovation dans l’épopée latine de L’Antiquité au Moyen-Age</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2014, Bordeauz, France. pp.103-118</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02308293v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId75"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> François RIPOLL </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Déchéance et réhabilitation des objets, des espaces, des personnes dans l’Antiquité gréco-romaine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Christophe Courtil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Galbois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Ripoll</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Rougier Blanc</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ausonius Editions, 2024, Scripta Antiqua, 978-2-35613-500-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04773541v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Déchéance et réhabilitation dans l'Antiquité gréco-romaine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Christophe Courtil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Galbois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Ripoll</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Rougier Blanc</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ausonius, 176, 2024, Scripta Antiqua, 9782356135995</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04637833v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Déchéance et réhabilitation dans l'Antiquité gréco-romaine. Espaces, personnes, objets</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Christophe Courtil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Galbois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Ripoll</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Rougier Blanc</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ausonius éditions, 176, 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04858995v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seneca saepe noster. Articles de M. Armisen-Marchetti sur l’œuvre de Sénèque (1981-2013) réunis en son honneur, en collaboration avec J.-P. Aygon & F. Ripoll, Bordeaux, Ausonius, « Scripta Antiqua » 138, 2020, 423 p.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Aygon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Christophe Courtil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Ripoll</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02980841v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seneca saepe noster. Articles de M. Armisen-Marchetti sur l’œuvre de Sénèque (1981-2013) réunis en son honneur. Textes édités par J.-P. Aygon, J.-Chr. Courtil et F. Ripoll</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Aygon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Christophe Courtil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Ripoll</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ausonius. 2020, Scripta Antiqua 138</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04211506v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (23)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La loi des séries: avant-propos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Ripoll</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pallas. Revue d'études antiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 124, pp.13-17</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04773721v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ruines en série dans l'Enéide de Virgile</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Ripoll</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pallas. Revue d'études antiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 124, pp.95-112</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04773722v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’auto-affirmation littéraire d’Ovide dans les deux premiers livres des Pontiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Ripoll</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Antiquité classique : revue interuniversitaire d’études classiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 92, pp.47-66</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04773711v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Objets et lieux sacrés: réalités et imaginaires. Avant-propos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Ripoll</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pallas. Revue d'études antiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 118, pp.13-18. </w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/pallas.21997⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04211577v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le rôle du Tibre au chant VIII de l’Enéide</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Ripoll</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vita Latina</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 202, pp.181-204</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04211591v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le chant VIII, &amp;quot;fin&amp;quot; de l'Enéide</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Ripoll</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue des études latines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 100, pp.95-116</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04773705v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La « catabase » d’Enée au chant VIII de l’Enéide</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Ripoll</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Latomus : revue d'études latines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 81 (1), pp.169-187. </w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2143/LAT.81.1.3290846⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04211616v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’espace sacré de Rome au chant VIII de l’Enéide : des « lieux de mémoire » au paysage allégorique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Ripoll</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pallas. Revue d'études antiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 118, pp.107-126. </w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/pallas.22174⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04211574v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La fabrication de l'Antiquité par les Anciens: avant-propos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Hélène Klinger-Dollé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Ripoll</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pallas. Revue d'études antiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 116, pp.137-140. </w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/pallas.21442⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04211854v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le bouclier d’Enée : unité thématique et cohérence structurelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Ripoll</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue des études anciennes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 123 (2), pp.615-637</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03556767v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La revue des héros dans la Nekyia de Silius Italicus (Punica, XIII, 721-867) : un canon de modèles pour la Rome des Flaviens</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Ripoll</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pallas. Revue d'études antiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 116, pp.171-188. </w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/pallas.21535⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04211568v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La scène de fraternisation d’Ilerda (César, B. C., I, 74) : dramatisation narrative et démonstration politique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Ripoll</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vita Latina</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 200, pp.82-95</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04211590v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Toulouse, capitale des Wisigoths: avant-propos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Ripoll</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pallas. Revue d'études antiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 114, pp.233-236. </w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/pallas.19249⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04211555v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Bellum civile de Pétrone: un exemple de &amp;quot;sublime raté?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Ripoll</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers des Études Anciennes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, Sublime et sublimation dans l'imaginaire gréco-romain, 56, pp.129-157</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03242881v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">En attendant Achille (Stace, Achilléide, I, 467-513) : enjeux dramatiques, éthiques et politiques d’une scène « de transition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Ripoll</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dictynna - Revue de poétique latine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 16, </w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/dictynna.1826⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04211585v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La logique de l’incohérence dans l’épopée latine : le cas de Virgile et de Valérius Flaccus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Ripoll</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue des études latines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02267622v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entre émotion et distanciation : remarques sur l’homme et les animaux aux livres III et IV des Géorgiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Ripoll</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue des études latines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 93, pp.189-209</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02308701v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les ‘interactions’ entre Stace et Silius Italicus”</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Ripoll</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue des études anciennes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02267618v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jason au chant VIII des Argonautiques de Valérius Flaccus : héros ou anti‑héros ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Ripoll</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Cahiers Forell – Formes et Représentations en Linguistique et Littérature </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Héros et héroïsme dans l'épopée latine</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04509053v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La représentation de l’Âge des Héros au chant I des Argonautiques de Valérius Flaccus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Ripoll</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phoenix -Toronto-</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02267634v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mémoire de Valérius Flaccus dans l’Achilléide de Stace</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Ripoll</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue des études anciennes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02267607v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une lecture de l’épisode du jardinier de Tarente</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Ripoll</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vita Latina</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02267599v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Perfidus tyrannus : le personnage d'Eétès dans les Argonautiques de Valérius Flaccus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Ripoll</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'information littéraire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02267614v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (10)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lieux sacrés et scènes de réception dans l’épopée latine de Virgile à Valérius Flaccus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Ripoll</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Elisabeth Buchet, Pierre-Alain Caltot et Judith Rohman. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Du paysage quotidien à l’espace poétique. Le sanctuaire dans la poésie gréco-latine jusqu’au IIe siècle ap. J.-C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ausonius Editions, pp.75-88, 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04773762v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Pharsale entre élégie et tragédie : les départs de Pompée et de Cornélie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Ripoll</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">P.-A. Caltot, P. Duarte, S. Pétrone. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La confusion des genres dans la Pharsale de Lucain. Concordia discors</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses universitaires de Provence, pp.193-204, 2024, Héritages méditerranéens, 979-10-320-0495-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04773750v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Présence de Lucain dans l'Achilléide de Stace</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Ripoll</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">A. Ariemma, V. d’Urso et N. Lanzarone. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Studi sull’ epica latina in onore di Paolo Esposito</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.165-174, 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04773733v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les comparaisons animalières dans l’Achilléide de Stace</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Ripoll</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ph. Guisard, Chr. Laizé &amp; A. Contensou. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'homme et l'animal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ellipses; Paris, pp.522-544, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04211856v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arrival and reception scenes in the epic tradition from Homer to Silius</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Ripoll</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chr. Reitz et S. Finkmann. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Structures of Epic Poetry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, II. 3, De Gruyter, pp.13-53, 2019, </w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1515/9783110492590-040⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04211624v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scenes of departure by sea in the epic tradition from Homer to Silius</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Ripoll</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chr. Reitz et S. Finkmann. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Structures of Epic Poetry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, II. 3, De Gruyter, pp.89-124, 2019, </w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1515/9783110492590-042⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04211627v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">À la rescousse d’Alexandre (Quinte-Curce, Historiae Alexandri, 9.5.14-21)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Ripoll</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lectures latines. 45 textes de la littérature latine interprétés par des professeurs en hommage à Sylvie Franchet d’Espèrey</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02267628v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éloge et blâme de Jules César dans l’Enéide</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Ripoll</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Éloge et blâme. Figures et pratiques.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02267627v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">24 Statius and Silius Italicus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Ripoll</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Brill's Companion to Statius</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, BRILL, 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02267630v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La ‘guerre civile’ des abeilles dans les Géorgiques de Virgile (IV, 67-87) : paradigme ou parodie ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Ripoll</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La guerre et la paix</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02267624v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">N°spécial de revue/special issue (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La loi des séries</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Ripoll</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pallas. Revue d'études antiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 124, 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04773699v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La fabrication de l'Antiquité par les Anciens</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Hélène Klinger-Dollé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Ripoll</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pallas. Revue d'études antiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 116, pp.137-248, 2021, </w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/pallas.20504⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04211853v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Objets et lieux sacrés: réalités et imaginaires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Ripoll</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pallas. Revue d'études antiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 118, pp.13-148, 2021, </w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/pallas.21979⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04211581v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Toulouse, capitale des Wisigoths</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Ripoll</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pallas. Revue d'études antiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 114, pp.231-325, 2020, </w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/pallas.18747⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04211549v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (6)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ulysses as an inter (and meta-)textual Hero in the Achilleid of Statius</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Ripoll</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Intertextuality in Flavian Epic Poetry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, N. Coffee, Chr. Forstall, L. Galli Milic, D. Nelis, May 2015, Genève, Switzerland. pp.243-258</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04211640v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Si parua licet componere magnis (Georg. IV, 176) : la dialectique du ‘grand’ et du‘petit’ dans les chants III et IV des Géorgiques de Virgile</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Ripoll</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Penser le “petit” de l’Antiquité au XXe siècle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Fage, May 2017, Lyon, France. pp.148-156</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02308651v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La mutilation oculaire : formes et sens d’un motif guerrier de la Pharsale aux épopées flaviennes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Ripoll</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présence de Lucain (Coll. Caesarodunum XVIII-XLXIX bis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Centre A. Piganiol, Feb 2016, Clermont-Ferrand, France. pp.259-280</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02308632v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stace entre Virgile et Ovide dans l’Achilléide</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Ripoll</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La représentation du “couple” Virgile-Ovide dans la tradition culturelle de l’Antiquité à nos jours</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Villeneuve d’Ascq, Septentrion V, Aug 2016, Lille, France. pp.34-46</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02308577v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peut-on considérer la Pharsale comme une ‘épopée tragique’ ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Ripoll</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lucan and Claudian : Context and Intertext</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Winter, Sep 2016, Heidelberg, Germany. pp.61-76</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02308592v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le ‘tabou de la navigation’ dans les Argonautiques de Valérius Flaccus : invention et liquidation d’une tradition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Ripoll</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tradition et innovation dans l’épopée latine de L’Antiquité au Moyen-Age</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2014, Bordeauz, France. pp.103-118</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02308293v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId75"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -185,51 +185,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04773721v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Ripoll" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04773722v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04773711v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04211616v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2143/LAT.81.1.3290846" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04773705v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04211591v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04211577v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/pallas.21997" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04211574v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/pallas.22174" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03556767v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04211854v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-H&#233;l&#232;ne Klinger-Doll&#233;" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/pallas.21442" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04211568v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/pallas.21535" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04211590v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04211555v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/pallas.19249" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03242881v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04211585v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/dictynna.1826" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-02267622v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02308701v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-02267618v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04509053v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-02267634v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-02267607v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-02267599v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-02267614v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04773762v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04773750v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04773733v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04211856v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-04211624v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/9783110492590-040" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/5FQ-9T78R128-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-04211627v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/9783110492590-042" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/5FQ-QZ5XT16B-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-02267628v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-02267627v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-02267630v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-02267624v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04773541v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Courtil" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Galbois" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Rougier Blanc" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04637833v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04858995v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04211506v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Aygon" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02980841v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04773699v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04211853v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/pallas.20504" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04211581v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/pallas.21979" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04211549v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/pallas.18747" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-04211640v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02308651v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02308577v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02308632v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02308592v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02308293v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04773541v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Courtil" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Galbois" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Ripoll" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Rougier Blanc" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04637833v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04858995v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02980841v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Aygon" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04211506v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04773721v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04773722v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04773711v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04211577v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/pallas.21997" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04211591v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04773705v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04211616v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2143/LAT.81.1.3290846" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04211574v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/pallas.22174" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04211854v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-H&#233;l&#232;ne Klinger-Doll&#233;" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/pallas.21442" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03556767v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04211568v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/pallas.21535" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04211590v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04211555v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/pallas.19249" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03242881v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04211585v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/dictynna.1826" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-02267622v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02308701v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-02267618v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04509053v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-02267634v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-02267607v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-02267599v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-02267614v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04773762v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04773750v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04773733v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04211856v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-04211624v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/9783110492590-040" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/5FQ-9T78R128-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-04211627v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/9783110492590-042" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/5FQ-QZ5XT16B-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-02267628v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-02267627v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-02267630v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-02267624v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04773699v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04211853v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/pallas.20504" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04211581v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/pallas.21979" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04211549v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/pallas.18747" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-04211640v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02308651v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02308632v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02308577v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02308592v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02308293v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>