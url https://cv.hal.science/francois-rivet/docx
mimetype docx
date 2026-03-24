--- v0 (2026-03-03)
+++ v1 (2026-03-24)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:100px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Francois RIVET </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">francois-rivet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0002-6003-4208</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">135485576</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Design of a Radio Frequency Front-End Receiver dedicated to Software-Radio for Mobile Terminals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Micro and nanotechnologies/Microelectronics. Université Sciences et Technologies - Bordeaux I, 2009. English. </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-00412242v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (29)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Toward Distributed and Intelligent Integrated Sensing and Communications for 6G Networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilio Calvanese Strinati</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">George C. Alexandropoulos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Navid Amani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maurizio Crozzoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giyyarpuram Madhusudan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Wireless Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 32 (1), pp.60-67. </w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/mwc.001.2400056⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04987589v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">2024 IEEE Radio Frequency Integrated Circuits Symposium in Washington, DC, USA [Conference Reports]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Danilo Manstretta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohyee Mikhemar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Solid-State Circuits Magazine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 17 (1), pp.136-138. </w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/mssc.2024.3489832⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05034525v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental Demonstration of Walsh-Based RF Conversion Using Wideband DAC and ADC in 28nm FDSOI CMOS Technology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Ferrer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxandre Fellmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Deltimple</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Herve Lapuyade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transactions on Circuits and Systems I</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05298805v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The 2025 RFIC Symposium</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohyee Mikhemar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amin Arbabian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Microwave Magazine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 26 (5), pp.114-116. </w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/mmm.2025.3535137⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05100636v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A 71% Relative Bandwidth Differential Integrated Power Amplifier With Optimized PAEmax for 5G-NR FR1 Carrier Aggregation Applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Remi Queheille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magalie de Matos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Kerherve</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Circuits and Systems II: Express Briefs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, pp.1-1. </w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/tcsii.2025.3567701⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05081616v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Celebrating 75 Years of the IEEE Circuits and Systems Society Across Europe [CASS Conference Highlights]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandro Carrara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shih-Chii Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Begon-Lours</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andreas Demosthenous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Circuits and Systems Magazine -New Series-</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 25 (3), pp.69-87. </w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/MCAS.2025.3560603⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05342860v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">IEEE Circuits and Systems Society Tour de France 2024: Celebrating 75 Years of Innovation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Desgreys</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Deltimple</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Frappé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Bourdel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Circuits and Systems Magazine -New Series-</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 24 (4), pp.25-34. </w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/MCAS.2024.3410911⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04795024v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transceiver for Ultrasonic Intra-Body Area Networks with non-coherent BPSK detection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justine Guedey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Herve Lapuyade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Circuits and Systems II: Express Briefs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, </w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TCSII.2024.3357066⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04440977v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The 2024 RFIC Symposium</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Danilo Manstretta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohyee Mikhemar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Microwave Magazine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 25 (5), pp.127-158. </w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/mmm.2024.3364568⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04572162v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Block-based LMS using the Walsh Transform for Digital Predistortion of Power Amplifiers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxandre Fellmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Deltimple</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Kerherve</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Herve Lapuyade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, pp.1-1. </w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/tcomm.2023.3294959⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04166712v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D-Band CMOS Power Amplifiers: Challenges, State-of-the-Art, Technological Limitations and Trends</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Lhomel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Deltimple</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Integrated Circuits and Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, Technological Trends for Future Radiofrequency Circuits and Systems, 18 (3), pp.795. </w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.29292/jics.v18i3.795⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04457532v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A (0.75-1.13)mW and (2.4-5.2)ps RMS jitter Integer-N based Dual-Loop PLL for Indoor and Outdoor Positioning in 28nm FD-SOI CMOS Technology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mateus B. Moreira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magali de Matos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Herve Lapuyade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Circuits and Systems II: Express Briefs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, pp.1-5. </w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/tcsii.2023.3292428⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04166890v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Proof-of-Concept of a Multiple-Cell Upsets Detection Method for SRAMs in Space Applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leonardo H. Brendler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Herve Lapuyade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Darracq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Fauquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Circuits and Systems I: Regular Papers</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, pp.1-11. </w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/tcsi.2023.3310876⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04245512v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Walsh-Based Arbitrary Waveform Generator for 5G Applications in 28nm FD-SOI CMOS Technology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Ferrer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Herve Lapuyade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Access</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 11, pp.117434-117442. </w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/access.2023.3326530⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04283929v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An IoT-based Precision Agriculture Project for Education in Circuits and Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Ferre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ryan Raimond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Moreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corentin Gaury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal sur l'enseignement des sciences et technologies de l'information et des systèmes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 21, pp.2005. </w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/j3ea/20222005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04029483v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">28nm FDSOI Ultra Low Power 1.5-2.0 GHz Factorial-DLL Frequency Synthesizer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andres Asprilla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Cordova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Herve Lapuyade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Circuits and Systems II: Express Briefs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 68 (2), pp.602-606. </w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TCSII.2020.3047464⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03096512v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How to Feed a Growing population - An IoT Approach to Crop Health and Growth</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Grimblatt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Jego</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Ferre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Journal on Emerging and Selected Topics in Circuits and Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, pp.1-1. </w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/JETCAS.2021.3099778⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03340693v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the Wavelet-based Compressibility of Continuous-Time Sampled ECG Signal for e-Health Applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Asma Maalej</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manel Ben-Romdhane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mariam Tlili</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Dallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Measurement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 164, pp.108031. </w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.measurement.2020.108031⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02637998v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Event-Driven ECG Sensor in Healthcare Devices for Data Transfer Optimization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manel Ben-Romdhane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Asma Maalej</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mariam Tlili</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chiheb Rebai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Arabian Journal for Science and Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, </w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s13369-020-04483-w⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02527916v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Level-Crossing ADC Design and Evaluation Methodology for Normal and Pathological Electrocardiogram Signals Measurement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mariam Tlili</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manel Ben-Romdhane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Asma Maalej</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Dallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Measurement - Journal of the International Measurement Confederation (IMEKO)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 124, pp.423-425. </w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.measurement.2018.03.032⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01767677v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterization of Impulse Radio Intrabody Communication System for Wireless Body Area Networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zibo Cai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mirhojjat Seyedi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Weiwei Zhang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel T.H. Lai</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Medical and Biological Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 37 (1), pp.74-84. </w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s40846-016-0198-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01536616v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noise shaping Riemann: an energy efficient data conversion scheme</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoan Veyrac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Analog Integrated Circuits and Signal Processing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, pp.1-9. </w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10470-017-0980-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01552335v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A 65-nm CMOS DAC Based on a Differentiating Arbitrary Waveform Generator Architecture for 5G Handset Transmitter</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoan Veyrac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Dallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Garrec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Circuits and Systems II: Express Briefs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 63 (1), pp.104-108. </w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TCSII.2015.2504947⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01240272v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Intra-body communications: radio-frequency versus ultrasonic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nick Owen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel T.H. Lai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Analog Integrated Circuits and Signal Processing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, </w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10470-015-0659-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01240271v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Design of a Miniaturized Wireless Blood Pressure Sensing Interface using Capacitive Coupling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ammar Aldaoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Callum Laurenson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mehmet Yuce</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Redouté</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE/ASME Transactions on Mechatronics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 20 (1), pp.487-491. </w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TMECH.2014.2322614⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01139462v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adaptive interferer cancellation using a Sampled Analog Signal Processor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoan Veyrac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Garrec</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IET Radar Sonar and Navigation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, </w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1049/iet-rsn.2015.0126⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01240270v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An Ultra Low Power Consumption Millimeter-Wave Voltage Controlled Oscillator in a 65 nm CMOS-SOI Technology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Mariano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Mazouffre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernardo Leite</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Begueret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Analog Integrated Circuits and Signal Processing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 74 (3), pp.83-86</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00840446v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Experimental Demonstration of a SASP-Based Full Software Radio Receiver</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Begueret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Dallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Cathelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Journal of Solid-State Circuits</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 45 (5), pp.979-988. </w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/JSSC.2010.2041402⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00477579v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Disruptive Receiver Architecture Dedicated to Software-Defined Radio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Begueret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Dallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Cathelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Circuits and Systems Part 2 Analog and Digital Signal Processing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 55 (4), pp.344-348. </w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TCSII.2008.919512⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00274011v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (153)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A 71% Relative Bandwidth Differential Integrated Power Amplifier With Optimized PAE max for 5G-NR FR1 Carrier Aggregation Applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Quéheille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxandre Fellmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magali de Matos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Kerhervé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISICAS 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2025, Qingdao, China</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05506739v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PTAT voltage generater-based voltage reference circuit without external bias voltage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emu Murata</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kawori Sekine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shuya Isawa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michitaka Yoshino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kazuyuki Wada</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Analog VLSI Circuits (AVIC 2025)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2025, Matsue, Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05298631v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Design and measurement of voltage reference circuit by an equivalent MOSFET having different temperature coefficient of threshold voltage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isawa Shuya</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michitaka Yoshino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kawori Sekine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kazuyuki Wada</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Analog VLSI Circuits (AVIC 2025)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2025, Matsue, Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05298615v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High-Efficiency Walsh LMS-Based Digital Predistortion for RF Power Amplifiers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxandre Fellmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Deltimple</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Ferrer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Remi Queheille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2025 International Conference on Analog VLSI Circuits (AVIC 2025)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2025, Matsue, Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05298894v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Sequency Domain: a new Approach for Radio Frequency Front End</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Ferrer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxandre Fellmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Deltimple</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Herve Lapuyade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2025 IEEE 16th International Conference on ASIC (ASICON 2025)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2025, Kunming, China</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05298922v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A 860mV and 73.5Ppm/°C Voltage Reference that Relies on Back-Gate Biasing Techniques in 28nm FD-SOI Technology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Guillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Herve Lapuyade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Rivet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2024 31st IEEE International Conference on Electronics, Circuits and Systems (ICECS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2024, Nancy, France. pp.1-4, </w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/icecs61496.2024.10849174⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04945900v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude de la reconfigurabilité des émetteurs RF dans le contexte de l’agrégation de porteuse pour les bandes sub-6GHz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Deltimple</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Remi Queheille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Rivet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">FETCH 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2025, Montréal (Québec), Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04958687v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Semantic Waveforms for AI-Native 6G Networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nour Hello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Amine Hamoura</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilio Calvanese-Strinati</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2025 IEEE Globecom Workshops (GC Wkshps)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2025, Taipei, Singapore</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05298579v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A 728mV and 23.4ppm/°C voltage reference using parasitic diode biasing for temperature compensation in 28nm FD-SOI technology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Guillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Herve Lapuyade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Analog VLSI Circuits (AVIC 2025)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2025, Matsue, Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05298823v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enhanced Voltage Reference Circuit Design Using Quadratic Function Modeling of MOSFET Characteristics in the Saturation Region</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kawori Sekine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kazuyuki Wada</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Herve Lapuyade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">32nd IEEE International Conference on Electronics Circuits and Systems (ICECS 2025)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2025, Marrakech, Morocco</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05298693v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Design Methodology for sub-THz Power Amplifier for 6G/D-band</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Deltimple</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Lhomel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EuMIC/EuMC 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2025, Utrecht (Netherlands), Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05493298v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The impact of Back-Gate biasing and layout on temperature sensitivity of transistors in FD-SOI CMOS technology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Guillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Herve Lapuyade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2025 IEEE 16th International Conference on ASIC (ASICON 2025)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2025, Kunming, China</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05298730v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Co-simulation Workflow for D-Band Power Amplifier Linearization using Walsh-based DPD</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Lhomel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxandre Fellmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Kerherve</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2024 IEEE International Symposium on Circuits and Systems (ISCAS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IEEE Circuits and Systems (CAS), May 2024, Singapour, Singapore</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04454321v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Walsh-Domain Neural Network for Power Amplifier Behavioral Modelling and Digital Predistortion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cel Thys</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodney Martinez Alonso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Lhomel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxandre Fellmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Deltimple</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2024 IEEE International Symposium on Circuits and Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2024, Singapour, Singapore. </w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.48550/arXiv.2402.09964⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04538321v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Study and development of an innovative broadband transmission architecture for 5G applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Remi Queheille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Deltimple</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ST-IMS Common Lab Workshop 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04699751v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un amplificateur de puissance large bande à PAE contrôlée en technologie CMOS 28 nm FDSOI pour des applications 5G</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Remi Queheille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Kerherve</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Deltimple</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">23ème Journées Nationales Microondes (JNM 2024)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2024, Antibes Juan Les Pins, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05081691v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A 10-GHz Low Power Class-C VCO with Long-Term Reliability and Tunable Performance in 28 nm FD-SOI for Satellite Communications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henrique Iha Taguti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ayoub Ait Ihda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Herve Lapuyade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Rochette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE 17th International Conference on Solid-State &amp; Integrated Circuit Technology (ICSICT)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2024, Zhuhai, China</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04804376v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benchmark of Cosimulation Methodologies for Digital Predistortion on IC Wideband Power Amplifiers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxandre Fellmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Quéheille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Lhomel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Kerhervé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2024 19th European Microwave Integrated Circuits Conference (EuMIC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2024, Paris, France. pp.79-82, </w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.23919/EuMIC61603.2024.10732635⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05508688v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Demonstration of PAE Control in a Wideband CoTS-Based Power Amplifier for 5G Applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Remi Queheille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magali De Matos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxandre Fellmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Kerherve</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GDR SoC2</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2024, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05010247v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un convertisseur radiofréquence large-bande utilisant la transformée de Walsh pour application 5G et au delà</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Ferrer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Herve Lapuyade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">23èmes Journées Nationales Microondes (JNM)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2024, Antibes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04521154v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une méthode LMS par blocs utilisant la transformée de Walsh pour de la prédistorsion numérique d'amplificateur de puissance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxandre Fellmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Kerherve</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Deltimple</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">23èmes Journées Nationales Microondes (JNM)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2024, Antibes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04521234v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benchmark of Cosimulation Methodologies for Digital Predistorsion on IC Wideband Power Amplifiers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxandre Fellmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Remi Queheille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Lhomel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Kerherve</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Microwave Integrated Circuits Conference 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2024, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04599866v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A 0.65-1.5GHz Wideband Power Amplifier With Second Harmonic Control Proof-of-Concept for 5G Applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Remi Queheille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magali de Matos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxandre Fellmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Kerherve</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2024 IEEE 15th Latin America Symposium on Circuits and Systems (LASCAS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2024, Punta del Este, Uruguay. pp.1-4, </w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/lascas60203.2024.10506186⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04631322v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Temperature Compensation in FD-SOI Transistors: A Novel Approach with 27% Performance Improvement via Parasitic Diode Biasing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Guillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Herve Lapuyade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">31st IEEE International Conference on Electronics, Circuits and Systems (ICECS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2024, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04790652v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sub-THz Power amplifier design integrated on 28nm FDSOI for 6G applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Lhomel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Deltimple</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Kerherve</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ST-IMS Common Lab Workshop Fall 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2024, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04648535v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Distributed Intelligent Integrated Sensing and Communications: The 6G-DISAC Approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilio Calvanese Strinati</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">George Alexandropoulos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Madhusudan Giyyarpuram</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Sehier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sami Mekki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2024 Joint European Conference on Networks and Communications & 6G Summit (EuCNC/6G Summit)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2024, Antwerp, Belgium. pp.392-397, </w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/EuCNC/6GSummit60053.2024.10597016⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-04760289v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Tool for Automatic Radiation-Hardened SRAM Layout Generation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leonardo Brendler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Lapuyade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ricardo Reis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Rivet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2023 30th IEEE International Conference on Electronics, Circuits and Systems (ICECS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2023, Istanbul, Turkey. pp.1-4, </w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/icecs58634.2023.10382845⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04538174v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Low-Cost Bench for Training Students in Power Amplifier and Digital Predistortion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxandre Fellmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Deltimple</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Kerherve</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Association for Education in Electrical and Information Engineering (EAEEIE)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2023, Eindhoven, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04118411v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Walsh-based Arbitrary Waveform Generator for 5G Applications in 28nm FD-SOI CMOS Technology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Ferrer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Herve Lapuyade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Analog VLSI Circuits (AVIC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IEEE Solid State Circuit Society, Oct 2023, Sinaïa, Romania</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04217454v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A 2.45GHz SiGe Power Amplifier with a Novel Digital Predistortion using Orthogonal Sequences</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Lhomel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxandre Fellmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Remi Queheille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Kerherve</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE NEWCAS2023, 21st IEEE Interregional NEWCAS Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IEEE Circuits and Systems Society, Jun 2023, Edinburgh, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04166657v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A MCU-robust Interleaved Data/Detection SRAM for Space Environments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leonardo Brendler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Herve Lapuyade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ricardo Reis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Computer Society Annual Symposium on VLSI (ISVLSI)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2023, Foz do Iguaçu, Brazil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04118401v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Proposal and Application of Equivalent MOSFET with different temperature coefficient of threshold voltage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hiroshi Kobayashi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kawori Sekine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kazuyuki Wada</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Herve Lapuyade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Analog VLSI Circuits (AVIC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IEEE Solid State Circuit Society, Oct 2023, Sinaïa, Romania</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04217911v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Zero Temperature Coefficient Voltage Reference, Stability and Versatility using 28nm FD-SOI Technology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Guillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Herve Lapuyade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kawori Sekine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kazuyuki Wada</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Analog VLSI Circuits (AVIC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IEEE Solid State Circuit Society, Oct 2023, Sinaïa, Romania</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04218085v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Wide-Band High-Speed Sample and Hold in 0.35μm CMOS Technology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mateus Bernardino Moreira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Herve Lapuyade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE 14th Latin American Symposium on Circuits and Systems (LASCAS 2023)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2023, Quito, Ecuador</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04080882v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Calibration d'un convertisseur numérique-analogique large bande pour l'agrégation de porteuses 5G en technologie 28nm FDSOI</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Ferrer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Herve Lapuyade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque National du GDR SOC2</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2023, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04331071v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A PAE-Controlled Wideband Power Amplifier for Sub-6GHz 5G Applications in 28nm FDSOI Technology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Remi Queheille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxandre Fellmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Kerherve</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2022 29th IEEE International Conference on Electronics, Circuits and Systems (ICECS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2022, Glasgow, United Kingdom. pp.1-4, </w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICECS202256217.2022.9971061⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03937315v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An IoT SoC for Agricultural Applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Grimblatt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Ferre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Jego</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2022 IEEE 13th Latin America Symposium on Circuits and Systems (LASCAS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2022, Puerto Varas, Chile. pp.1-4, </w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/LASCAS53948.2022.9789071⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04098594v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An SRAM-based Multiple Event Upsets Detection Method for Space Applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leonardo H. Brendler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Herve Lapuyade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ricardo Reis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Rivet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">33rd European Conference on Radiation and its Effects on Components and Systems (RADECS 2022)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2022, Venice, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03729352v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oscillateur en classe C à 10 GHz, à faible bruit et large plage d’accord en fréquence, avec une fiabilité à long terme et un réglage du bruit de phase par la grille arrière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ayoub Ait Ihda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Lapuyade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Gastaldi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Nationales Microondes (JNM 2022)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Limoges, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03631986v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une PLL à Double boucle basée sur une architecture N-entière pour une faible résolution de fréquence en technologie 28nm CMOS FD-SOI</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mateus B. Moreira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Sandrez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Md. Sazzad Hossain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Herve Lapuyade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque National du GDR SOC2</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03731236v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sub-THz Tranceivers with Advanced CMOS technologies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Deltimple</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastien Sadlo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Lhomel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andreia Cathelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">17th European Microwave Integrated Circuits Conference (EuMIC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2022, Milan, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03792199v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un générateur de signaux arbitraires radio-fréquences pour l'agrégation de porteuses 5G en technologie 28nm FDSOI</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Ferrer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Herve Lapuyade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Nationales Microondes (JNM 2022)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Limoges, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03729287v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Design of a broadband D-Band Power Amplifier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Lhomel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Deltimple</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Kerherve</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ST-IMS Common Lab Workshop Fall 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04699757v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une méthode de prédistorsion numérique d’amplificateur de puissance utilisant des séquences orthogonales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxandre Fellmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Deltimple</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Kerhervé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Nationales Microondes (JNM 2022)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Limoges, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03729260v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Low Power Frequency Dividers using TSPC logic in 28nm FDSOI Technology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Md Sazzad Hossain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mateus Bernardino Moreira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Sandrez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Herve Lapuyade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2022 IEEE 13th Latin America Symposium on Circuits and System (LASCAS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2022, Puerto Varas, Chile. pp.1-4, </w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/LASCAS53948.2022.9789073⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04337331v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Démonstration d'un générateur de signaux arbitraires utilisant des séquences orthogonales à base de composants du commerce</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Quéheille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Deltimple</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Kerhervé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Nationales Microondes (JNM 2022)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Limoges, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03631963v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un convertisseur numérique-analogique pour l'agrégation de porteuses 5G</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Ferrer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Herve Lapuyade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque National du GDR SOC2</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03729331v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A 40 GHz Varactor-Less Class-C VCO With 17.1% Tuning Range And Long-Term Reliability In 28nm FD-SOI For Satellite Communications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ayoub Ait Ihda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Lapuyade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Gastaldi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">29th IEEE International Conference on Electronics Circuits and Systems (ICECS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2022, Glasgow, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03852880v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Low Power Frequency Dividers using TSPC logic in 28nm FDSOI CMOS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Md Sazzad Hossain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mateus Bernardino Moreira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Sandrez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Herve Lapuyade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13th Latin American Symposium on Circuits and Systems (LASCAS 2022)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2022, Santiago, Chile</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03643688v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Wideband Power Amplifier for Sub-6 GHz 5G Applications Using Second Harmonic Processing Techniques in 28nm FDSOI Technology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Quéheille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Deltimple</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Kerhervé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GDR SoC2</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03726278v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une PLL à Double Boucle pour les normesWiFi et Galileo en technologie 28nm CMOS FD-SOI</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mateus B. Moreira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Sandrez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Md. Sazzad Hossain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Lapuyade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Nationales Microondes (JNM 2022)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Limoges, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03631970v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un Oscillateur Commandé en tension avec 1,6 GHz de plage de réglage globale et une puissance de démarrage minimale de 466µW en technologie 28nm CMOS FD-SOI</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mateus B. Moreira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Sandrez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Md. Sazzad Hossain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Herve Lapuyade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque National du GDR SOC2</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03731235v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A 125-163 GHz Power Amplifier in 28-nm FD-SOI CMOS with 20 dB Gain and 15 dBm Psat for D-Band Applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Lhomel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Deltimple</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Deval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Kerhervé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GDR SOC2</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03714375v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un Oscillateur Commandé en Tension à très Faible Consommation pour les Normes Galileo et WiFi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mateus B. Moreira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Sandrez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Md. Sazzad Hossain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Lapuyade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Nationales Microondes (JNM 2022)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Limoges, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03631977v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une méthode de prédistorsion numérique d’amplificateur dans le domaine séquentiel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxandre Fellmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Deltimple</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Kerhervé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Herve Lapuyade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque National du GDR SOC2</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03731224v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Design of a Connected-Object using LoRa technology for students’ life improvement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Ferré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Kerhervé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anaïs Tourissaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucien Paquien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">30th Annual Conference of the European Association for Education in Electrical and Information Engineering (EAEEIE)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2021, Praha, Czech Republic</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03198648v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Design Methodology for 112Gb/s PAM4 Wireline ADC-Based Receivers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Cordova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wim Cops</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Herve Lapuyade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12th IEEE Latin American Symposium on Circuits and Systems (LASCAS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2021, Arequipa, Peru</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03042261v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Proof-of-Concept of a COTS Arbitrary Waveform Generator using Orthogonal Sequences</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Quéheille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Deltimple</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Kerhervé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Analog VLSI Circuits (AVIC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2021, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03354735v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A low-cost IoT-based device to measure exposure to sub-6GHz 5G waves</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louis Guénégo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anouar Walzik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aharram Souhayl</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine Karbab</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Ferré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Analog VLSI Circuits (AVIC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2021, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03354733v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Low-Power High-Speed ADCs for ADC-Based Wireline Receivers in 22 nm FDSOI</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Cordova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wim Cops</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Herve Lapuyade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">28th IFIP/IEEE International Conference on Very Large Scale Integration - System on a Chip (VLSI-SoC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2020, Salt Lake City, UT, United States. pp.1-19, </w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-81641-4_1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03759737v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edge Computing Technique for a 87% Energy Saving for IoT Device Dedicated to Environmental Monitoring</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Foucaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Ferré</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12th IEEE Latin American Symposium on Circuits and Systems (LASCAS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2021, Arequipa, Peru</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03042264v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimized body-biasing calibration methodology for high-speed comparators in 22nm FDX</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Cordova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wim Cops</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Herve Lapuyade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12th IEEE Latin American Symposium on Circuits and Systems (LASCAS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2021, Arequipa, Peru</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03042259v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An IoT-based system to enforce COVID-19 health regulations dedicated to student traffic control in higher education areas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Quéheille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Pagès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Ferré</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Analog VLSI Circuits (AVIC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2021, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03354734v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Demonstration of a Walsh-based Arbitrary Waveform Generator using Components Off-The-Shelf</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Quéheille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Deltimple</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Kerhervé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">28th IEEE International Conference on Electronics Circuits and Systems (ICECS 2021)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2021, Dubai, United Arab Emirates</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03354737v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A low-cost IoT-based device to measure exposure to sub-6GHz 5G waves</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louis Guénégo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anouar Walzik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aharram Souhayl</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine Karbab</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Ferré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">28th IEEE International Conference on Electronics Circuits and Systems (ICECS 2021)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2021, Dubai, United Arab Emirates</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03354738v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wireless communications: disruptive circuits for next generation cellular radios</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference On Microwaves, Communications, Antennas, Biomedical Engineering &amp; Electronic Systems (IEEE COMCAS 2021)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2021, Tel Aviv, Israel</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03354739v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">IoT-based project design to collect data on the well-being of the students</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Ferré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Kerherve</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tristan Lecocq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine Alinsafi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">30th Annual Conference of the European Association for Education in Electrical and Information Engineering (EAEEIE)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2021, Praha, Czech Republic</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03254725v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Social distancing estimation using an IoT-based system and Bluetooth signal detection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxandre Fellmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Le Gall</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Ferré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Kerhervé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Analog VLSI Circuits (AVIC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2021, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03354736v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An IoT-based Precision Agriculture Project for Education in Circuits and Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Ferré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ryan Raimond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Moreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corentin Gaury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque de l'Enseignement des Technologies et des Sciences de l'Information et des Systèmes (CETSIS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2021, Valenciennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03198647v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Binary Phase-Shift Keying for Ultrasonic Intra-Body Area Networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justine Guedey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Lapuyade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Microwave Bio-Conference (IMBioC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2020, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02531959v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Hilbert Generator, a Filter-Free Upconverter for 6G Communications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Lapuyade</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Symposium on Radio-Frequency Integration Technology (RFIT 2020)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2020, Hiroshima, Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02957426v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A 0.8V 875 MS/s 7b low-power SAR ADC for ADC-Based Wireline Receivers in 22nm FDSOI</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Cordova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wim Cops</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Herve Lapuyade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">28th IFIP/IEEE International Conference on Very Large Scale Integration (VLSI SoC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2020, Salt Lake City, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02956601v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Design of CMOS integrated circuits for radiation hardening and its application to space electronics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Herve Lapuyade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13th International Conference on ASIC (ASICON 2019)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2019, Chongqing, China</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02281009v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Hierarchical Track and Hold Circuit for High Speed ADC-Based Receivers in 22nm FDSOI</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Cordova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wim Cops</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Herve Lapuyade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">26th IEEE International Conference on Electronics Circuits and Systems (ICECS 2019)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2019, Gênes, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02288614v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Méthode Croisée de Dimensionnement des Contraintes en Bruit d’un Oscillateur Local</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romane Dumont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Gaidioz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andreia Cathelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XXIe Journees Nationales Micro-ondes (JNM 2019)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2019, Caen, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02281011v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Precision Agriculture for Small to Medium Size Farmers — An IoT Approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Grimblatt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Ferré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Jego</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Vergara</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2019 IEEE International Symposium on Circuits and Systems (ISCAS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2019, Sapporo, Japan. pp.1-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02281012v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Étude d'égalisation de canal pour liaisons numériques à 100 Gbps</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Cordova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Herve Lapuyade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wim Cops</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XXIe Journees Nationales Micro-ondes, JNM 2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2019, Caen, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02288597v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">DLL-Enhanced PLL Frequency Synthesizer with Two Feedback Loops and Body Biasing for Noise Cleaning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrés Asprilla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Cordova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Herve Lapuyade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Conference on Solid-State and Integrated Circuit Technology (ICSICT)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2018, Qingdao, China</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01964932v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Riemann Pump: a Technique For Carrier-Aggregation Radio-Frequency Transceivers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoan Veyrac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Conference on Integrated Circuits, Technologies and Applications (ICTA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2018, Beijing, China</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01964935v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental Demonstration of a 65 nm Integrated CMOS Waveform Generator for 5G sub-6GHz Standard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bisiaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoan Veyrac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Conference on Electronics Circuits and Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2018, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01964931v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les objets connectés au service de l’ENSEIRB-MATMECA et de l’innovation pédagogique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Ferré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marwane Rezzouki</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CETSIS 2018</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2018, Fès, Maroc, Maroc</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04312380v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interface de sérialisation 10 Gb/s pour convertisseur numérique/analogique sur-échantillonné à faible consommation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoan Veyrac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">20èmes Journées Nationales Micro-Ondes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2017, Saint Malo, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01552336v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conception et déploiement d’un réseau d’IoT en technologie LoRa permettant de connecter l’ENSEIRB-MATMECA</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Ferré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Kerhervé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Maton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Titouan Petitpied</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CETSIS, Enseignement des Technologies et des Sciences de l'Information et des Systèmes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2017, Le Mans, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01552329v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Radio-Frequency Real-Time Spectrum Sensor based on an Analog Signal Processing Magnitude Calculator</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Orlando</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">30th Symposium on Integrated Circuits and Systems Design</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2017, Fortaleza, Brazil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01552342v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Design and Deployment of an IoT Network Based on LoRa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Ferré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Tajan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Kerhervé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EAEEIE (European Association for Education in Electrical and Information Engineering)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01552330v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An Analog RF Fully Differential Common Mode Controlled Delay Line in 28nm FDSOI Technology from STM</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Vaillant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">30th Symposium on Integrated Circuits and Systems Design</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2017, Fortaleza, Brazil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01660230v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Energy Efficient Distributed-Oscillators at 134 and 202GHz with Phase-Noise Optimization through Body-Bias Control in 28nm CMOS FDSOI Technology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Guillaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andreia Cathelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Radio Frequency Integrated Circuits Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, Honolulu, United States. pp.156-159</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01552337v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compression Study of Continuous-Time Sampled ECG Data for e-Health Applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mariam Tlili</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manel Ben Romdhane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Asma Maalej</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Dallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">22nd Symposium IMEKO TC 4 Symposium and 20th International Workshop on ADC Modelling and Testing (IWADC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, Iasi, Romania. pp.294-299</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01972625v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">RFIC Design by Mathematics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Emerging Technologies Communications Microsystems Optoelectronics Sensors (ET CMOS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2017, Varsovie, Poland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01552331v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Design by Mathematics : A Novel Approach for the Design of RFICs in Nanoscale CMOS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Radio Frequency Integrated Circuits Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, Honolulu, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01552345v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synthèse de fréquence à 2,5GHz en technologie 28nm FDSOI de ST Microelectronics, consommation de 100µW, à gigue temporelle contrôlée et robuste aux variations de procédés pour l’IoT</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Vaillant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julian Leonhard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoan Veyrac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">20èmes Journées Nationales Micro-Ondes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2017, Saint Malo, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01552333v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Time-domain characterization of a wireless ECG system event driven A/D converter</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saeed Mian Qaisar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manel Ben-Romdhane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Omar Anwar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mariam Tlili</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Asma Maalej</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Instrumentation and Measurement Technology Conference (I2MTC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2017, Torino, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01682619v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zero-VT active load for low-voltage, high-PSR single-ended amplifiers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Cordova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sergio Bampi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XIIème Colloque du GDR SoC-SiP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01552332v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Concurrent Transmitter in CMOS 28nm FDSOI Technology based on Walsh sequences Generator</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nassim Bouassida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Duperray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andreia Cathelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International NEW Circuits And Systems (NEWCAS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, Vancouver, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01377970v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathematical Modeling Of Clean And Noisy ECG Signals In A Level-Crossing Sampling Context</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mariam Tlili</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Asma Maalej</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manel Ben Romdhane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Dallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Symposium on signal, Image, Video and Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2016, Tunis, Tunisia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01377961v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A 180 nm CMOS Analog Adaptive Sampler for Blood Pressure Feature Extraction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Callum Laurenson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mehmet R. Yuce</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Redouté</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">38th Annual International Conference of the IEEE Engineering in Medicine and Biology Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2016, Orlando, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01377959v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Accurate Level-Crossing ADC Design for Biomedical Acquisition Board</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mariam Tlili</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manel Ben-Romdhane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Asma Maalej</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Chaker Bali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9th International Joint Conference on Biomedical Engineering Systems and Technologies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2016, Rome, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01377957v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ultra-Low Power Frequency Synthesizer Based on a Dual-Locking Ring Oscillator</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoan Veyrac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Rivet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13th IEEE International Conference on Solid-State and Integrated Circuit Technology (ICSICT)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2016, Hangzhou, China</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01377960v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental demonstration of a Riemann Pump RF-DAC in 65 nm CMOS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoan Veyrac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">23rd IEEE International Conference on Electronics Circuits and Systems (ICECS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2016, Monaco, Monaco. pp.241-244, </w:t></w:r><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICECS.2016.7841177⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01552334v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An Ultra Wide Band Analog-to-Digital Converter based on a Delta-Riemann architecture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elina Fiawoo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Garrec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Montigny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">29th Symposium On Integrated Circuits And Systems Design (SBCCI)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2016, Belo Horizonte, Brazil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01377963v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An Ultra-Low Power Dual-Ring Factorial Delay Locked Loop in 28nm FD-SOI technology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khoa Hoang Vu Xuan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13th IEEE International Conference on Solid-State and Integrated Circuit Technology (ICSICT)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2016, Hangzhou, China</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01377965v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Waveform Generator Based on a CMOS RF-DAC for 5G Carrier Aggregation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoan Veyrac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Wireless Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2016, Shanghai, China</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01377968v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterization of ultrasonic wave propagation for intra-body communication</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Redois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12th International Conference on Intelligent Environments - IE'16</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2016, Londres, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01377964v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A balanced logic routing block for Factorial-DLL based frequency generation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">29th Symposium On Integrated Circuits And Systems Design (SBCCI)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2016, Belo Horizonte, Brazil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01377962v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Level-Crossing ADC Modeling for Wireless Electrocardiogram Signal Acquisition System</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mariam Tlili</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Asma Maalej</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manel Ben-Romdhane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Chaker Bali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Instrumentation and Measurement Technology Conference </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2016, Taipei, Taiwan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01377958v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un générateur de signaux pour émetteur correspondant au standard 5G</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoan Veyrac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Dallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Garrec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Nationales Micro-ondes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01139469v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un émetteur radio logicielle à base de transformations de Walsh</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nassim Bouassida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Duperray David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andreia Cathelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Nationales Micro-ondes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01240260v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Toward 5G: an Integrated CMOS Wide Band Arbitrary Waveform Generator for Carrier Aggregation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoan Veyrac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ASICON 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2015, Chengdu, China</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01240273v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Design by Mathematics of Full Software Radio circuits and systems: methodology and application to 5G standard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoan Veyrac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Symposium on Circuits and Systems 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2015, Lisbonne, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01139463v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une interface sans fil d’implant bio-médical consommant 1.04μWen technologie UMC 0.18μm CMOS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Callum Laurenson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mehmet Yuce</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Redouté</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Nationales Micro-ondes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01139466v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Full Software Radio circuits and systems: Design by Mathematics in 28nm FDSOI technology and application to 5G standard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoan Veyrac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nassim Bouassida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE NEWCAS (NorthEast Workshop on Circuits and Systems)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01139464v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A 1.04uW Wireless Integrated MEMS Interface in UMC 0.18um CMOS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Callum Laurenson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mehmet Yuce</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Redouté</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">37th Annual International Conference of the IEEE Engineering in Medicine and Biology Society </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2015, Milan, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01240265v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Design by Mathematics: Full Software Radio Circuits and Systems in 28nm FDSOI Technology for 5G Standard and Beyond</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoan Veyrac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Midwest Symposium on Circuits and Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2015, Fort Collins, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01139468v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Design by Mathematics of Full Software Radio circuits and systems: methodology and application to 5G standard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoan Veyrac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Microwave Week</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01139467v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adaptive interferer cancellation using a Sampled Analog Signal Processor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oskar Holstensson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Regimbal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Garrec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RADAR 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2014, LILLE, France. pp.51-69</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01015881v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un émetteur radio logicielle intégrale: la pompe de Riemann</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoan Veyrac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Regimbal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Garrec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JNRDM 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2014, LILLE, France. pp.12-15</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01015887v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Intra-Body Communications - Radio-Frequency versus Ultrasonic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel T.H. Lai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nick Owen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICECS 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2014, Marseille, France. pp.18-25</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01064360v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un émetteur radio logicielle intégrale à base de recombinaison d'harmoniques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nassim Bouassida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Dallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Belot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JNRDM 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2014, LILLE, France. pp.1-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01015884v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A 97mW 0-4GHz 65nm CMOS Concurrent Receiver</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICSICT 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2014, GUILIN, China. pp.25-31</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01064363v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An Energy-Efficient Pulse Position Modulation Transmitter for Galvanic Intrabody Communications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mirhojjat Seyedi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zibo Cai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel T.H. Lai</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MOBIHEALTH 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2014, ATHENES, Greece. pp.47-52</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01064366v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterization of Impulse Radio Intrabody Communication</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zibo Cai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mirhojjat Seyedi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geordie Z. Zhang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel T.H. Lai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISSNIP 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2014, SINGAPORE, Singapore. pp.42-49</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00937038v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characteristics of Baseband Digital Signal Transmission for Intrabody Communications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zibo Cai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mirhojjat Seyedi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel T.H. Lai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">I2MTC 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2014, MONTEVIDEO, Uruguay. pp.72-79</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00937047v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Riemann Pump: a Concurrent Transmitter in GaN Technology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoan Veyrac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Dallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Garrec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICECS 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2014, MARSEILLE, France. pp.12-18, </w:t></w:r><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICECS.2014.7050055⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01064369v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Survey of Full Software Radio Transceivers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoan Veyrac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Regimbal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Garrec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SBCCI</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2013, CURITIBA, Brazil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00916061v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wide-Band Rejection of Interfering Signals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Fadhuile</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Taris</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICECS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2013, ABU DHABI, United Arab Emirates. pp.137-142</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00917005v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Studies on Die-to-Substrate Interconnects for High-Q PCB Inductors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Pourakbar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Linton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Faulkner</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICECS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2013, ABU DHABI, United Arab Emirates. pp.160-169</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00917035v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réjection large bande de signaux interférents</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Fadhuile</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Taris</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JNM - journées Nationales Microondes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2013, Paris, France. pp.346-350</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00801918v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Full Software Radio Transceivers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoan Veyrac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Regimbal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Garrec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Conference on ASIC</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2013, Shenzhen, China</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01553095v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Calibration requires calibration, a case study: Mixed-Signal BISC Time-Interleaved ADC</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Mariano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE NEWCAS 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2012, MONTREAL, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00693373v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analog Signal Processing: an hardware solution to achieve Software Radio concept</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The European Microwave Integrated Circuits Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2012, Amsterdam, Netherlands. pp.51-69</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00782092v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Software Radio: the Devil wears Analog</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop IEEE CASS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2012, Porto Alègre, Brazil. pp.51-69</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00782099v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">65 GHz CMOS-SOI Low Power Consumption Voltage Controlled Oscillator</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Mazouffre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Mariano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernardo Leite</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Begueret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Latin American Symposium on Circuits and Systems (LASCAS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2012, PLAYA DEL CARMEN, Mexico. pp.220-225</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00693355v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Low-Power 2 GHz Discrete Time Weighting System Dedicated To Sampled Analog Signal Processing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoann Abiven</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Dallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Belot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICECS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2011, BEYROUTH, Lebanon. pp.50-55</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00642017v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A low power digitally-enhanced SASP-based receiver architecture for mobile DVB-S applications in the Ku-band (10.7-12.75 GHz)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrée Fouque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Fadhuile</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Begueret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Radio and Wireless Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2011, Phoenix, United States. pp.545-549</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00521421v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sampled Analog Signal Processor for Cognitive Radio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Dallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Begueret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Cathelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Solid-State Circuits Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2010, San Francisco, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00425438v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Low Cost Mobile RF Terminal Paradigms: from Multi-Radio to Software Radio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Deltimple</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Taris</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Begueret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Solid-State and Integrated Circuit Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2010, shanghai, China. pp.654-657</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00516970v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards Software Radio Receiver</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Belot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE MTT International Microwave Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2010, ANAHEIM, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00531669v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mixed-Signal Built-in Self-Calibrated Time-Interleaved ADC in 65nm CMOS Technology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Mariano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Dallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Begueret</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NEWCAS 2010</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2010, Canada. p250-251-252-253-254</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00476806v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From Software-Defined to Software Radio: Analog Signal Processor Features</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Begueret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Dallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Cathelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Radio and Wireless Symposium 2009</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2009, San Diego, United States. pp.321-324</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00321473v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Toward Software Radio Receiver</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Belot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE MTT International Microwave Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2009, BOSTON, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00531673v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vers la radio logicielle intégrale: le SASP, un processeur analogique du signal en temps discret</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Begueret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Dallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Cathelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16èmes Journées Nationales Microondes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2009, Grenoble, France. pp.51-54</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00359770v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un pas vers la radio logicielle intégrale: le SASP, un processeur analogique du signal en temps discret</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Begueret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Dallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Cathelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque GDR SoC SiP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2009, Paris, France. pp.69-72</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00384370v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The first experimental demonstration of a SASP-based full Software Radio Receiver</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Begueret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Dallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Cathelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Radio Frequency Integrated Circuits Symposium (RFIC 2009)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2009, Boston, United States. pp.25-28, </w:t></w:r><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/RFIC.2009.5135482⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00359769v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un Processeur Analogique en technologie 65nm CMOS destiné à la Radio Logicielle pour des Terminaux Mobiles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Dallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Belot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Begueret</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GDR SOC SIP 2008</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2008, Paris, France. pp.74-78</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00281375v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un Processeur Analogique de Signaux Radio-Frequences destine la Radio Logicielle pour des Terminaux Mobiles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Dallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Belot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Begueret</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Nationales du Réseau Doctoral en Microélectronique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2008, Bordeaux, France. pp.476-480</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00269366v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A 65nm CMOS RF Front End dedicated to Software Radio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Dallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Begueret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Belot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Software Defined Radio Technical Conference 2008</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2008, Washington D.C., United States. pp.35-39</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00274707v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A 65nm CMOS Analog Processor for Mobile Terminals Software Radio Front End</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Dallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Begueret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Belot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XXIII SIM - South Symposium on Microelectronics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2008, Bento Goncalves, Brazil. pp.15-19</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00270632v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">65nm CMOS Circuit Design of a Sampled Analog Signal Processor dedicated to RF Applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Begueret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Dallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Cathelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Northeast Workshop on Circuits and Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2008, Montreal, Canada. pp.123-127</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00269138v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Disruptive Software-Defined Radio Receiver Architecture Based on Sampled Analog Signal Processing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Begueret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Dallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Belot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Radio Frequency Integrated Circuits Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2007, Honolulu, United States. pp.197-200</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00161318v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId379" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Universal Radio Frequency Receiver Architecture Based on Sampled Analog Signal Processing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Bégueret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Dallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Belot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NEWCAS'07</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2007, Montreal, Canada. pp.1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId379" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00161531v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un Processeur de Traitement du Signal Analogique destiné à la Radio Logicielle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Dallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Belot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Bégueret</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15èmes Journées Nationales Microondes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2007, Toulouse, France. pp.98</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00161534v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Architecture d'un Récepteur Radio Logicielle à Temps Discret</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Dallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Belot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Bégueret</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Nationales du Réseau Doctoral en Microélectronique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2007, Lille, France. pp.1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00161530v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Software-Defined Radio based on Sampled Analog Signal Processing Dedicated to Digital Modulations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Begueret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Dallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Belot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PRIME -Phd Research In Microelectronics and Electronics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2007, Bordeaux, France. pp.121-124</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00161329v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId384" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Improved IoT capabilities for Agriculture applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Ferre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Technology and Agribusiness: How Technology is Impacting Agribusiness</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 9788770225977</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId384" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03322909v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId385" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Low-Power High-Speed ADCs for ADC-Based Wireline Receivers in 22 nm FDSOI</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Cordova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wim Cops</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Herve Lapuyade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">VLSI-SoC: Design Trends</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer International Publishing, 2021, 978-3-030-81640-7. </w:t></w:r><w:hyperlink r:id="rId386" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-81641-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId385" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03322911v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId387" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterization of Impulse Radio Intrabody Communication System for Wireless Body Area Networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mirhojjat Seyedi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recent Advances in Wireless Communication</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 978-1-61896-756-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId387" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04031239v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId388" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sampled Analog Signal Processing: From Software-Defined to Software Radio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Mariano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Dallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Begueret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Emerging Technologies and Circuits</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer, pp.261-287, 2010, Lecture Notes in Electrical Engineering, Vol. 66</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId388" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00477585v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Brevet (20)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId389" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Method for generating a radio signal, and corresponding computer program products and devices</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Herve Lapuyade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxandre Fellmann</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">France, Patent n° : WO2024208899. 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId389" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04906322v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId390" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">System, method and computer program product for communicating semantic messages over a communication channel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilio Calvanese Strinati</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">France, Patent n° : EP4447348. 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId390" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04906296v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Method for predistorting an input signal with a view to compensating for the effect of a non-linear transfer function of a power amplifier, corresponding computer program products and corresponding devices</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Herve Lapuyade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Kerherve</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Deltimple</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">France, Patent n° : WO2023222655. 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04906312v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId392" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dispositif de génération d’un signal modulé et chaine d’émission à radiofréquence associée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Lapuyade</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">France, N° de brevet: FR3091964. 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId392" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02505840v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId393" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transformée de Fourier rapide à multiplexage/démultiplexage progressif pour un signal série</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Vaillant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Garrec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Hode</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">France, N° de brevet: FR1913615. 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId393" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02505855v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId395" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Device for generating a modulated digital signal and system for generating a modulated analog signal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoan Veyrac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">France, Patent n° : WO2018115139A3. 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId395" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01987044v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId396" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Encodeur Numerique Pour Signaux Modules, Et Dispositif De Generation D'un Signal Analogique Associe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoan Veyrac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">France, N° de brevet: FR3060913A1. 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId396" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01987043v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dispositif de generation d'un signal numerique module et systeme de generation d'un signal analogique module</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoan Veyrac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">France, Patent n° : FR3060912A1. 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01987041v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId398" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Device for generating analogue signals and associated use</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Garrec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Montigny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoan Veyrac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">France, Patent n° : WO2017067804. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId398" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01552343v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId399" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dispositif de génération de signaux analogiques et utilisation associée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Garrec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Montigny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoan Veyrac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">France, N° de brevet: FR3042928. 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId399" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01552344v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId400" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Procédé et dispositif d'émission d'un signal radiofréquence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Belot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N° de brevet: FR3002345. 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId400" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01063074v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId401" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">System for generating an analogue signal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Regimbal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Garrec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Montigny</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">France, Patent n° : WO/2014/184388. 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId401" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01139471v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId402" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Radio frequency signal transmission method and device</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Belot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">United States, Patent n° : US20140235186. 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId402" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01063069v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId403" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Système de Génération d’un signal analogique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Regimbal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Garrec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Montigny</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">France, N° de brevet: 3005815. 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId403" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01139470v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dispositif de génération d'un signal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Belot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N° de brevet: FR3002392. 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01063076v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId405" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Signal generation device</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Belot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Patent n° : US20140233671. 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId405" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01063070v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId406" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Method and device for the analog processing of a radio signal for a radio frequency receiver</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Belot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Begueret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Taris</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">United States, Patent n° : US Patent pending N B07-0400EXT US-06-GR1-225. 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId406" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00266038v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId407" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Method And Electronic Device For Frequency Shifting An Analogue Signal, In Particular For Mobile Telephony</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Belot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Begueret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Dallet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Patent n° : WO2008/152322. 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId407" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00493734v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId408" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Procédé et dispositif électronique de décalage fréquentiel d'un signal analogique, en particulier pour la téléphonie mobile.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Begueret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Belot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Dallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N° de brevet: FR-0755441. 2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId408" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00265530v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Procédé et dispositif de traitement analogique d'un signal radio pour récepteur radiofréquence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Begueret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Belot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Taris</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N° de brevet: FR-0755443. 2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00265529v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId410" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Celebrating a Decade of Existence: The Bordeaux Electrical Engineering Branch’s 10th Anniversary [Chapters]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Lagoug</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Guillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024, pp.91-92. </w:t></w:r><w:hyperlink r:id="rId412" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/mssc.2024.3417789⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId410" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05034875v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId413" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LASCAS 2024—Solid-State Circuit Society in Latin America</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId414" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matias Miguez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId415" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pablo Perez-Nicoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId416" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Piovaccari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024, pp.108-109. </w:t></w:r><w:hyperlink r:id="rId417" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/MSSC.2024.3417109⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId413" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04700135v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId418" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Design by Mathematics : a different approach for the design of RFICs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId418" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01377966v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">HDR (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId419" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Design by Mathematics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Electronics. Université de Bordeaux, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">HDR</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId419" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-02271959v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId420"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:100px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Francois RIVET </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">francois-rivet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0002-6003-4208</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">135485576</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Design of a Radio Frequency Front-End Receiver dedicated to Software-Radio for Mobile Terminals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Micro and nanotechnologies/Microelectronics. Université Sciences et Technologies - Bordeaux I, 2009. English. </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-00412242v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (29)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Toward Distributed and Intelligent Integrated Sensing and Communications for 6G Networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilio Calvanese Strinati</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">George C. Alexandropoulos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Navid Amani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maurizio Crozzoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giyyarpuram Madhusudan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Wireless Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 32 (1), pp.60-67. </w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/mwc.001.2400056⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04987589v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">2024 IEEE Radio Frequency Integrated Circuits Symposium in Washington, DC, USA [Conference Reports]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Danilo Manstretta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohyee Mikhemar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Solid-State Circuits Magazine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 17 (1), pp.136-138. </w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/mssc.2024.3489832⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05034525v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental Demonstration of Walsh-Based RF Conversion Using Wideband DAC and ADC in 28nm FDSOI CMOS Technology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Ferrer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxandre Fellmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Deltimple</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Herve Lapuyade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transactions on Circuits and Systems I</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05298805v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The 2025 RFIC Symposium</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohyee Mikhemar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amin Arbabian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Microwave Magazine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 26 (5), pp.114-116. </w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/mmm.2025.3535137⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05100636v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A 71% Relative Bandwidth Differential Integrated Power Amplifier With Optimized PAEmax for 5G-NR FR1 Carrier Aggregation Applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Remi Queheille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magalie de Matos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Kerherve</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Circuits and Systems II: Express Briefs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, pp.1-1. </w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/tcsii.2025.3567701⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05081616v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Celebrating 75 Years of the IEEE Circuits and Systems Society Across Europe [CASS Conference Highlights]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandro Carrara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shih-Chii Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Begon-Lours</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andreas Demosthenous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Circuits and Systems Magazine -New Series-</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 25 (3), pp.69-87. </w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/MCAS.2025.3560603⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05342860v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">IEEE Circuits and Systems Society Tour de France 2024: Celebrating 75 Years of Innovation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Desgreys</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Deltimple</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Frappé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Bourdel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Circuits and Systems Magazine -New Series-</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 24 (4), pp.25-34. </w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/MCAS.2024.3410911⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04795024v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transceiver for Ultrasonic Intra-Body Area Networks with non-coherent BPSK detection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justine Guedey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Herve Lapuyade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Circuits and Systems II: Express Briefs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, </w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TCSII.2024.3357066⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04440977v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The 2024 RFIC Symposium</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Danilo Manstretta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohyee Mikhemar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Microwave Magazine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 25 (5), pp.127-158. </w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/mmm.2024.3364568⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04572162v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Block-based LMS using the Walsh Transform for Digital Predistortion of Power Amplifiers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxandre Fellmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Deltimple</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Kerherve</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Herve Lapuyade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, pp.1-1. </w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/tcomm.2023.3294959⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04166712v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D-Band CMOS Power Amplifiers: Challenges, State-of-the-Art, Technological Limitations and Trends</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Lhomel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Deltimple</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Integrated Circuits and Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, Technological Trends for Future Radiofrequency Circuits and Systems, 18 (3), pp.795. </w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.29292/jics.v18i3.795⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04457532v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A (0.75-1.13)mW and (2.4-5.2)ps RMS jitter Integer-N based Dual-Loop PLL for Indoor and Outdoor Positioning in 28nm FD-SOI CMOS Technology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mateus B. Moreira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magali de Matos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Herve Lapuyade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Circuits and Systems II: Express Briefs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, pp.1-5. </w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/tcsii.2023.3292428⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04166890v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Proof-of-Concept of a Multiple-Cell Upsets Detection Method for SRAMs in Space Applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leonardo H. Brendler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Herve Lapuyade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Darracq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Fauquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Circuits and Systems I: Regular Papers</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, pp.1-11. </w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/tcsi.2023.3310876⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04245512v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Walsh-Based Arbitrary Waveform Generator for 5G Applications in 28nm FD-SOI CMOS Technology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Ferrer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Herve Lapuyade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Access</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 11, pp.117434-117442. </w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/access.2023.3326530⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04283929v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An IoT-based Precision Agriculture Project for Education in Circuits and Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Ferre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ryan Raimond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Moreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corentin Gaury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal sur l'enseignement des sciences et technologies de l'information et des systèmes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 21, pp.2005. </w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/j3ea/20222005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04029483v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How to Feed a Growing population - An IoT Approach to Crop Health and Growth</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Grimblatt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Jego</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Ferre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Journal on Emerging and Selected Topics in Circuits and Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, pp.1-1. </w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/JETCAS.2021.3099778⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03340693v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">28nm FDSOI Ultra Low Power 1.5-2.0 GHz Factorial-DLL Frequency Synthesizer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andres Asprilla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Cordova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Herve Lapuyade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Circuits and Systems II: Express Briefs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 68 (2), pp.602-606. </w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TCSII.2020.3047464⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03096512v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the Wavelet-based Compressibility of Continuous-Time Sampled ECG Signal for e-Health Applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Asma Maalej</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manel Ben-Romdhane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mariam Tlili</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Dallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Measurement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 164, pp.108031. </w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.measurement.2020.108031⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02637998v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Event-Driven ECG Sensor in Healthcare Devices for Data Transfer Optimization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manel Ben-Romdhane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Asma Maalej</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mariam Tlili</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chiheb Rebai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Arabian Journal for Science and Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, </w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s13369-020-04483-w⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02527916v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Level-Crossing ADC Design and Evaluation Methodology for Normal and Pathological Electrocardiogram Signals Measurement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mariam Tlili</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manel Ben-Romdhane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Asma Maalej</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Dallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Measurement - Journal of the International Measurement Confederation (IMEKO)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 124, pp.423-425. </w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.measurement.2018.03.032⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01767677v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterization of Impulse Radio Intrabody Communication System for Wireless Body Area Networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zibo Cai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mirhojjat Seyedi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Weiwei Zhang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel T.H. Lai</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Medical and Biological Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 37 (1), pp.74-84. </w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s40846-016-0198-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01536616v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noise shaping Riemann: an energy efficient data conversion scheme</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoan Veyrac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Analog Integrated Circuits and Signal Processing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, pp.1-9. </w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10470-017-0980-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01552335v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A 65-nm CMOS DAC Based on a Differentiating Arbitrary Waveform Generator Architecture for 5G Handset Transmitter</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoan Veyrac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Dallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Garrec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Circuits and Systems II: Express Briefs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 63 (1), pp.104-108. </w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TCSII.2015.2504947⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01240272v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Intra-body communications: radio-frequency versus ultrasonic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nick Owen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel T.H. Lai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Analog Integrated Circuits and Signal Processing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, </w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10470-015-0659-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01240271v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Design of a Miniaturized Wireless Blood Pressure Sensing Interface using Capacitive Coupling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ammar Aldaoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Callum Laurenson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mehmet Yuce</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Redouté</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE/ASME Transactions on Mechatronics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 20 (1), pp.487-491. </w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TMECH.2014.2322614⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01139462v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adaptive interferer cancellation using a Sampled Analog Signal Processor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoan Veyrac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Garrec</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IET Radar Sonar and Navigation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, </w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1049/iet-rsn.2015.0126⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01240270v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An Ultra Low Power Consumption Millimeter-Wave Voltage Controlled Oscillator in a 65 nm CMOS-SOI Technology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Mariano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Mazouffre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernardo Leite</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Begueret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Analog Integrated Circuits and Signal Processing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 74 (3), pp.83-86</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00840446v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Experimental Demonstration of a SASP-Based Full Software Radio Receiver</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Begueret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Dallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Cathelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Journal of Solid-State Circuits</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 45 (5), pp.979-988. </w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/JSSC.2010.2041402⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00477579v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Disruptive Receiver Architecture Dedicated to Software-Defined Radio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Begueret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Dallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Cathelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Circuits and Systems Part 2 Analog and Digital Signal Processing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 55 (4), pp.344-348. </w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TCSII.2008.919512⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00274011v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (153)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High-Efficiency Walsh LMS-Based Digital Predistortion for RF Power Amplifiers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxandre Fellmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Deltimple</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Ferrer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Remi Queheille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2025 International Conference on Analog VLSI Circuits (AVIC 2025)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2025, Matsue, Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05298894v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Sequency Domain: a new Approach for Radio Frequency Front End</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Ferrer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxandre Fellmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Deltimple</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Herve Lapuyade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2025 IEEE 16th International Conference on ASIC (ASICON 2025)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2025, Kunming, China</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05298922v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PTAT voltage generater-based voltage reference circuit without external bias voltage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emu Murata</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kawori Sekine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shuya Isawa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michitaka Yoshino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kazuyuki Wada</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Analog VLSI Circuits (AVIC 2025)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2025, Matsue, Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05298631v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Design and measurement of voltage reference circuit by an equivalent MOSFET having different temperature coefficient of threshold voltage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isawa Shuya</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michitaka Yoshino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kawori Sekine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kazuyuki Wada</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Analog VLSI Circuits (AVIC 2025)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2025, Matsue, Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05298615v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A 71% Relative Bandwidth Differential Integrated Power Amplifier With Optimized PAE max for 5G-NR FR1 Carrier Aggregation Applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Quéheille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxandre Fellmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magali de Matos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Kerhervé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISICAS 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2025, Qingdao, China</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05506739v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A 860mV and 73.5Ppm/°C Voltage Reference that Relies on Back-Gate Biasing Techniques in 28nm FD-SOI Technology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Guillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Herve Lapuyade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Rivet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2024 31st IEEE International Conference on Electronics, Circuits and Systems (ICECS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2024, Nancy, France. pp.1-4, </w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/icecs61496.2024.10849174⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04945900v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Semantic Waveforms for AI-Native 6G Networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nour Hello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Amine Hamoura</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilio Calvanese-Strinati</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2025 IEEE Globecom Workshops (GC Wkshps)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2025, Taipei, Singapore</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05298579v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude de la reconfigurabilité des émetteurs RF dans le contexte de l’agrégation de porteuse pour les bandes sub-6GHz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Deltimple</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Remi Queheille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Rivet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">FETCH 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2025, Montréal (Québec), Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04958687v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A 728mV and 23.4ppm/°C voltage reference using parasitic diode biasing for temperature compensation in 28nm FD-SOI technology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Guillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Herve Lapuyade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Analog VLSI Circuits (AVIC 2025)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2025, Matsue, Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05298823v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enhanced Voltage Reference Circuit Design Using Quadratic Function Modeling of MOSFET Characteristics in the Saturation Region</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kawori Sekine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kazuyuki Wada</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Herve Lapuyade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">32nd IEEE International Conference on Electronics Circuits and Systems (ICECS 2025)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2025, Marrakech, Morocco</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05298693v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Design Methodology for sub-THz Power Amplifier for 6G/D-band</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Deltimple</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Lhomel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EuMIC/EuMC 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2025, Utrecht (Netherlands), Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05493298v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The impact of Back-Gate biasing and layout on temperature sensitivity of transistors in FD-SOI CMOS technology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Guillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Herve Lapuyade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2025 IEEE 16th International Conference on ASIC (ASICON 2025)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2025, Kunming, China</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05298730v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Study and development of an innovative broadband transmission architecture for 5G applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Remi Queheille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Deltimple</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ST-IMS Common Lab Workshop 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04699751v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Walsh-Domain Neural Network for Power Amplifier Behavioral Modelling and Digital Predistortion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cel Thys</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodney Martinez Alonso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Lhomel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxandre Fellmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Deltimple</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2024 IEEE International Symposium on Circuits and Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2024, Singapour, Singapore. </w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.48550/arXiv.2402.09964⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04538321v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Co-simulation Workflow for D-Band Power Amplifier Linearization using Walsh-based DPD</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Lhomel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxandre Fellmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Kerherve</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2024 IEEE International Symposium on Circuits and Systems (ISCAS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IEEE Circuits and Systems (CAS), May 2024, Singapour, Singapore</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04454321v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un amplificateur de puissance large bande à PAE contrôlée en technologie CMOS 28 nm FDSOI pour des applications 5G</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Remi Queheille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Kerherve</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Deltimple</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">23ème Journées Nationales Microondes (JNM 2024)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2024, Antibes Juan Les Pins, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05081691v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benchmark of Cosimulation Methodologies for Digital Predistortion on IC Wideband Power Amplifiers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxandre Fellmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Quéheille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Lhomel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Kerhervé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2024 19th European Microwave Integrated Circuits Conference (EuMIC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2024, Paris, France. pp.79-82, </w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.23919/EuMIC61603.2024.10732635⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05508688v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A 10-GHz Low Power Class-C VCO with Long-Term Reliability and Tunable Performance in 28 nm FD-SOI for Satellite Communications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henrique Iha Taguti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ayoub Ait Ihda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Herve Lapuyade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Rochette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE 17th International Conference on Solid-State &amp; Integrated Circuit Technology (ICSICT)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2024, Zhuhai, China</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04804376v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Demonstration of PAE Control in a Wideband CoTS-Based Power Amplifier for 5G Applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Remi Queheille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magali De Matos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxandre Fellmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Kerherve</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GDR SoC2</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2024, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05010247v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une méthode LMS par blocs utilisant la transformée de Walsh pour de la prédistorsion numérique d'amplificateur de puissance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxandre Fellmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Kerherve</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Deltimple</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">23èmes Journées Nationales Microondes (JNM)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2024, Antibes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04521234v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un convertisseur radiofréquence large-bande utilisant la transformée de Walsh pour application 5G et au delà</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Ferrer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Herve Lapuyade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">23èmes Journées Nationales Microondes (JNM)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2024, Antibes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04521154v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benchmark of Cosimulation Methodologies for Digital Predistorsion on IC Wideband Power Amplifiers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxandre Fellmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Remi Queheille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Lhomel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Kerherve</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Microwave Integrated Circuits Conference 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2024, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04599866v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A 0.65-1.5GHz Wideband Power Amplifier With Second Harmonic Control Proof-of-Concept for 5G Applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Remi Queheille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magali de Matos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxandre Fellmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Kerherve</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2024 IEEE 15th Latin America Symposium on Circuits and Systems (LASCAS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2024, Punta del Este, Uruguay. pp.1-4, </w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/lascas60203.2024.10506186⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04631322v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Temperature Compensation in FD-SOI Transistors: A Novel Approach with 27% Performance Improvement via Parasitic Diode Biasing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Guillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Herve Lapuyade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">31st IEEE International Conference on Electronics, Circuits and Systems (ICECS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2024, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04790652v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sub-THz Power amplifier design integrated on 28nm FDSOI for 6G applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Lhomel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Deltimple</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Kerherve</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ST-IMS Common Lab Workshop Fall 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2024, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04648535v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Distributed Intelligent Integrated Sensing and Communications: The 6G-DISAC Approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilio Calvanese Strinati</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">George Alexandropoulos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Madhusudan Giyyarpuram</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Sehier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sami Mekki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2024 Joint European Conference on Networks and Communications & 6G Summit (EuCNC/6G Summit)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2024, Antwerp, Belgium. pp.392-397, </w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/EuCNC/6GSummit60053.2024.10597016⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-04760289v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A 2.45GHz SiGe Power Amplifier with a Novel Digital Predistortion using Orthogonal Sequences</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Lhomel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxandre Fellmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Remi Queheille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Kerherve</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE NEWCAS2023, 21st IEEE Interregional NEWCAS Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IEEE Circuits and Systems Society, Jun 2023, Edinburgh, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04166657v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Low-Cost Bench for Training Students in Power Amplifier and Digital Predistortion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxandre Fellmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Deltimple</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Kerherve</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Association for Education in Electrical and Information Engineering (EAEEIE)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2023, Eindhoven, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04118411v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Walsh-based Arbitrary Waveform Generator for 5G Applications in 28nm FD-SOI CMOS Technology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Ferrer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Herve Lapuyade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Analog VLSI Circuits (AVIC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IEEE Solid State Circuit Society, Oct 2023, Sinaïa, Romania</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04217454v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Tool for Automatic Radiation-Hardened SRAM Layout Generation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leonardo Brendler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Lapuyade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ricardo Reis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Rivet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2023 30th IEEE International Conference on Electronics, Circuits and Systems (ICECS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2023, Istanbul, Turkey. pp.1-4, </w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/icecs58634.2023.10382845⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04538174v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Zero Temperature Coefficient Voltage Reference, Stability and Versatility using 28nm FD-SOI Technology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Guillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Herve Lapuyade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kawori Sekine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kazuyuki Wada</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Analog VLSI Circuits (AVIC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IEEE Solid State Circuit Society, Oct 2023, Sinaïa, Romania</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04218085v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Proposal and Application of Equivalent MOSFET with different temperature coefficient of threshold voltage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hiroshi Kobayashi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kawori Sekine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kazuyuki Wada</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Herve Lapuyade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Analog VLSI Circuits (AVIC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IEEE Solid State Circuit Society, Oct 2023, Sinaïa, Romania</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04217911v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A MCU-robust Interleaved Data/Detection SRAM for Space Environments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leonardo Brendler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Herve Lapuyade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ricardo Reis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Computer Society Annual Symposium on VLSI (ISVLSI)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2023, Foz do Iguaçu, Brazil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04118401v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Calibration d'un convertisseur numérique-analogique large bande pour l'agrégation de porteuses 5G en technologie 28nm FDSOI</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Ferrer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Herve Lapuyade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque National du GDR SOC2</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2023, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04331071v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Wide-Band High-Speed Sample and Hold in 0.35μm CMOS Technology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mateus Bernardino Moreira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Herve Lapuyade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE 14th Latin American Symposium on Circuits and Systems (LASCAS 2023)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2023, Quito, Ecuador</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04080882v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une PLL à Double boucle basée sur une architecture N-entière pour une faible résolution de fréquence en technologie 28nm CMOS FD-SOI</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mateus B. Moreira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Sandrez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Md. Sazzad Hossain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Herve Lapuyade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque National du GDR SOC2</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03731236v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An IoT SoC for Agricultural Applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Grimblatt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Ferre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Jego</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2022 IEEE 13th Latin America Symposium on Circuits and Systems (LASCAS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2022, Puerto Varas, Chile. pp.1-4, </w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/LASCAS53948.2022.9789071⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04098594v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oscillateur en classe C à 10 GHz, à faible bruit et large plage d’accord en fréquence, avec une fiabilité à long terme et un réglage du bruit de phase par la grille arrière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ayoub Ait Ihda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Lapuyade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Gastaldi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Nationales Microondes (JNM 2022)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Limoges, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03631986v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sub-THz Tranceivers with Advanced CMOS technologies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Deltimple</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastien Sadlo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Lhomel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andreia Cathelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">17th European Microwave Integrated Circuits Conference (EuMIC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2022, Milan, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03792199v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An SRAM-based Multiple Event Upsets Detection Method for Space Applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leonardo H. Brendler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Herve Lapuyade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ricardo Reis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Rivet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">33rd European Conference on Radiation and its Effects on Components and Systems (RADECS 2022)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2022, Venice, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03729352v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A PAE-Controlled Wideband Power Amplifier for Sub-6GHz 5G Applications in 28nm FDSOI Technology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Remi Queheille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxandre Fellmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Kerherve</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2022 29th IEEE International Conference on Electronics, Circuits and Systems (ICECS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2022, Glasgow, United Kingdom. pp.1-4, </w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICECS202256217.2022.9971061⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03937315v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un générateur de signaux arbitraires radio-fréquences pour l'agrégation de porteuses 5G en technologie 28nm FDSOI</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Ferrer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Herve Lapuyade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Nationales Microondes (JNM 2022)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Limoges, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03729287v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Design of a broadband D-Band Power Amplifier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Lhomel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Deltimple</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Kerherve</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ST-IMS Common Lab Workshop Fall 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04699757v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Low Power Frequency Dividers using TSPC logic in 28nm FDSOI Technology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Md Sazzad Hossain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mateus Bernardino Moreira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Sandrez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Herve Lapuyade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2022 IEEE 13th Latin America Symposium on Circuits and System (LASCAS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2022, Puerto Varas, Chile. pp.1-4, </w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/LASCAS53948.2022.9789073⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04337331v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Démonstration d'un générateur de signaux arbitraires utilisant des séquences orthogonales à base de composants du commerce</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Quéheille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Deltimple</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Kerhervé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Nationales Microondes (JNM 2022)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Limoges, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03631963v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une méthode de prédistorsion numérique d’amplificateur de puissance utilisant des séquences orthogonales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxandre Fellmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Deltimple</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Kerhervé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Nationales Microondes (JNM 2022)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Limoges, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03729260v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un convertisseur numérique-analogique pour l'agrégation de porteuses 5G</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Ferrer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Herve Lapuyade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque National du GDR SOC2</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03729331v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A 40 GHz Varactor-Less Class-C VCO With 17.1% Tuning Range And Long-Term Reliability In 28nm FD-SOI For Satellite Communications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ayoub Ait Ihda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Lapuyade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Gastaldi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">29th IEEE International Conference on Electronics Circuits and Systems (ICECS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2022, Glasgow, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03852880v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Wideband Power Amplifier for Sub-6 GHz 5G Applications Using Second Harmonic Processing Techniques in 28nm FDSOI Technology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Quéheille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Deltimple</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Kerhervé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GDR SoC2</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03726278v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Low Power Frequency Dividers using TSPC logic in 28nm FDSOI CMOS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Md Sazzad Hossain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mateus Bernardino Moreira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Sandrez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Herve Lapuyade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13th Latin American Symposium on Circuits and Systems (LASCAS 2022)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2022, Santiago, Chile</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03643688v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A 125-163 GHz Power Amplifier in 28-nm FD-SOI CMOS with 20 dB Gain and 15 dBm Psat for D-Band Applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Lhomel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Deltimple</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Deval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Kerhervé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GDR SOC2</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03714375v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une PLL à Double Boucle pour les normesWiFi et Galileo en technologie 28nm CMOS FD-SOI</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mateus B. Moreira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Sandrez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Md. Sazzad Hossain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Lapuyade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Nationales Microondes (JNM 2022)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Limoges, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03631970v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un Oscillateur Commandé en tension avec 1,6 GHz de plage de réglage globale et une puissance de démarrage minimale de 466µW en technologie 28nm CMOS FD-SOI</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mateus B. Moreira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Sandrez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Md. Sazzad Hossain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Herve Lapuyade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque National du GDR SOC2</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03731235v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une méthode de prédistorsion numérique d’amplificateur dans le domaine séquentiel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxandre Fellmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Deltimple</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Kerhervé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Herve Lapuyade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque National du GDR SOC2</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03731224v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un Oscillateur Commandé en Tension à très Faible Consommation pour les Normes Galileo et WiFi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mateus B. Moreira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Sandrez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Md. Sazzad Hossain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Lapuyade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Nationales Microondes (JNM 2022)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Limoges, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03631977v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Design Methodology for 112Gb/s PAM4 Wireline ADC-Based Receivers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Cordova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wim Cops</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Herve Lapuyade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12th IEEE Latin American Symposium on Circuits and Systems (LASCAS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2021, Arequipa, Peru</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03042261v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Proof-of-Concept of a COTS Arbitrary Waveform Generator using Orthogonal Sequences</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Quéheille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Deltimple</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Kerhervé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Analog VLSI Circuits (AVIC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2021, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03354735v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Design of a Connected-Object using LoRa technology for students’ life improvement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Ferré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Kerhervé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anaïs Tourissaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucien Paquien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">30th Annual Conference of the European Association for Education in Electrical and Information Engineering (EAEEIE)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2021, Praha, Czech Republic</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03198648v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Low-Power High-Speed ADCs for ADC-Based Wireline Receivers in 22 nm FDSOI</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Cordova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wim Cops</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Herve Lapuyade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">28th IFIP/IEEE International Conference on Very Large Scale Integration - System on a Chip (VLSI-SoC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2020, Salt Lake City, UT, United States. pp.1-19, </w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-81641-4_1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03759737v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A low-cost IoT-based device to measure exposure to sub-6GHz 5G waves</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louis Guénégo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anouar Walzik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aharram Souhayl</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine Karbab</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Ferré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Analog VLSI Circuits (AVIC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2021, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03354733v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edge Computing Technique for a 87% Energy Saving for IoT Device Dedicated to Environmental Monitoring</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Foucaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Ferré</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12th IEEE Latin American Symposium on Circuits and Systems (LASCAS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2021, Arequipa, Peru</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03042264v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimized body-biasing calibration methodology for high-speed comparators in 22nm FDX</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Cordova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wim Cops</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Herve Lapuyade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12th IEEE Latin American Symposium on Circuits and Systems (LASCAS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2021, Arequipa, Peru</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03042259v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Demonstration of a Walsh-based Arbitrary Waveform Generator using Components Off-The-Shelf</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Quéheille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Deltimple</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Kerhervé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">28th IEEE International Conference on Electronics Circuits and Systems (ICECS 2021)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2021, Dubai, United Arab Emirates</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03354737v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An IoT-based system to enforce COVID-19 health regulations dedicated to student traffic control in higher education areas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Quéheille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Pagès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Ferré</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Analog VLSI Circuits (AVIC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2021, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03354734v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wireless communications: disruptive circuits for next generation cellular radios</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference On Microwaves, Communications, Antennas, Biomedical Engineering &amp; Electronic Systems (IEEE COMCAS 2021)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2021, Tel Aviv, Israel</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03354739v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A low-cost IoT-based device to measure exposure to sub-6GHz 5G waves</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louis Guénégo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anouar Walzik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aharram Souhayl</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine Karbab</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Ferré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">28th IEEE International Conference on Electronics Circuits and Systems (ICECS 2021)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2021, Dubai, United Arab Emirates</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03354738v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">IoT-based project design to collect data on the well-being of the students</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Ferré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Kerherve</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tristan Lecocq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine Alinsafi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">30th Annual Conference of the European Association for Education in Electrical and Information Engineering (EAEEIE)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2021, Praha, Czech Republic</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03254725v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Social distancing estimation using an IoT-based system and Bluetooth signal detection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxandre Fellmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Le Gall</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Ferré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Kerhervé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Analog VLSI Circuits (AVIC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2021, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03354736v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An IoT-based Precision Agriculture Project for Education in Circuits and Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Ferré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ryan Raimond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Moreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corentin Gaury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque de l'Enseignement des Technologies et des Sciences de l'Information et des Systèmes (CETSIS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2021, Valenciennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03198647v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Binary Phase-Shift Keying for Ultrasonic Intra-Body Area Networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justine Guedey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Lapuyade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Microwave Bio-Conference (IMBioC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2020, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02531959v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Hilbert Generator, a Filter-Free Upconverter for 6G Communications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Lapuyade</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Symposium on Radio-Frequency Integration Technology (RFIT 2020)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2020, Hiroshima, Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02957426v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A 0.8V 875 MS/s 7b low-power SAR ADC for ADC-Based Wireline Receivers in 22nm FDSOI</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Cordova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wim Cops</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Herve Lapuyade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">28th IFIP/IEEE International Conference on Very Large Scale Integration (VLSI SoC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2020, Salt Lake City, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02956601v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Design of CMOS integrated circuits for radiation hardening and its application to space electronics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Herve Lapuyade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13th International Conference on ASIC (ASICON 2019)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2019, Chongqing, China</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02281009v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Hierarchical Track and Hold Circuit for High Speed ADC-Based Receivers in 22nm FDSOI</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Cordova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wim Cops</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Herve Lapuyade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">26th IEEE International Conference on Electronics Circuits and Systems (ICECS 2019)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2019, Gênes, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02288614v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Precision Agriculture for Small to Medium Size Farmers — An IoT Approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Grimblatt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Ferré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Jego</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Vergara</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2019 IEEE International Symposium on Circuits and Systems (ISCAS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2019, Sapporo, Japan. pp.1-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02281012v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Méthode Croisée de Dimensionnement des Contraintes en Bruit d’un Oscillateur Local</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romane Dumont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Gaidioz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andreia Cathelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XXIe Journees Nationales Micro-ondes (JNM 2019)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2019, Caen, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02281011v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Étude d'égalisation de canal pour liaisons numériques à 100 Gbps</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Cordova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Herve Lapuyade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wim Cops</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XXIe Journees Nationales Micro-ondes, JNM 2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2019, Caen, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02288597v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Riemann Pump: a Technique For Carrier-Aggregation Radio-Frequency Transceivers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoan Veyrac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Conference on Integrated Circuits, Technologies and Applications (ICTA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2018, Beijing, China</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01964935v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">DLL-Enhanced PLL Frequency Synthesizer with Two Feedback Loops and Body Biasing for Noise Cleaning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrés Asprilla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Cordova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Herve Lapuyade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Conference on Solid-State and Integrated Circuit Technology (ICSICT)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2018, Qingdao, China</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01964932v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental Demonstration of a 65 nm Integrated CMOS Waveform Generator for 5G sub-6GHz Standard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bisiaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoan Veyrac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Conference on Electronics Circuits and Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2018, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01964931v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les objets connectés au service de l’ENSEIRB-MATMECA et de l’innovation pédagogique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Ferré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marwane Rezzouki</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CETSIS 2018</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2018, Fès, Maroc, Maroc</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04312380v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Radio-Frequency Real-Time Spectrum Sensor based on an Analog Signal Processing Magnitude Calculator</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Orlando</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">30th Symposium on Integrated Circuits and Systems Design</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2017, Fortaleza, Brazil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01552342v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interface de sérialisation 10 Gb/s pour convertisseur numérique/analogique sur-échantillonné à faible consommation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoan Veyrac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">20èmes Journées Nationales Micro-Ondes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2017, Saint Malo, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01552336v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conception et déploiement d’un réseau d’IoT en technologie LoRa permettant de connecter l’ENSEIRB-MATMECA</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Ferré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Kerhervé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Maton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Titouan Petitpied</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CETSIS, Enseignement des Technologies et des Sciences de l'Information et des Systèmes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2017, Le Mans, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01552329v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Design and Deployment of an IoT Network Based on LoRa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Ferré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Tajan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Kerhervé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EAEEIE (European Association for Education in Electrical and Information Engineering)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01552330v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An Analog RF Fully Differential Common Mode Controlled Delay Line in 28nm FDSOI Technology from STM</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Vaillant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">30th Symposium on Integrated Circuits and Systems Design</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2017, Fortaleza, Brazil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01660230v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compression Study of Continuous-Time Sampled ECG Data for e-Health Applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mariam Tlili</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manel Ben Romdhane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Asma Maalej</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Dallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">22nd Symposium IMEKO TC 4 Symposium and 20th International Workshop on ADC Modelling and Testing (IWADC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, Iasi, Romania. pp.294-299</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01972625v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Energy Efficient Distributed-Oscillators at 134 and 202GHz with Phase-Noise Optimization through Body-Bias Control in 28nm CMOS FDSOI Technology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Guillaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andreia Cathelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Radio Frequency Integrated Circuits Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, Honolulu, United States. pp.156-159</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01552337v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Design by Mathematics : A Novel Approach for the Design of RFICs in Nanoscale CMOS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Radio Frequency Integrated Circuits Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, Honolulu, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01552345v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">RFIC Design by Mathematics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Emerging Technologies Communications Microsystems Optoelectronics Sensors (ET CMOS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2017, Varsovie, Poland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01552331v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synthèse de fréquence à 2,5GHz en technologie 28nm FDSOI de ST Microelectronics, consommation de 100µW, à gigue temporelle contrôlée et robuste aux variations de procédés pour l’IoT</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Vaillant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julian Leonhard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoan Veyrac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">20èmes Journées Nationales Micro-Ondes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2017, Saint Malo, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01552333v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Time-domain characterization of a wireless ECG system event driven A/D converter</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saeed Mian Qaisar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manel Ben-Romdhane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Omar Anwar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mariam Tlili</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Asma Maalej</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Instrumentation and Measurement Technology Conference (I2MTC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2017, Torino, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01682619v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zero-VT active load for low-voltage, high-PSR single-ended amplifiers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Cordova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sergio Bampi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XIIème Colloque du GDR SoC-SiP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01552332v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ultra-Low Power Frequency Synthesizer Based on a Dual-Locking Ring Oscillator</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoan Veyrac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Rivet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13th IEEE International Conference on Solid-State and Integrated Circuit Technology (ICSICT)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2016, Hangzhou, China</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01377960v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A 180 nm CMOS Analog Adaptive Sampler for Blood Pressure Feature Extraction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Callum Laurenson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mehmet R. Yuce</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Redouté</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">38th Annual International Conference of the IEEE Engineering in Medicine and Biology Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2016, Orlando, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01377959v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Accurate Level-Crossing ADC Design for Biomedical Acquisition Board</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mariam Tlili</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manel Ben-Romdhane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Asma Maalej</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Chaker Bali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9th International Joint Conference on Biomedical Engineering Systems and Technologies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2016, Rome, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01377957v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Concurrent Transmitter in CMOS 28nm FDSOI Technology based on Walsh sequences Generator</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nassim Bouassida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Duperray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andreia Cathelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International NEW Circuits And Systems (NEWCAS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, Vancouver, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01377970v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathematical Modeling Of Clean And Noisy ECG Signals In A Level-Crossing Sampling Context</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mariam Tlili</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Asma Maalej</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manel Ben Romdhane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Dallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Symposium on signal, Image, Video and Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2016, Tunis, Tunisia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01377961v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental demonstration of a Riemann Pump RF-DAC in 65 nm CMOS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoan Veyrac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">23rd IEEE International Conference on Electronics Circuits and Systems (ICECS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2016, Monaco, Monaco. pp.241-244, </w:t></w:r><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICECS.2016.7841177⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01552334v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Waveform Generator Based on a CMOS RF-DAC for 5G Carrier Aggregation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoan Veyrac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Wireless Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2016, Shanghai, China</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01377968v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An Ultra-Low Power Dual-Ring Factorial Delay Locked Loop in 28nm FD-SOI technology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khoa Hoang Vu Xuan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13th IEEE International Conference on Solid-State and Integrated Circuit Technology (ICSICT)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2016, Hangzhou, China</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01377965v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An Ultra Wide Band Analog-to-Digital Converter based on a Delta-Riemann architecture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elina Fiawoo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Garrec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Montigny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">29th Symposium On Integrated Circuits And Systems Design (SBCCI)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2016, Belo Horizonte, Brazil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01377963v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A balanced logic routing block for Factorial-DLL based frequency generation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">29th Symposium On Integrated Circuits And Systems Design (SBCCI)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2016, Belo Horizonte, Brazil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01377962v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterization of ultrasonic wave propagation for intra-body communication</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Redois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12th International Conference on Intelligent Environments - IE'16</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2016, Londres, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01377964v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Level-Crossing ADC Modeling for Wireless Electrocardiogram Signal Acquisition System</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mariam Tlili</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Asma Maalej</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manel Ben-Romdhane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Chaker Bali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Instrumentation and Measurement Technology Conference </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2016, Taipei, Taiwan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01377958v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un générateur de signaux pour émetteur correspondant au standard 5G</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoan Veyrac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Dallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Garrec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Nationales Micro-ondes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01139469v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un émetteur radio logicielle à base de transformations de Walsh</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nassim Bouassida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Duperray David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andreia Cathelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Nationales Micro-ondes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01240260v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Toward 5G: an Integrated CMOS Wide Band Arbitrary Waveform Generator for Carrier Aggregation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoan Veyrac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ASICON 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2015, Chengdu, China</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01240273v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Design by Mathematics of Full Software Radio circuits and systems: methodology and application to 5G standard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoan Veyrac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Symposium on Circuits and Systems 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2015, Lisbonne, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01139463v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une interface sans fil d’implant bio-médical consommant 1.04μWen technologie UMC 0.18μm CMOS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Callum Laurenson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mehmet Yuce</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Redouté</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Nationales Micro-ondes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01139466v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A 1.04uW Wireless Integrated MEMS Interface in UMC 0.18um CMOS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Callum Laurenson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mehmet Yuce</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Redouté</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">37th Annual International Conference of the IEEE Engineering in Medicine and Biology Society </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2015, Milan, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01240265v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Full Software Radio circuits and systems: Design by Mathematics in 28nm FDSOI technology and application to 5G standard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoan Veyrac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nassim Bouassida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE NEWCAS (NorthEast Workshop on Circuits and Systems)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01139464v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Design by Mathematics: Full Software Radio Circuits and Systems in 28nm FDSOI Technology for 5G Standard and Beyond</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoan Veyrac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Midwest Symposium on Circuits and Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2015, Fort Collins, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01139468v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Design by Mathematics of Full Software Radio circuits and systems: methodology and application to 5G standard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoan Veyrac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Microwave Week</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01139467v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adaptive interferer cancellation using a Sampled Analog Signal Processor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oskar Holstensson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Regimbal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Garrec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RADAR 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2014, LILLE, France. pp.51-69</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01015881v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un émetteur radio logicielle intégrale: la pompe de Riemann</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoan Veyrac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Regimbal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Garrec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JNRDM 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2014, LILLE, France. pp.12-15</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01015887v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Intra-Body Communications - Radio-Frequency versus Ultrasonic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel T.H. Lai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nick Owen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICECS 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2014, Marseille, France. pp.18-25</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01064360v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un émetteur radio logicielle intégrale à base de recombinaison d'harmoniques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nassim Bouassida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Dallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Belot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JNRDM 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2014, LILLE, France. pp.1-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01015884v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A 97mW 0-4GHz 65nm CMOS Concurrent Receiver</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICSICT 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2014, GUILIN, China. pp.25-31</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01064363v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An Energy-Efficient Pulse Position Modulation Transmitter for Galvanic Intrabody Communications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mirhojjat Seyedi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zibo Cai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel T.H. Lai</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MOBIHEALTH 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2014, ATHENES, Greece. pp.47-52</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01064366v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characteristics of Baseband Digital Signal Transmission for Intrabody Communications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zibo Cai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mirhojjat Seyedi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel T.H. Lai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">I2MTC 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2014, MONTEVIDEO, Uruguay. pp.72-79</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00937047v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterization of Impulse Radio Intrabody Communication</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zibo Cai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mirhojjat Seyedi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geordie Z. Zhang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel T.H. Lai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISSNIP 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2014, SINGAPORE, Singapore. pp.42-49</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00937038v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Riemann Pump: a Concurrent Transmitter in GaN Technology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoan Veyrac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Dallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Garrec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICECS 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2014, MARSEILLE, France. pp.12-18, </w:t></w:r><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICECS.2014.7050055⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01064369v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Survey of Full Software Radio Transceivers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoan Veyrac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Regimbal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Garrec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SBCCI</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2013, CURITIBA, Brazil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00916061v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wide-Band Rejection of Interfering Signals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Fadhuile</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Taris</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICECS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2013, ABU DHABI, United Arab Emirates. pp.137-142</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00917005v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Studies on Die-to-Substrate Interconnects for High-Q PCB Inductors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Pourakbar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Linton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Faulkner</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICECS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2013, ABU DHABI, United Arab Emirates. pp.160-169</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00917035v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réjection large bande de signaux interférents</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Fadhuile</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Taris</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JNM - journées Nationales Microondes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2013, Paris, France. pp.346-350</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00801918v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Full Software Radio Transceivers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoan Veyrac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Regimbal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Garrec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Conference on ASIC</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2013, Shenzhen, China</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01553095v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Calibration requires calibration, a case study: Mixed-Signal BISC Time-Interleaved ADC</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Mariano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE NEWCAS 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2012, MONTREAL, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00693373v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analog Signal Processing: an hardware solution to achieve Software Radio concept</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The European Microwave Integrated Circuits Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2012, Amsterdam, Netherlands. pp.51-69</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00782092v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Software Radio: the Devil wears Analog</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop IEEE CASS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2012, Porto Alègre, Brazil. pp.51-69</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00782099v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">65 GHz CMOS-SOI Low Power Consumption Voltage Controlled Oscillator</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Mazouffre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Mariano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernardo Leite</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Begueret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Latin American Symposium on Circuits and Systems (LASCAS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2012, PLAYA DEL CARMEN, Mexico. pp.220-225</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00693355v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Low-Power 2 GHz Discrete Time Weighting System Dedicated To Sampled Analog Signal Processing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoann Abiven</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Dallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Belot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICECS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2011, BEYROUTH, Lebanon. pp.50-55</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00642017v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A low power digitally-enhanced SASP-based receiver architecture for mobile DVB-S applications in the Ku-band (10.7-12.75 GHz)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrée Fouque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Fadhuile</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Begueret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Radio and Wireless Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2011, Phoenix, United States. pp.545-549</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00521421v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Low Cost Mobile RF Terminal Paradigms: from Multi-Radio to Software Radio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Deltimple</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Taris</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Begueret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Solid-State and Integrated Circuit Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2010, shanghai, China. pp.654-657</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00516970v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sampled Analog Signal Processor for Cognitive Radio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Dallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Begueret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Cathelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Solid-State Circuits Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2010, San Francisco, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00425438v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards Software Radio Receiver</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Belot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE MTT International Microwave Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2010, ANAHEIM, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00531669v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mixed-Signal Built-in Self-Calibrated Time-Interleaved ADC in 65nm CMOS Technology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Mariano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Dallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Begueret</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NEWCAS 2010</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2010, Canada. p250-251-252-253-254</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00476806v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Toward Software Radio Receiver</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Belot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE MTT International Microwave Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2009, BOSTON, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00531673v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From Software-Defined to Software Radio: Analog Signal Processor Features</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Begueret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Dallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Cathelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Radio and Wireless Symposium 2009</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2009, San Diego, United States. pp.321-324</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00321473v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vers la radio logicielle intégrale: le SASP, un processeur analogique du signal en temps discret</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Begueret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Dallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Cathelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16èmes Journées Nationales Microondes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2009, Grenoble, France. pp.51-54</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00359770v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un pas vers la radio logicielle intégrale: le SASP, un processeur analogique du signal en temps discret</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Begueret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Dallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Cathelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque GDR SoC SiP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2009, Paris, France. pp.69-72</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00384370v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The first experimental demonstration of a SASP-based full Software Radio Receiver</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Begueret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Dallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Cathelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Radio Frequency Integrated Circuits Symposium (RFIC 2009)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2009, Boston, United States. pp.25-28, </w:t></w:r><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/RFIC.2009.5135482⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00359769v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un Processeur Analogique en technologie 65nm CMOS destiné à la Radio Logicielle pour des Terminaux Mobiles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Dallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Belot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Begueret</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GDR SOC SIP 2008</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2008, Paris, France. pp.74-78</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00281375v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A 65nm CMOS RF Front End dedicated to Software Radio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Dallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Begueret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Belot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Software Defined Radio Technical Conference 2008</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2008, Washington D.C., United States. pp.35-39</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00274707v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un Processeur Analogique de Signaux Radio-Frequences destine la Radio Logicielle pour des Terminaux Mobiles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Dallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Belot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Begueret</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Nationales du Réseau Doctoral en Microélectronique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2008, Bordeaux, France. pp.476-480</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00269366v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A 65nm CMOS Analog Processor for Mobile Terminals Software Radio Front End</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Dallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Begueret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Belot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XXIII SIM - South Symposium on Microelectronics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2008, Bento Goncalves, Brazil. pp.15-19</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00270632v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">65nm CMOS Circuit Design of a Sampled Analog Signal Processor dedicated to RF Applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Begueret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Dallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Cathelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Northeast Workshop on Circuits and Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2008, Montreal, Canada. pp.123-127</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00269138v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Universal Radio Frequency Receiver Architecture Based on Sampled Analog Signal Processing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId379" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Bégueret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Dallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Belot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NEWCAS'07</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2007, Montreal, Canada. pp.1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00161531v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Disruptive Software-Defined Radio Receiver Architecture Based on Sampled Analog Signal Processing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Begueret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Dallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Belot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Radio Frequency Integrated Circuits Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2007, Honolulu, United States. pp.197-200</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00161318v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un Processeur de Traitement du Signal Analogique destiné à la Radio Logicielle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Dallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Belot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId379" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Bégueret</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15èmes Journées Nationales Microondes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2007, Toulouse, France. pp.98</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00161534v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Architecture d'un Récepteur Radio Logicielle à Temps Discret</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Dallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Belot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId379" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Bégueret</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Nationales du Réseau Doctoral en Microélectronique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2007, Lille, France. pp.1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00161530v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Software-Defined Radio based on Sampled Analog Signal Processing Dedicated to Digital Modulations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Begueret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Dallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Belot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PRIME -Phd Research In Microelectronics and Electronics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2007, Bordeaux, France. pp.121-124</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00161329v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId384" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Improved IoT capabilities for Agriculture applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Ferre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Technology and Agribusiness: How Technology is Impacting Agribusiness</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 9788770225977</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId384" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03322909v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId385" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Low-Power High-Speed ADCs for ADC-Based Wireline Receivers in 22 nm FDSOI</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Cordova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wim Cops</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Herve Lapuyade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">VLSI-SoC: Design Trends</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer International Publishing, 2021, 978-3-030-81640-7. </w:t></w:r><w:hyperlink r:id="rId386" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-81641-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId385" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03322911v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId387" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterization of Impulse Radio Intrabody Communication System for Wireless Body Area Networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mirhojjat Seyedi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recent Advances in Wireless Communication</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 978-1-61896-756-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId387" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04031239v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId388" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sampled Analog Signal Processing: From Software-Defined to Software Radio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Mariano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Dallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Begueret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Emerging Technologies and Circuits</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer, pp.261-287, 2010, Lecture Notes in Electrical Engineering, Vol. 66</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId388" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00477585v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Brevet (20)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId389" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Method for generating a radio signal, and corresponding computer program products and devices</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Herve Lapuyade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxandre Fellmann</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">France, Patent n° : WO2024208899. 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId389" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04906322v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId390" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">System, method and computer program product for communicating semantic messages over a communication channel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilio Calvanese Strinati</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">France, Patent n° : EP4447348. 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId390" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04906296v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Method for predistorting an input signal with a view to compensating for the effect of a non-linear transfer function of a power amplifier, corresponding computer program products and corresponding devices</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Herve Lapuyade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Kerherve</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Deltimple</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">France, Patent n° : WO2023222655. 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04906312v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId392" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dispositif de génération d’un signal modulé et chaine d’émission à radiofréquence associée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Lapuyade</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">France, N° de brevet: FR3091964. 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId392" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02505840v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId393" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transformée de Fourier rapide à multiplexage/démultiplexage progressif pour un signal série</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Vaillant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Garrec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Hode</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">France, N° de brevet: FR1913615. 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId393" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02505855v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId395" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Encodeur Numerique Pour Signaux Modules, Et Dispositif De Generation D'un Signal Analogique Associe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoan Veyrac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">France, N° de brevet: FR3060913A1. 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId395" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01987043v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId396" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Device for generating a modulated digital signal and system for generating a modulated analog signal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoan Veyrac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">France, Patent n° : WO2018115139A3. 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId396" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01987044v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dispositif de generation d'un signal numerique module et systeme de generation d'un signal analogique module</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoan Veyrac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">France, Patent n° : FR3060912A1. 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01987041v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId398" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Device for generating analogue signals and associated use</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Garrec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Montigny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoan Veyrac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">France, Patent n° : WO2017067804. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId398" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01552343v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId399" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dispositif de génération de signaux analogiques et utilisation associée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Garrec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Montigny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoan Veyrac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">France, N° de brevet: FR3042928. 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId399" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01552344v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId400" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">System for generating an analogue signal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Regimbal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Garrec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Montigny</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">France, Patent n° : WO/2014/184388. 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId400" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01139471v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId401" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Radio frequency signal transmission method and device</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Belot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">United States, Patent n° : US20140235186. 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId401" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01063069v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId402" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Procédé et dispositif d'émission d'un signal radiofréquence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Belot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N° de brevet: FR3002345. 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId402" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01063074v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId403" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Système de Génération d’un signal analogique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Regimbal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Garrec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Montigny</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">France, N° de brevet: 3005815. 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId403" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01139470v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dispositif de génération d'un signal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Belot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N° de brevet: FR3002392. 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01063076v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId405" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Signal generation device</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Belot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Patent n° : US20140233671. 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId405" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01063070v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId406" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Method and device for the analog processing of a radio signal for a radio frequency receiver</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Belot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Begueret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Taris</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">United States, Patent n° : US Patent pending N B07-0400EXT US-06-GR1-225. 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId406" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00266038v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId407" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Method And Electronic Device For Frequency Shifting An Analogue Signal, In Particular For Mobile Telephony</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Belot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Begueret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Dallet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Patent n° : WO2008/152322. 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId407" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00493734v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId408" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Procédé et dispositif électronique de décalage fréquentiel d'un signal analogique, en particulier pour la téléphonie mobile.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Begueret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Belot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Dallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N° de brevet: FR-0755441. 2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId408" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00265530v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Procédé et dispositif de traitement analogique d'un signal radio pour récepteur radiofréquence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Begueret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Belot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Taris</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N° de brevet: FR-0755443. 2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00265529v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId410" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Celebrating a Decade of Existence: The Bordeaux Electrical Engineering Branch’s 10th Anniversary [Chapters]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Lagoug</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Guillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024, pp.91-92. </w:t></w:r><w:hyperlink r:id="rId412" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/mssc.2024.3417789⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId410" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05034875v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId413" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LASCAS 2024—Solid-State Circuit Society in Latin America</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId414" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matias Miguez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId415" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pablo Perez-Nicoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId416" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Piovaccari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024, pp.108-109. </w:t></w:r><w:hyperlink r:id="rId417" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/MSSC.2024.3417109⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId413" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04700135v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId418" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Design by Mathematics : a different approach for the design of RFICs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId418" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01377966v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">HDR (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId419" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Design by Mathematics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rivet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Electronics. Université de Bordeaux, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">HDR</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId419" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-02271959v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId420"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -107,51 +107,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="2C9685EF"/>
+    <w:nsid w:val="53A8C11E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -338,51 +338,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/francois-rivet" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6003-4208" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/135485576" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00412242v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Rivet" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04987589v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilio Calvanese Strinati" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=George C. Alexandropoulos" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Navid Amani" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurizio Crozzoli" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giyyarpuram Madhusudan" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/mwc.001.2400056" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05034525v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danilo Manstretta" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohyee Mikhemar" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/mssc.2024.3489832" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05298805v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Ferrer" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxandre Fellmann" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Deltimple" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herve Lapuyade" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05100636v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amin Arbabian" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/mmm.2025.3535137" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05081616v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remi Queheille" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magalie de Matos" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Deval" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Kerherve" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/tcsii.2025.3567701" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05342860v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandro Carrara" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shih-Chii Liu" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Begon-Lours" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Demosthenous" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MCAS.2025.3560603" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04795024v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Rivet" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Desgreys" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Frapp&#233;" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Bourdel" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MCAS.2024.3410911" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04440977v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Guedey" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TCSII.2024.3357066" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04572162v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/mmm.2024.3364568" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04166712v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/tcomm.2023.3294959" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04457532v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Lhomel" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.29292/jics.v18i3.795" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04166890v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mateus B. Moreira" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali de Matos" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/tcsii.2023.3292428" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04245512v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leonardo H. Brendler" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Darracq" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Fauquet" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/tcsi.2023.3310876" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04283929v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/access.2023.3326530" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04029483v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Ferre" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ryan Raimond" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Moreau" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Gaury" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/j3ea/20222005" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03096512v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andres Asprilla" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Cordova" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TCSII.2020.3047464" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03340693v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Grimblatt" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Jego" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JETCAS.2021.3099778" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02637998v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Asma Maalej" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manel Ben-Romdhane" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariam Tlili" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Dallet" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.measurement.2020.108031" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02527916v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chiheb Rebai" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13369-020-04483-w" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01767677v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.measurement.2018.03.032" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01536616v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zibo Cai" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mirhojjat Seyedi" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Weiwei Zhang" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel T.H. Lai" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40846-016-0198-9" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01552335v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoan Veyrac" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10470-017-0980-9" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01240272v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Garrec" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TCSII.2015.2504947" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01240271v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nick Owen" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10470-015-0659-z" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01139462v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ammar Aldaoud" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Callum Laurenson" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehmet Yuce" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Redout&#233;" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMECH.2014.2322614" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01240270v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/iet-rsn.2015.0126" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00840446v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Mariano" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Mazouffre" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernardo Leite" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Begueret" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00477579v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Cathelin" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JSSC.2010.2041402" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00274011v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TCSII.2008.919512" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05506739v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Qu&#233;heille" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Kerherv&#233;" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05298631v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emu Murata" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kawori Sekine" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shuya Isawa" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michitaka Yoshino" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kazuyuki Wada" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05298615v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isawa Shuya" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05298894v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05298922v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04945900v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Guillot" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/icecs61496.2024.10849174" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04958687v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05298579v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nour Hello" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Amine Hamoura" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilio Calvanese-Strinati" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05298823v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05298693v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05493298v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05298730v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04454321v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04538321v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cel Thys" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodney Martinez Alonso" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48550/arXiv.2402.09964" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04699751v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05081691v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04804376v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henrique Iha Taguti" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ayoub Ait Ihda" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Rochette" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05508688v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/EuMIC61603.2024.10732635" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05010247v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali De Matos" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Kerherve" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04521154v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04521234v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04599866v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04631322v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/lascas60203.2024.10506186" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04790652v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04648535v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04760289v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=George Alexandropoulos" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Madhusudan Giyyarpuram" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Sehier" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sami Mekki" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EuCNC/6GSummit60053.2024.10597016" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04538174v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leonardo Brendler" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Lapuyade" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ricardo Reis" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/icecs58634.2023.10382845" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04118411v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04217454v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04166657v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04118401v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04217911v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hiroshi Kobayashi" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04218085v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04080882v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mateus Bernardino Moreira" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04331071v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03937315v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICECS202256217.2022.9971061" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04098594v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LASCAS53948.2022.9789071" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03729352v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03631986v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Gastaldi" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03731236v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Sandrez" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Md. Sazzad Hossain" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03792199v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Sadlo" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreia Cathelin" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03729287v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04699757v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03729260v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04337331v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Md Sazzad Hossain" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LASCAS53948.2022.9789073" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03631963v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03729331v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03852880v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03643688v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Sandrez" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03726278v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03631970v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03731235v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03714375v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Deltimple" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Deval" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03631977v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03731224v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03198648v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Ferr&#233;" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Tourissaud" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucien Paquien" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03042261v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wim Cops" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03354735v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03354733v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Gu&#233;n&#233;go" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anouar Walzik" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aharram Souhayl" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amine Karbab" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03759737v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-81641-4_1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03042264v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Foucaud" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03042259v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03354734v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Pag&#232;s" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03354737v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03354738v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03354739v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03254725v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Lecocq" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amine Alinsafi" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03354736v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Le Gall" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03198647v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02531959v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02957426v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02956601v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02281009v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02288614v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02281011v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romane Dumont" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Gaidioz" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02281012v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Vergara" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02288597v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01964932v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;s Asprilla" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01964935v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01964931v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Bisiaux" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04312380v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marwane Rezzouki" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01552336v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01552329v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Maton" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Titouan Petitpied" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01552342v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Orlando" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01552330v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Tajan" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01660230v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Vaillant" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01552337v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Guillaume" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01972625v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manel Ben Romdhane" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01552331v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01552345v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01552333v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julian Leonhard" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01682619v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saeed Mian Qaisar" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Omar Anwar" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01552332v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergio Bampi" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01377970v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nassim Bouassida" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Duperray" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01377961v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01377959v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehmet R. Yuce" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01377957v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Chaker Bali" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01377960v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01552334v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICECS.2016.7841177" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01377963v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elina Fiawoo" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Montigny" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01377965v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khoa Hoang Vu Xuan" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01377968v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01377964v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Redois" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01377962v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01377958v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01139469v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01240260v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Duperray David" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01240273v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01139463v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01139466v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01139464v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01240265v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01139468v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01139467v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01015881v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oskar Holstensson" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Regimbal" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01015887v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01064360v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01015884v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Belot" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01064363v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01064366v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00937038v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geordie Z. Zhang" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00937047v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01064369v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICECS.2014.7050055" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00916061v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00917005v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Fadhuile" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Taris" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00917035v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Pourakbar" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Linton" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Faulkner" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00801918v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01553095v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00693373v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00782092v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00782099v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00693355v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00642017v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Abiven" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00521421v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;e Fouque" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00425438v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00516970v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00531669v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00476806v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00321473v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00531673v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00359770v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00384370v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00359769v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/RFIC.2009.5135482" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00281375v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00269366v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00274707v1" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00270632v1" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00269138v1" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00161318v1" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00161531v1" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste B&#233;gueret" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00161534v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00161530v1" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00161329v1" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03322909v1" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03322911v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-81641-4" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04031239v1" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00477585v1" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04906322v1" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04906296v1" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04906312v1" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02505840v1" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02505855v1" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Hode" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01987044v1" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01987043v1" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01987041v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01552343v1" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01552344v1" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01063074v1" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01139471v1" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01063069v1" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01139470v1" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01063076v1" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01063070v1" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00266038v1" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00493734v1" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00265530v1" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00265529v1" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05034875v1" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samir Lagoug" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/mssc.2024.3417789" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04700135v1" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matias Miguez" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Perez-Nicoli" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Piovaccari" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MSSC.2024.3417109" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01377966v1" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-02271959v1" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/francois-rivet" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6003-4208" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/135485576" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00412242v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Rivet" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04987589v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilio Calvanese Strinati" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=George C. Alexandropoulos" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Navid Amani" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurizio Crozzoli" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giyyarpuram Madhusudan" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/mwc.001.2400056" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05034525v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danilo Manstretta" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohyee Mikhemar" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/mssc.2024.3489832" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05298805v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Ferrer" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxandre Fellmann" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Deltimple" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herve Lapuyade" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05100636v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amin Arbabian" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/mmm.2025.3535137" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05081616v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remi Queheille" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magalie de Matos" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Deval" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Kerherve" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/tcsii.2025.3567701" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05342860v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandro Carrara" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shih-Chii Liu" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Begon-Lours" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Demosthenous" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MCAS.2025.3560603" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04795024v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Rivet" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Desgreys" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Frapp&#233;" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Bourdel" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MCAS.2024.3410911" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04440977v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Guedey" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TCSII.2024.3357066" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04572162v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/mmm.2024.3364568" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04166712v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/tcomm.2023.3294959" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04457532v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Lhomel" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.29292/jics.v18i3.795" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04166890v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mateus B. Moreira" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali de Matos" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/tcsii.2023.3292428" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04245512v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leonardo H. Brendler" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Darracq" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Fauquet" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/tcsi.2023.3310876" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04283929v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/access.2023.3326530" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04029483v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Ferre" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ryan Raimond" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Moreau" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Gaury" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/j3ea/20222005" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03340693v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Grimblatt" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Jego" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JETCAS.2021.3099778" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03096512v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andres Asprilla" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Cordova" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TCSII.2020.3047464" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02637998v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Asma Maalej" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manel Ben-Romdhane" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariam Tlili" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Dallet" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.measurement.2020.108031" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02527916v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chiheb Rebai" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13369-020-04483-w" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01767677v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.measurement.2018.03.032" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01536616v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zibo Cai" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mirhojjat Seyedi" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Weiwei Zhang" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel T.H. Lai" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40846-016-0198-9" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01552335v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoan Veyrac" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10470-017-0980-9" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01240272v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Garrec" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TCSII.2015.2504947" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01240271v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nick Owen" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10470-015-0659-z" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01139462v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ammar Aldaoud" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Callum Laurenson" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehmet Yuce" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Redout&#233;" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMECH.2014.2322614" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01240270v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/iet-rsn.2015.0126" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00840446v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Mariano" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Mazouffre" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernardo Leite" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Begueret" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00477579v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Cathelin" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JSSC.2010.2041402" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00274011v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TCSII.2008.919512" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05298894v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05298922v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05298631v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emu Murata" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kawori Sekine" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shuya Isawa" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michitaka Yoshino" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kazuyuki Wada" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05298615v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isawa Shuya" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05506739v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Qu&#233;heille" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Kerherv&#233;" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04945900v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Guillot" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/icecs61496.2024.10849174" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05298579v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nour Hello" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Amine Hamoura" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilio Calvanese-Strinati" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04958687v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05298823v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05298693v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05493298v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05298730v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04699751v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04538321v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cel Thys" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodney Martinez Alonso" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48550/arXiv.2402.09964" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04454321v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05081691v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05508688v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/EuMIC61603.2024.10732635" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04804376v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henrique Iha Taguti" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ayoub Ait Ihda" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Rochette" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05010247v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali De Matos" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Kerherve" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04521234v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04521154v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04599866v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04631322v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/lascas60203.2024.10506186" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04790652v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04648535v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04760289v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=George Alexandropoulos" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Madhusudan Giyyarpuram" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Sehier" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sami Mekki" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EuCNC/6GSummit60053.2024.10597016" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04166657v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04118411v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04217454v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04538174v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leonardo Brendler" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Lapuyade" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ricardo Reis" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/icecs58634.2023.10382845" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04218085v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04217911v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hiroshi Kobayashi" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04118401v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04331071v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04080882v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mateus Bernardino Moreira" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03731236v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Sandrez" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Md. Sazzad Hossain" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04098594v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LASCAS53948.2022.9789071" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03631986v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Gastaldi" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03792199v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Sadlo" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreia Cathelin" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03729352v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03937315v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICECS202256217.2022.9971061" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03729287v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04699757v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04337331v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Md Sazzad Hossain" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LASCAS53948.2022.9789073" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03631963v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03729260v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03729331v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03852880v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03726278v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03643688v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Sandrez" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03714375v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Deltimple" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Deval" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03631970v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03731235v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03731224v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03631977v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03042261v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wim Cops" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03354735v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03198648v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Ferr&#233;" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Tourissaud" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucien Paquien" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03759737v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-81641-4_1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03354733v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Gu&#233;n&#233;go" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anouar Walzik" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aharram Souhayl" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amine Karbab" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03042264v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Foucaud" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03042259v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03354737v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03354734v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Pag&#232;s" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03354739v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03354738v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03254725v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Lecocq" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amine Alinsafi" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03354736v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Le Gall" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03198647v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02531959v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02957426v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02956601v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02281009v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02288614v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02281012v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Vergara" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02281011v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romane Dumont" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Gaidioz" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02288597v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01964935v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01964932v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;s Asprilla" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01964931v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Bisiaux" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04312380v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marwane Rezzouki" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01552342v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Orlando" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01552336v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01552329v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Maton" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Titouan Petitpied" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01552330v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Tajan" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01660230v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Vaillant" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01972625v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manel Ben Romdhane" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01552337v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Guillaume" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01552345v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01552331v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01552333v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julian Leonhard" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01682619v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saeed Mian Qaisar" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Omar Anwar" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01552332v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergio Bampi" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01377960v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01377959v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehmet R. Yuce" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01377957v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Chaker Bali" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01377970v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nassim Bouassida" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Duperray" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01377961v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01552334v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICECS.2016.7841177" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01377968v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01377965v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khoa Hoang Vu Xuan" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01377963v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elina Fiawoo" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Montigny" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01377962v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01377964v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Redois" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01377958v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01139469v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01240260v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Duperray David" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01240273v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01139463v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01139466v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01240265v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01139464v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01139468v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01139467v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01015881v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oskar Holstensson" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Regimbal" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01015887v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01064360v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01015884v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Belot" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01064363v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01064366v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00937047v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00937038v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geordie Z. Zhang" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01064369v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICECS.2014.7050055" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00916061v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00917005v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Fadhuile" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Taris" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00917035v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Pourakbar" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Linton" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Faulkner" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00801918v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01553095v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00693373v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00782092v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00782099v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00693355v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00642017v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Abiven" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00521421v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;e Fouque" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00516970v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00425438v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00531669v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00476806v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00531673v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00321473v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00359770v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00384370v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00359769v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/RFIC.2009.5135482" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00281375v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00274707v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00269366v1" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00270632v1" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00269138v1" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00161531v1" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste B&#233;gueret" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00161318v1" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00161534v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00161530v1" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00161329v1" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03322909v1" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03322911v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-81641-4" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04031239v1" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00477585v1" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04906322v1" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04906296v1" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04906312v1" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02505840v1" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02505855v1" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Hode" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01987043v1" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01987044v1" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01987041v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01552343v1" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01552344v1" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01139471v1" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01063069v1" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01063074v1" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01139470v1" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01063076v1" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01063070v1" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00266038v1" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00493734v1" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00265530v1" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00265529v1" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05034875v1" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samir Lagoug" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/mssc.2024.3417789" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04700135v1" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matias Miguez" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Perez-Nicoli" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Piovaccari" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MSSC.2024.3417109" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01377966v1" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-02271959v1" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>