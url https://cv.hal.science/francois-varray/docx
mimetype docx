--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -827,490 +827,490 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05373311v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Boosting Cardiac Color Doppler Frame Rates with Deep Learning</w:t>
+                <w:t xml:space="preserve">SIMUS3: an open-source simulator for 3-D ultrasound imaging</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julia Puig</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Hang Jung Ling</w:t>
+                <w:t xml:space="preserve">Damien Garcia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Varray</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Ultrasonics, Ferroelectrics and Frequency Control</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/TUFFC.2024.3424549⟩</w:t>
+              <w:t xml:space="preserve">Computer Methods and Programs in Biomedicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 250, pp.108169. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cmpb.2024.108169⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04643079v1</w:t>
+                <w:t xml:space="preserve">hal-04540765v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">SIMUS3: an open-source simulator for 3-D ultrasound imaging</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId48" w:history="1">
+                <w:t xml:space="preserve">Reply to “Comment on “So you think you can DAS? A viewpoint on delay-and-sum beamforming” - Think twice before f-numbering”, published by M.F. Schiffner and G. Schmitz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Garcia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Tamraoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Varray</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computer Methods and Programs in Biomedicine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.cmpb.2024.108169⟩</w:t>
+              <w:t xml:space="preserve">Ultrasonics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 138, pp.107222. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ultras.2023.107222⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04540765v1</w:t>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04540761v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reply to “Comment on “So you think you can DAS? A viewpoint on delay-and-sum beamforming” - Think twice before f-numbering”, published by M.F. Schiffner and G. Schmitz</w:t>
+                <w:t xml:space="preserve">Computationally Efficient SVD Filtering for Ultrasound Flow Imaging and Real-Time Application to Ultrafast Doppler</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Damien Garcia</w:t>
+                <w:t xml:space="preserve">B. Pialot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Guidi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Bonciani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Varray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mohamed Tamraoui</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">P. Tortoli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ultrasonics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 138, pp.107222. </w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Biomedical Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, pp.1-10. </w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ultras.2023.107222⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/tbme.2024.3479414⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04540761v1</w:t>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04828721v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Computationally Efficient SVD Filtering for Ultrasound Flow Imaging and Real-Time Application to Ultrafast Doppler</w:t>
+                <w:t xml:space="preserve">Boosting Cardiac Color Doppler Frame Rates with Deep Learning</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">B. Pialot</w:t>
+                <w:t xml:space="preserve">Julia Puig</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F. Guidi</w:t>
+                <w:t xml:space="preserve">Denis Friboulet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G. Bonciani</w:t>
+                <w:t xml:space="preserve">Hang Jung Ling</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Varray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P. Tortoli</w:t>
+                <w:t xml:space="preserve">Michael Mougharbel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Biomedical Engineering</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, pp.1-10. </w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Ultrasonics, Ferroelectrics and Frequency Control</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 71 (11), pp.1540 - 1551. </w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/tbme.2024.3479414⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/TUFFC.2024.3424549⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04828721v1</w:t>
+                <w:t xml:space="preserve">hal-04643079v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Investigating the three-dimensional myocardial micro-architecture in the laminar structure using X-ray phase-contrast microtomography</w:t>
               </w:r>
@@ -1558,698 +1558,698 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04653848v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Oscillation of the orientation of cardiomyocyte aggregates in human left ventricle free wall</w:t>
+                <w:t xml:space="preserve">Use of the intrusion angle to describe the radial orientation of local cardiomyocytes in the left ventricle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shunli Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Yuhan Jing</w:t>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zhaorui Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Feng Yuan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Varray</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Anatomy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/joa.13795⟩</w:t>
+              <w:t xml:space="preserve">Journal of Morphology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 284 (12), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/jmor.21650⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04021136v1</w:t>
+                <w:t xml:space="preserve">hal-04304791v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">3-D Passive Cavitation Imaging Using Adaptive Beamforming and Matrix Array Transducer With Random Apodization</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Adaptive noise reduction for power Doppler imaging using SVD filtering in the channel domain and coherence weighting of pixels</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Pialot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Célestine Lachambre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonio Lorente Mur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Augeul</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Audrey Sivadon</w:t>
-[...53 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Lorena Petrusca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Ultrasonics, Ferroelectrics and Frequency Control</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/TUFFC.2023.3344165⟩</w:t>
+              <w:t xml:space="preserve">Physics in Medicine and Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 68 (2), pp.025001. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1361-6560/acac5d⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04511029v1</w:t>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04021155v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adaptive noise reduction for power Doppler imaging using SVD filtering in the channel domain and coherence weighting of pixels</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Nonlinear Beamforming Based on Amplitude Coherence Applied to Ultrasonic Imaging of Coarse-Grained Steels</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ewen Carcreff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nans Laroche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Varray</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Barbara Nicolas</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physics in Medicine and Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/1361-6560/acac5d⟩</w:t>
+              <w:t xml:space="preserve">Journal of Nondestructive Evaluation, Diagnostics and Prognostics of Engineering Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 6 (4), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1115/1.4056898⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04021155v1</w:t>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04322649v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Use of the intrusion angle to describe the radial orientation of local cardiomyocytes in the left ventricle</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">François Varray</w:t>
+                <w:t xml:space="preserve">3-D Passive Cavitation Imaging Using Adaptive Beamforming and Matrix Array Transducer With Random Apodization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Sivadon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francois Varray</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Christophe Béra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Barbara Nicolas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Gilles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Morphology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 284 (12), </w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Ultrasonics, Ferroelectrics and Frequency Control</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 71 (2), pp.238-254. </w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/jmor.21650⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/TUFFC.2023.3344165⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04304791v1</w:t>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04511029v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nonlinear Beamforming Based on Amplitude Coherence Applied to Ultrasonic Imaging of Coarse-Grained Steels</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Oscillation of the orientation of cardiomyocyte aggregates in human left ventricle free wall</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shunli Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ewen Carcreff</w:t>
+                <w:t xml:space="preserve">Junning Cui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nans Laroche</w:t>
+                <w:t xml:space="preserve">Yuhan Jing</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Varray</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Barbara Nicolas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Nondestructive Evaluation, Diagnostics and Prognostics of Engineering Systems</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 6 (4), </w:t>
+              <w:t xml:space="preserve">Journal of Anatomy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 242 (3), pp.373-386. </w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1115/1.4056898⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/joa.13795⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04322649v1</w:t>
+                <w:t xml:space="preserve">hal-04021136v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A simplified and accelerated implementation of SVD for filtering ultrafast power Doppler images</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Pialot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lionel Augeul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lorena Petrusca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Varray</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2456,51 +2456,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastien Salles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Varray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Garcia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Liebgott</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2554,248 +2554,248 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04273519v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sensitivity enhancement using chirp transmission for an ultrasound arthroscopic probe</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">SIMUS: An open-source simulator for medical ultrasound imaging. Part II: Comparison with four simulators</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adeline Bernard</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Herve Liebgott</w:t>
+                <w:t xml:space="preserve">Amanda Cigier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Varray</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Garcia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Ultrasonics, Ferroelectrics and Frequency Control</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/TUFFC.2022.3160880⟩</w:t>
+              <w:t xml:space="preserve">Computer Methods and Programs in Biomedicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 220, pp.106726. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cmpb.2022.106774⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03922501v1</w:t>
+                <w:t xml:space="preserve">hal-03702798v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">SIMUS: An open-source simulator for medical ultrasound imaging. Part II: Comparison with four simulators</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Sensitivity enhancement using chirp transmission for an ultrasound arthroscopic probe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Pialot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adeline Bernard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amanda Cigier</w:t>
+                <w:t xml:space="preserve">Herve Liebgott</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Varray</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Damien Garcia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computer Methods and Programs in Biomedicine</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 220, pp.106726. </w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Ultrasonics, Ferroelectrics and Frequency Control</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 69 (10), pp.2776-2784. </w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.cmpb.2022.106774⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/TUFFC.2022.3160880⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03702798v1</w:t>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03922501v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Piezoelectric Micromachined Ultrasonic Transducer for Arterial Wall Dynamics Monitoring</w:t>
               </w:r>
@@ -3169,278 +3169,278 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03677935v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">So you think you can DAS? A viewpoint on delay-and-sum beamforming</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">In Vitro and In Vivo Multispectral Photoacoustic Imaging for the Evaluation of Chromophore Concentration</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maxime Polichetti</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Aneline Dolet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rita Ammanouil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Petrilli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Richard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Piero Tortoli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ultrasonics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ultras.2020.106309⟩</w:t>
+              <w:t xml:space="preserve">Sensors</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 21 (10), pp.3366. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/s21103366⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03538693v1</w:t>
+                <w:t xml:space="preserve">hal-03352856v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">In Vitro and In Vivo Multispectral Photoacoustic Imaging for the Evaluation of Chromophore Concentration</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Cédric Richard</w:t>
+                <w:t xml:space="preserve">So you think you can DAS? A viewpoint on delay-and-sum beamforming</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Perrot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Piero Tortoli</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Maxime Polichetti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Varray</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Garcia</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sensors</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 21 (10), pp.3366. </w:t>
+              <w:t xml:space="preserve">Ultrasonics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 111, pp.106309. </w:t>
             </w:r>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/s21103366⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ultras.2020.106309⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId128" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03352856v1</w:t>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03538693v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sparse Convolutional Beamforming for 3-D Ultrafast Ultrasound Imaging</w:t>
               </w:r>
@@ -3465,51 +3465,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nitai Fingerhut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Varray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Herve Liebgott</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yonina Eldar</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3556,77 +3556,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Use of the cross-spectral density matrix for enhanced passive ultrasound imaging of cavitation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Polichetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Varray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Gilles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Christophe Béra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3842,51 +3842,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Bellec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Cammas-Marion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aneline Dolet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Vray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3931,425 +3931,425 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02394323v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental 3-D Ultrasound Imaging with 2-D Sparse Arrays using Focused and Diverging Waves</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A Nonlinear Beamformer Based on p-th Root Compression—Application to Plane Wave Ultrasound Imaging</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Polichetti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Varray</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Christophe Béra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emmanuel Roux</w:t>
-[...37 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Christian Cachard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId133" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Barbara Nicolas</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41598-018-27490-2⟩</w:t>
+              <w:t xml:space="preserve">Applied Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 8 (4), pp.599. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/app8040599⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01839963v1</w:t>
+                <w:t xml:space="preserve">hal-01825183v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Spatial and spectral regularization to discriminate tissues using multispectral photoacoustic imaging</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Yubin Liu</w:t>
+                <w:t xml:space="preserve">Experimental 3-D Ultrasound Imaging with 2-D Sparse Arrays using Focused and Diverging Waves</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Roux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Varray</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lorena Petrusca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Cachard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Piero Tortoli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EURASIP Journal on Advances in Signal Processing</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s13634-018-0554-8⟩</w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 8 (1), pp.9108 - 9108. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41598-018-27490-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId156" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01909562v1</w:t>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01839963v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Nonlinear Beamformer Based on p-th Root Compression—Application to Plane Wave Ultrasound Imaging</w:t>
+                <w:t xml:space="preserve">Spatial and spectral regularization to discriminate tissues using multispectral photoacoustic imaging</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maxime Polichetti</w:t>
-[...53 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Aneline Dolet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francois Varray</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Mure</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Grenier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yubin Liu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Sciences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 8 (4), pp.599. </w:t>
+              <w:t xml:space="preserve">EURASIP Journal on Advances in Signal Processing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 2018 (1), pp.39. </w:t>
             </w:r>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/app8040599⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1186/s13634-018-0554-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId161" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01825183v1</w:t>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01909562v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Weighting the Passive Acoustic Mapping Technique with the Phase Coherence Factor for Passive Ultrasound Imaging of Ultrasound-Induced Cavitation</w:t>
               </w:r>
@@ -4387,51 +4387,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Poizat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alessandro Ramalli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Gilles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Transactions on Ultrasonics, Ferroelectrics and Frequency Control</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 65 (12), pp.2301-2310. </w:t>
@@ -4469,90 +4469,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fast Volumetric Ultrasound B-Mode and Doppler Imaging with a New High-Channels Density Platform for Advanced 4D Cardiac Imaging/Therapy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lorena Petrusca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Varray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Remi Souchon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeline Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Yves Chapelon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4731,321 +4731,321 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01957676v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fast Nonlinear Ultrasound Propagation Simulation Using a Slowly Varying Envelope Approximation</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId75" w:history="1">
+                <w:t xml:space="preserve">Quantitative comparison of PZT and CMUT probes for photoacoustic imaging: Experimental validation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maëva Vallet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francois Varray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId179" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier Basset</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Jérôme Boutet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Dinten</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giosue Caliano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Ultrasonics, Ferroelectrics and Frequency Control</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/TUFFC.2017.2687470⟩</w:t>
+              <w:t xml:space="preserve">Photoacoustics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 8, pp.48 - 58. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.pacs.2017.09.001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01693745v1</w:t>
+                <w:t xml:space="preserve">hal-01682880v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quantitative comparison of PZT and CMUT probes for photoacoustic imaging: Experimental validation</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId75" w:history="1">
+                <w:t xml:space="preserve">Fast Nonlinear Ultrasound Propagation Simulation Using a Slowly Varying Envelope Approximation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francois Varray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId184" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Marc Dinten</w:t>
+                <w:t xml:space="preserve">Matthieu Toulemonde</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adeline Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Giosue Caliano</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Olivier Basset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Cachard</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Photoacoustics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 8, pp.48 - 58. </w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Ultrasonics, Ferroelectrics and Frequency Control</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 64 (6), pp.1015 - 1022. </w:t>
             </w:r>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.pacs.2017.09.001⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/TUFFC.2017.2687470⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId182" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01682880v1</w:t>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01693745v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Spectrophotometry and Photoacoustic Imaging: A Comparative Study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aneline Dolet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Varray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5131,51 +5131,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Extraction of the 3D local orientation of myocytes in human cardiac tissue using X-ray phase-contrast micro-tomography and multi-scale analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francois Varray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Iulia Mirea</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5278,51 +5278,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Local Orientation Imaging for Tissue Structure Using Ultrasound Imaging</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emeline Turquin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lorena Petrusca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5438,51 +5438,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonia Assou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Cachard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Vray</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5555,77 +5555,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Besson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Miaomiao Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francois Varray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Liebgott</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Friboulet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Transactions on Ultrasonics, Ferroelectrics and Frequency Control</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 63 (12), pp.2092 - 2106. </w:t>
@@ -5676,51 +5676,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Extension of Fourier-Based Techniques for Ultrafast Imaging in Ultrasound With Diverging Waves</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Miaomiao Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francois Varray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Besson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5810,77 +5810,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Generalization of Multipulse Transmission Techniques for Ultrasound Imaging</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanglue Lin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Cachard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Varray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Basset</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ultrasonic Imaging</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 37 (4), pp.294-311. </w:t>
             </w:r>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5940,64 +5940,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Varray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O. Basset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Piero Tortoli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Cachard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ultrasound in Medicine &amp; Biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 39 (10), pp.1915-1924. </w:t>
             </w:r>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
@@ -6044,51 +6044,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ultrasound Contrast Imaging: Influence of Scatterer Motion in Multi-pulse Techniques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanglue Lin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Cachard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Riccardo Mori</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6250,356 +6250,356 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00850036v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fundamental and second-harmonic ultrasound field computation of inhomogeneous nonlinear medium with a generalized angular spectrum method</w:t>
+                <w:t xml:space="preserve">Extensions of Nonlinear B/A parameter imaging methods for echo mode</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Varray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...38 lines deleted...]
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Basset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Piero Tortoli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Cachard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Transactions on Ultrasonics, Ferroelectrics and Frequency Control</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2011, 58 (7), pp.1366-1376. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/TUFFC.2011.1956⟩</w:t>
+              <w:t xml:space="preserve">, 2011, 58 (6), pp.1232-1244. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TUFFC.2011.1933⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00718058v1</w:t>
+                <w:t xml:space="preserve">hal-00718057v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Extensions of Nonlinear B/A parameter imaging methods for echo mode</w:t>
+                <w:t xml:space="preserve">Fundamental and second-harmonic ultrasound field computation of inhomogeneous nonlinear medium with a generalized angular spectrum method</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Varray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alessandro Ramalli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Cachard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Tortoli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Basset</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Christian Cachard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Transactions on Ultrasonics, Ferroelectrics and Frequency Control</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2011, 58 (6), pp.1232-1244. </w:t>
+              <w:t xml:space="preserve">, 2011, 58 (7), pp.1366-1376. </w:t>
             </w:r>
             <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/TUFFC.2011.1933⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/TUFFC.2011.1956⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId229" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00718057v1</w:t>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00718058v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simulation of ultrasound nonlinear propagation on GPU using a generalized angular spectrum method</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francois Varray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Cachard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alessandro Ramalli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Piero Tortoli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Basset</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EURASIP Journal on Image and Video Processing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 2011 (1), pp.17</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -7395,77 +7395,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samaneh Choupani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Varray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Gilles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Christophe Béra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Garcia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2023 IEEE 20th International Symposium on Biomedical Imaging (ISBI)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2023, Cartagena, France. pp.1-5, </w:t>
             </w:r>
             <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
@@ -7493,645 +7493,645 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04841719v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">BB p-DAS, an extension of p-DAS to baseband domain for Doppler imaging</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Utilisation des Outils de Recherche pour la Pédagogie en Imagerie Médicale Ultrasonore</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adeline Bernard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Ecarlat</w:t>
+                <w:t xml:space="preserve">Julien Huillery</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Liebgott</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Varray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Barbara Nicolas</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2022 IEEE International Ultrasonics Symposium (IUS)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">16ème Congrès Français d'Acoustique, CFA2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société Française d'Acoustique; Laboratoire de Mécanique et d'Acoustique, Apr 2022, Marseille, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04842356v1</w:t>
+                <w:t xml:space="preserve">hal-03848270v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId254" w:history="1">
+            <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Excitation chirp pour la microscopie par localisation ultrasonore : preuve de concept expérimentale</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Hervé Liebgott</w:t>
+                <w:t xml:space="preserve">BB p-DAS, an extension of p-DAS to baseband domain for Doppler imaging</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Ecarlat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Varray</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Garcia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ewen Carcreff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Herve Liebgott</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">16ème Congrès Français d'Acoustique, CFA2022</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2022 IEEE International Ultrasonics Symposium (IUS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2022, Venice, France. pp.1-4, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/IUS54386.2022.9957526⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId254" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03848110v1</w:t>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04842356v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId255" w:history="1">
+            <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Utilisation des Outils de Recherche pour la Pédagogie en Imagerie Médicale Ultrasonore</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Julien Huillery</w:t>
+                <w:t xml:space="preserve">Excitation chirp pour la microscopie par localisation ultrasonore : preuve de concept expérimentale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Pialot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Liebgott</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Varray</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Barbara Nicolas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">16ème Congrès Français d'Acoustique, CFA2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Société Française d'Acoustique; Laboratoire de Mécanique et d'Acoustique, Apr 2022, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId255" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03848270v1</w:t>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03848110v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Piezoelectric Micromachined Ultrasonic Transducers for Blood Vessel Motion Tracking</w:t>
+                <w:t xml:space="preserve">4D ultrafast blood flow imaging comparison: vector Doppler, transverse oscillation and speckle tracking</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Xiaoyue Joy Jiang</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">François Varray</w:t>
+                <w:t xml:space="preserve">Raphael Dumas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mei-Lin Chan</w:t>
+                <w:t xml:space="preserve">Kai Riemer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Toulemonde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bala Govind</w:t>
+                <w:t xml:space="preserve">Marcelo Lerendegui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peter Weinberg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2021 IEEE 34th International Conference on Micro Electro Mechanical Systems (MEMS)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/MEMS51782.2021.9375274⟩</w:t>
+              <w:t xml:space="preserve">2021 IEEE International Ultrasonics Symposium (IUS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2021, Xi'an, China. pp.1-4, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/IUS52206.2021.9593587⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03551171v1</w:t>
+                <w:t xml:space="preserve">hal-03551156v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId262" w:history="1">
+            <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">4D ultrafast blood flow imaging comparison: vector Doppler, transverse oscillation and speckle tracking</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Piezoelectric Micromachined Ultrasonic Transducers for Blood Vessel Motion Tracking</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kai Riemer</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Matthieu Toulemonde</w:t>
+                <w:t xml:space="preserve">Xiaoyue Joy Jiang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Perrot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Varray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marcelo Lerendegui</w:t>
+                <w:t xml:space="preserve">Mei-Lin Chan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Peter Weinberg</w:t>
+                <w:t xml:space="preserve">Bala Govind</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2021 IEEE International Ultrasonics Symposium (IUS)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2021, Xi'an, China. pp.1-4, </w:t>
+              <w:t xml:space="preserve">2021 IEEE 34th International Conference on Micro Electro Mechanical Systems (MEMS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2021, Gainesville, United States. pp.423-425, </w:t>
             </w:r>
             <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/IUS52206.2021.9593587⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/MEMS51782.2021.9375274⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId262" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03551156v1</w:t>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03551171v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Block-Wise 3D Ultrasound Image Super-Resolution</w:t>
               </w:r>
@@ -8238,51 +8238,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Double-stage least-squares regularisation for 3D velocity estimation: a simulation study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId263" w:history="1">
+            <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphael Dumas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastien Salles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8411,242 +8411,246 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Kouamé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Yves Tourneret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2020 IEEE International Ultrasonics Symposium (IUS)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2020, Las Vegas, United States. pp.1-4, </w:t>
+              <w:t xml:space="preserve">International Ultrasonic Symposium (IUS 2020)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, IEEE, Sep 2020, Las Vegas, NV (virtual), United States. pp.1-4, </w:t>
             </w:r>
             <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/IUS46767.2020.9251337⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03148456v1</w:t>
+                <w:t xml:space="preserve">hal-04232186v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Block-Wise Ultrasound Image Deconvolution from Fundamental and Harmonic Images</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Adrian Basarab</w:t>
+                <w:t xml:space="preserve">Pisarenko Class Beamformer Applied to Passive Acoustic Mapping of Ultrasound Cavitation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Sivadon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Polichetti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Christophe Béra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Varray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId271" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Barbara Nicolas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Ultrasonic Symposium (IUS 2020)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/IUS46767.2020.9251337⟩</w:t>
+              <w:t xml:space="preserve">Forum Acusticum</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2020, Lyon, France. pp.1061-1064, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId279" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.48465/fa.2020.0397⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04232186v1</w:t>
+                <w:t xml:space="preserve">hal-03240246v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId279" w:history="1">
+            <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Using Sparse Array for 3D Passive Cavitation Imaging</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Sivadon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Varray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8654,432 +8658,428 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Nicolas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Christophe Béra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Gilles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2020 IEEE International Ultrasonics Symposium (IUS)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2020, Las Vegas, United States. pp.1-4, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId281" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/IUS46767.2020.9251562⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId280" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03070225v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId281" w:history="1">
+            <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pisarenko Class Beamformer Applied to Passive Acoustic Mapping of Ultrasound Cavitation</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Jean-Christophe Béra</w:t>
+                <w:t xml:space="preserve">Towards a multi-scale virtual heart model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zexian Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Varray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Clarysse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId284" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle E. Magnin</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Forum Acusticum</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">IEEE International Conference on Signal Processing (ICSP)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2020, Beijing, China. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId285" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ICSP48669.2020.9321058⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.48465/fa.2020.0397⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03240246v1</w:t>
+                <w:t xml:space="preserve">hal-03148474v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId283" w:history="1">
+            <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Towards a multi-scale virtual heart model</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Zexian Wang</w:t>
+                <w:t xml:space="preserve">Block-Wise Ultrasound Image Deconvolution from Fundamental and Harmonic Images</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamad Hourani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrian Basarab</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Varray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Isabelle E. Magnin</w:t>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Kouamé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId276" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Yves Tourneret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE International Conference on Signal Processing (ICSP)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2020 IEEE International Ultrasonics Symposium (IUS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2020, Las Vegas, United States. pp.1-4, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/IUS46767.2020.9251337⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/ICSP48669.2020.9321058⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03148474v1</w:t>
+                <w:t xml:space="preserve">hal-03148456v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Development of an Experimental Setup for Safety Assessments of New Ultrasound Imaging Modes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeline Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Herve Liebgott</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Muleki Seya</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lorena Petrusca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Forum Acusticum</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2020, Lyon, France. pp.3387-3394, </w:t>
@@ -9117,90 +9117,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Real-time ultrasonic imaging with a nonlinear beamformer based on p-th root compression</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ewen Carcreff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Polichetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Varray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nans Laroche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Nicolas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -9241,356 +9241,356 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03235350v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">3D+t Vector Flow Imaging with Transverse Oscillations and Doppler Estimator</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Full 3D anisotropic estimation of tissue in ultrasound imaging</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emeline Turquin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lorena Petrusca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magalie Viallon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Liebgott</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Varray</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Hervé Liebgott</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2019 IEEE International Ultrasonics Symposium (IUS)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Oct 2019, Glasgow, France. pp.344-347, </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/ULTSYM.2019.8926165⟩</w:t>
+              <w:t xml:space="preserve">, Oct 2019, Glasgow, France. pp.56-59, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId292" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ULTSYM.2019.8925855⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02457383v1</w:t>
+                <w:t xml:space="preserve">hal-02457385v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId294" w:history="1">
+            <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Full 3D anisotropic estimation of tissue in ultrasound imaging</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId81" w:history="1">
+                <w:t xml:space="preserve">3D+t Vector Flow Imaging with Transverse Oscillations and Doppler Estimator</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Varray</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId294" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Salles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lorena Petrusca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId202" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Liebgott</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">François Varray</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2019 IEEE International Ultrasonics Symposium (IUS)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Oct 2019, Glasgow, France. pp.56-59, </w:t>
+              <w:t xml:space="preserve">, Oct 2019, Glasgow, France. pp.344-347, </w:t>
             </w:r>
             <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/ULTSYM.2019.8925855⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/ULTSYM.2019.8926165⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId294" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02457385v1</w:t>
+            <w:hyperlink r:id="rId293" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02457383v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Investigation on 3D high frame rate imaging with motion compensation (MoCo)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId292" w:history="1">
+            <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Salles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francois Varray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Garcia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Nicolas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Herve Liebgott</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE International Ultrasonics Symposium</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2019, Glasgow, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -9641,77 +9641,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastien Salles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Varray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Garcia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Nicolas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Herve Liebgott</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2019 IEEE International Ultrasonics Symposium (IUS)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2019, Glasgow, France. pp.1274-1277, </w:t>
             </w:r>
             <w:hyperlink r:id="rId298" w:history="1">
               <w:r>
                 <w:rPr>
@@ -9771,51 +9771,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alessandro Ramalli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emeline Turquin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lorena Petrusca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Varray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9875,77 +9875,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Traitement d'antenne adaptatif robuste appliqué à l'imagerie passive de la cavitation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Polichetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francois Varray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Gilles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Christophe Bera</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9990,498 +9990,498 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02345030v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quantification of multispectral photoacoustic images: unsupervised unmixing methods comparison</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Influence of Beamforming Methods on Velocity Estimation: in vitro Experiments</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId304" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Polichetti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Perrot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Liebgott</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId305" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Nicolas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Varray</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE International Ultrasonic Symposium 2018</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/ULTSYM.2018.8580089⟩</w:t>
+              <w:t xml:space="preserve">2018 IEEE International Ultrasonics Symposium (IUS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2018, Kobe, Japan. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId306" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ULTSYM.2018.8580186⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01957861v1</w:t>
+                <w:t xml:space="preserve">hal-01894167v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId305" w:history="1">
+            <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An open real-time photoacoustic imaging scanner</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Quantification of multispectral photoacoustic images: unsupervised unmixing methods comparison</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aneline Dolet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rita Ammanouil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Grenier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aneline Dolet</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">P. Tortoli</w:t>
+                <w:t xml:space="preserve">Cédric Richard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Piero Tortoli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE International Ultrasonic Symposium 2018</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018, Kobe, Japan</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2018, Kobe, Japan. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId308" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ULTSYM.2018.8580089⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId305" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01957859v1</w:t>
+            <w:hyperlink r:id="rId307" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01957861v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of Beamforming Methods on Velocity Estimation: in vitro Experiments</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">An open real-time photoacoustic imaging scanner</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aneline Dolet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Polichetti</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">H. Liebgott</w:t>
+                <w:t xml:space="preserve">A. Ramalli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">B. Nicolas</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">A. Dallai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId312" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Boni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Tortoli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2018 IEEE International Ultrasonics Symposium (IUS)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">IEEE International Ultrasonic Symposium 2018</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, Kobe, Japan</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01894167v1</w:t>
+                <w:t xml:space="preserve">hal-01957859v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Advanced beamforming techniques for passive imaging of stable and inertial cavitation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId310" w:history="1">
+            <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Polichetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Varray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId314" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. C. Béra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Cachard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId311" w:history="1">
+            <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Nicolas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE International Ultrasonic Symposium</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2018, Kobe, Japan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -10500,812 +10500,812 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01957860v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Plateforme didactique mutualisée de travaux pratiques en instrumentation et imagerie biomédicale</w:t>
+                <w:t xml:space="preserve">Exploration of the Second Harmonic Signal for Vector Doppler Imaging: a Simulation Study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId316" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">David Rousseau</w:t>
+                <w:t xml:space="preserve">M. Dridi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Varray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId317" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bonet Axel</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">T. Kraiem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Cachard</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">12ème édition du colloque du Club EEA consacré à l'Enseignement des Technologies de l'Information et des Systèmes - CETSIS 2017</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2017, Le Mans, France</w:t>
+              <w:t xml:space="preserve">5th International Conference on Control &amp; Signal Processing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, Unknown, Unknown Region. pp.48-51</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01598498v1</w:t>
+                <w:t xml:space="preserve">hal-01957863v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId321" w:history="1">
+            <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exploration of the Second Harmonic Signal for Vector Doppler Imaging: a Simulation Study</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Unmixing of multispectral photoacoustic images</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aneline Dolet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rita Ammanouil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francois Varray</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yubin Liu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Piero Tortoli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">5th International Conference on Control &amp; Signal Processing</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, Unknown, Unknown Region. pp.48-51</w:t>
+              <w:t xml:space="preserve">XXVIème colloque Gretsi 2017</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2017, Juan Les Pins, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId321" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01957863v1</w:t>
+            <w:hyperlink r:id="rId318" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01714037v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId324" w:history="1">
+            <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ultrasound Bandwidth Enhancement through Pulse Compression Using a CMUT Probe</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Francois Varray</w:t>
+                <w:t xml:space="preserve">IMAGERIE DE L’ORIENTATION LOCALE DE LA STRUCTURE TISSULAIRE PAR IMAGERIE ULTRASONORE</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emeline Turquin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lorena Petrusca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bernard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magalie Viallon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Liebgott</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2017 IEEE International Ultrasonic Symposium (IUS)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Recherche en Imagerie et Technologies pour la Santé (RITS) 2017</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2017, Lyon, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId324" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01609178v1</w:t>
+            <w:hyperlink r:id="rId319" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01505208v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId328" w:history="1">
+            <w:hyperlink r:id="rId320" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A New High Channels Density Ultrasound Platform for Advanced 4D Cardiac Imaging</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Jean-Yves Chapelon</w:t>
+                <w:t xml:space="preserve">Plateforme didactique mutualisée de travaux pratiques en instrumentation et imagerie biomédicale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId321" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Rousseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId322" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bonet Axel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId323" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Montcel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId324" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Ray</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId325" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kevin Tse Ve Koon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2017 IEEE International Ultrasonic Symposium (IUS)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2017, Washington, United States</w:t>
+              <w:t xml:space="preserve">12ème édition du colloque du Club EEA consacré à l'Enseignement des Technologies de l'Information et des Systèmes - CETSIS 2017</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2017, Le Mans, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId328" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01599683v1</w:t>
+            <w:hyperlink r:id="rId320" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01598498v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId330" w:history="1">
+            <w:hyperlink r:id="rId326" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Unmixing of multispectral photoacoustic images</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId75" w:history="1">
+                <w:t xml:space="preserve">A New High Channels Density Ultrasound Platform for Advanced 4D Cardiac Imaging</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lorena Petrusca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francois Varray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId159" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Piero Tortoli</w:t>
+            <w:hyperlink r:id="rId327" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Souchon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adeline Bernard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Yves Chapelon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XXVIème colloque Gretsi 2017</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2017, Juan Les Pins, France</w:t>
+              <w:t xml:space="preserve">2017 IEEE International Ultrasonic Symposium (IUS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2017, Washington, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId330" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01714037v1</w:t>
+            <w:hyperlink r:id="rId326" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01599683v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId331" w:history="1">
+            <w:hyperlink r:id="rId328" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">IMAGERIE DE L’ORIENTATION LOCALE DE LA STRUCTURE TISSULAIRE PAR IMAGERIE ULTRASONORE</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Hervé Liebgott</w:t>
+                <w:t xml:space="preserve">Ultrasound Bandwidth Enhancement through Pulse Compression Using a CMUT Probe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId329" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yanis Bénane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId330" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roberto Lavarello</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Bujoreanu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Cachard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francois Varray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Recherche en Imagerie et Technologies pour la Santé (RITS) 2017</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2017 IEEE International Ultrasonic Symposium (IUS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2017, Washington, United States. pp.1-1, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId331" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ULTSYM.2017.8091522⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId331" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01505208v1</w:t>
+            <w:hyperlink r:id="rId328" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01609178v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId332" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A computationally efficient nonlinear beamformer based on p-th root signal compression for enhanced ultrasound B-mode imaging</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Polichetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francois Varray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId333" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giulia Matrone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -11382,90 +11382,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId335" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Validation of Optimal 2D Sparse Arrays in Focused Mode: Phantom Experiments</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId336" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilia Badescu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lorena Petrusca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francois Varray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alessandro Ramalli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -11501,1064 +11501,1064 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01598578v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId337" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fourier-Based Ultrafast Ultrasound Imaging Based on In-phase Quadrature (IQ) Data</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Miaomiao Zhang</w:t>
+                <w:t xml:space="preserve">Fourier-based 3D Ultrafast Ultrasound Imaging with Diverging Waves: In Vitro Experiment Validation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId338" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zhang Miaomiao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francois Varray</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lorena Petrusca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Friboulet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Liebgott</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...35 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2017 IEEE International Ultrasonic Symposium (IUS)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2017, Washington, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId337" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01599416v1</w:t>
+                <w:t xml:space="preserve">hal-01599710v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId338" w:history="1">
+            <w:hyperlink r:id="rId339" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fourier-based 3D Ultrafast Ultrasound Imaging with Diverging Waves: In Vitro Experiment Validation</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId43" w:history="1">
+                <w:t xml:space="preserve">Fourier-Based Ultrafast Ultrasound Imaging Based on In-phase Quadrature (IQ) Data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Miaomiao Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Liebgott</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Varray</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Friboulet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bernard</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2017 IEEE International Ultrasonic Symposium (IUS)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2017, Washington, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId338" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01599710v1</w:t>
+            <w:hyperlink r:id="rId339" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01599416v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId340" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High-Volume-Rate 3-D Ultrasound Imaging Based on Motion Compensation: A Feasibility Study</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">3D passive imaging of ultrasound cavitation using a 2D array</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Boulos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francois Varray</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Gilles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Christophe Béra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Cachard</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2017 IEEE International Ultrasonic Symposium (IUS)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2017 IEEE International Ultrasonics Symposium (IUS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2017, Washington, France. pp.1-1, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId341" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ULTSYM.2017.8092996⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId340" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01609166v1</w:t>
+                <w:t xml:space="preserve">hal-02062225v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId342" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">3D passive imaging of ultrasound cavitation using a 2D array</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">High-Volume-Rate 3-D Ultrasound Imaging Based on Motion Compensation: A Feasibility Study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId343" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Joos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Liebgott</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Varray</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lorena Petrusca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Garcia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2017 IEEE International Ultrasonics Symposium (IUS)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">2017 IEEE International Ultrasonic Symposium (IUS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2017, Washington, United States</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId342" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02062225v1</w:t>
+                <w:t xml:space="preserve">hal-01609166v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId344" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimization of resolution enhancement compression technique with plane wave imaging</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Passive cavitation imaging using different advanced beamforming methods</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId345" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Boulos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Varray</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId346" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Poizat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId347" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Azizian Kalkhoran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId348" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Gilles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2016 IEEE International Ultrasonics Symposium (IUS)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2016, Tours, France. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId345" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/ULTSYM.2016.7728751⟩</w:t>
+            <w:hyperlink r:id="rId349" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ULTSYM.2016.7728447⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId344" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01466446v1</w:t>
+                <w:t xml:space="preserve">hal-01466794v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId346" w:history="1">
+            <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Specific attenuation compensation in spatial and frequency domain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Varray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId347" w:history="1">
+            <w:hyperlink r:id="rId351" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Rouyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Cachard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId348" w:history="1">
+            <w:hyperlink r:id="rId352" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Lavarello</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O. Basset</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ultrasonics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, Caparica, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId346" w:history="1">
+            <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01957864v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId349" w:history="1">
+            <w:hyperlink r:id="rId353" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Statistical analysis of transmural laminar microarchitecture of the human left ventricle</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Optimization of resolution enhancement compression technique with plane wave imaging</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId294" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Salles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francois Varray</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId329" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yanis Bénane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Basset</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2016 IEEE 13th International Conference on Signal Processing (ICSP)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, Chengdu, China. pp.53-56, </w:t>
+              <w:t xml:space="preserve">2016 IEEE International Ultrasonics Symposium (IUS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2016, Tours, France. </w:t>
             </w:r>
             <w:hyperlink r:id="rId354" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/ICSP.2016.7877795⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/ULTSYM.2016.7728751⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId349" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02086639v1</w:t>
+            <w:hyperlink r:id="rId353" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01466446v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId355" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Passive cavitation imaging using different advanced beamforming methods</w:t>
+                <w:t xml:space="preserve">Statistical analysis of transmural laminar microarchitecture of the human left ventricle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId356" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P. Boulos</w:t>
+                <w:t xml:space="preserve">I. Mirea</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId357" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Varray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId357" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId358" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Azizian Kalkhoran</w:t>
+                <w:t xml:space="preserve">Yue-Min Zhu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId359" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">B. Gilles</w:t>
+                <w:t xml:space="preserve">E. E. Dávila Serrano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2016 IEEE International Ultrasonics Symposium (IUS)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2016, Tours, France. </w:t>
+              <w:t xml:space="preserve">2016 IEEE 13th International Conference on Signal Processing (ICSP)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, Chengdu, China. pp.53-56, </w:t>
             </w:r>
             <w:hyperlink r:id="rId360" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/ULTSYM.2016.7728447⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/ICSP.2016.7877795⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId355" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01466794v1</w:t>
+                <w:t xml:space="preserve">hal-02086639v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId361" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adaptive minimum variance coupled with sign and phase coherence factors in IQ domain for plane wave beamforming</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francois Varray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammad Azizian Kalkhoran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -12612,161 +12612,157 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01466761v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId363" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Spatial and spectral regularization for multispectral photoacoustic image clustering</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A Fourier-based formalism for 3D ultrafast imaging with diverging waves</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId338" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zhang Miaomiao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Liebgott</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francois Varray</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Friboulet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bernard</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE International Ultrasonics Symposium (IUS 2016)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2016, Tours, France. </w:t>
             </w:r>
             <w:hyperlink r:id="rId364" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/ULTSYM.2016.7728439⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/ULTSYM.2016.7728805⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId363" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01437840v1</w:t>
+                <w:t xml:space="preserve">hal-01433084v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId365" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Statistical Analysis of Transmural Laminar Microarchitecture of the Human Left Ventricle</w:t>
               </w:r>
@@ -12778,51 +12774,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Iulia Mirea</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId366" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lihui Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francois Varray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId367" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yue Min Zhu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -12871,1938 +12867,1942 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01466471v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId369" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Fourier-based formalism for 3D ultrafast imaging with diverging waves</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Spatial and spectral regularization for multispectral photoacoustic image clustering</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aneline Dolet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Varray</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Mure</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Grenier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yubin Liu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE International Ultrasonics Symposium (IUS 2016)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2016, Tours, France. </w:t>
             </w:r>
             <w:hyperlink r:id="rId370" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/ULTSYM.2016.7728805⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/ULTSYM.2016.7728439⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId369" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01433084v1</w:t>
+                <w:t xml:space="preserve">hal-01437840v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId371" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dual Frequency Band Annular Probe for Volumetric Pulse-echo Optoacoustic Imaging</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Didier Vray</w:t>
+                <w:t xml:space="preserve">Angular spectrum methods for nonlinear ultrasound wave propagation: mathematical development and implementation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Varray</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Basset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Cachard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2015 ICU International Congress on Ultrasonics</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Meeting of the Acoustical Society of America</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, Jacksonville, USA, Unknown Region</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId371" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01279605v1</w:t>
+                <w:t xml:space="preserve">hal-01957866v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId373" w:history="1">
+            <w:hyperlink r:id="rId372" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Volumetric optoacoustic and pulse echo imaging by elaborating a weighted synthetic aperture technique</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">M. Azizian Kalkhoran</w:t>
+                <w:t xml:space="preserve">Very High-Resolution Imaging of Post-Mortem Human Cardiac Tissue Using X-Ray Phase Contrast Tomography</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId356" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I. Mirea</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Varray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId191" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId373" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y.-M. Zhu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId374" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Fanton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId375" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Langer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE International Ultrasonics Symposium</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">8th International Conference, FIMH 2015</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2015, Maastricht, Netherlands. pp.172-179, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId376" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-319-20309-6_20⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId373" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01988493v1</w:t>
+            <w:hyperlink r:id="rId372" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01207827v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId374" w:history="1">
+            <w:hyperlink r:id="rId377" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nonlinearity parameter B/A of biological tissue ultrasound imaging in echo mode</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">M. Toulemonde</w:t>
+                <w:t xml:space="preserve">Dual Frequency Band Annular Probe for Volumetric Pulse-Echo and Optoacoustic Imaging</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId347" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Azizian Kalkhoran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Varray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId376" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">C. Cachard</w:t>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Vray</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Symposium on Nonlinear Acoustics</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">International Congress on Ultrasonics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, Metz, France. pp.1104-1108</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId377" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1063/1.4934411⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01280820v1</w:t>
+                <w:t xml:space="preserve">hal-01988494v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId378" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluation of a Frequency-Domain Ultrasonic Imaging Attenuation Compensation Technique</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Volumetric pulse echo and optoacoustic imaging by elaborating a weighted synthetic aperture technique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohammad Azizian Kalkhoran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Varray</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Vray</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Engineering in Medicine and Biology Society</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/EMBC.2015.7318670⟩</w:t>
+              <w:t xml:space="preserve">Ultrasonics Symposium (IUS), 2015 IEEE International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2015, Taipei, Taiwan. pp.1-4, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId379" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ULTSYM.2015.0238⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId378" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01957869v1</w:t>
+                <w:t xml:space="preserve">hal-01279612v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId381" w:history="1">
+            <w:hyperlink r:id="rId380" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Passive cavitation imaging using an open ultrasonic system and time reversal reconstruction</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Christian Cachard</w:t>
+                <w:t xml:space="preserve">Simulation of nonlinear ultrasound wave propagation in Fourier domain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Varray</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Basset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Cachard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CFM 2015 - 22ème Congrès Français de Mécanique</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">International Symposium on Nonlinear Acoustics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2015, Lyon, France. pp.070004, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId381" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/1.4934441⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId381" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03446545v1</w:t>
+            <w:hyperlink r:id="rId380" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01280830v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId384" w:history="1">
+            <w:hyperlink r:id="rId382" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simulation of nonlinear ultrasound wave propagation in Fourier domain</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">C. Cachard</w:t>
+                <w:t xml:space="preserve">Dual Frequency Band Annular Probe for Volumetric Pulse-echo Optoacoustic Imaging</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohammad Azizian Kalkhoran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Varray</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Vray</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Symposium on Nonlinear Acoustics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1063/1.4934441⟩</w:t>
+              <w:t xml:space="preserve">2015 ICU International Congress on Ultrasonics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2015, Metz, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId383" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.phpro.2015.08.236⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId384" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01280830v1</w:t>
+            <w:hyperlink r:id="rId382" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01279605v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId386" w:history="1">
+            <w:hyperlink r:id="rId384" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Angular spectrum methods for nonlinear ultrasound wave propagation: mathematical development and implementation</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Evaluation of a Frequency-Domain Ultrasonic Imaging Attenuation Compensation Technique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId351" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Rouyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Varray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId385" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Pozo Fortunic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O. Basset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Cachard</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Meeting of the Acoustical Society of America</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">IEEE Engineering in Medicine and Biology Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, Milano, Italy. pp.1560-1563, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId386" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/EMBC.2015.7318670⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId386" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01957866v1</w:t>
+            <w:hyperlink r:id="rId384" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01957869v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId387" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Volumetric pulse echo and optoacoustic imaging by elaborating a weighted synthetic aperture technique</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Didier Vray</w:t>
+                <w:t xml:space="preserve">Volumetric optoacoustic and pulse echo imaging by elaborating a weighted synthetic aperture technique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId347" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Azizian Kalkhoran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Varray</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Vray</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ultrasonics Symposium (IUS), 2015 IEEE International</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">IEEE International Ultrasonics Symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, Taipei, Taiwan</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId387" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01279612v1</w:t>
+                <w:t xml:space="preserve">hal-01988493v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId389" w:history="1">
+            <w:hyperlink r:id="rId388" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Very High-Resolution Imaging of Post-Mortem Human Cardiac Tissue Using X-Ray Phase Contrast Tomography</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">I. Mirea</w:t>
+                <w:t xml:space="preserve">Nonlinearity parameter B/A of biological tissue ultrasound imaging in echo mode</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId389" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Toulemonde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Varray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId390" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Y.-M. Zhu</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A. Bernard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Basset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Cachard</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">8th International Conference, FIMH 2015</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/978-3-319-20309-6_20⟩</w:t>
+              <w:t xml:space="preserve">International Symposium on Nonlinear Acoustics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2015, Lyon, France. pp.040016, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId391" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/1.4934411⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId389" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01207827v1</w:t>
+            <w:hyperlink r:id="rId388" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01280820v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId394" w:history="1">
+            <w:hyperlink r:id="rId392" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dual Frequency Band Annular Probe for Volumetric Pulse-Echo and Optoacoustic Imaging</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">D. Vray</w:t>
+                <w:t xml:space="preserve">Passive cavitation imaging using an open ultrasonic system and time reversal reconstruction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId393" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul, Boulos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Varray</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId394" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien, Poizat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Christophe Bera</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Cachard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Congress on Ultrasonics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, Metz, France. pp.1104-1108</w:t>
+              <w:t xml:space="preserve">CFM 2015 - 22ème Congrès Français de Mécanique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2015, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId394" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01988494v1</w:t>
+            <w:hyperlink r:id="rId392" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03446545v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId395" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Passive cavitation imaging using an open ultrasonic system and time reversal reconstruction</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">P. Boulos</w:t>
+                <w:t xml:space="preserve">Development of segmented annular array transducer for optoacoustique and pulse echo imaging: a synergic approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId347" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Azizian Kalkhoran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Varray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId357" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">C. Cachard</w:t>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Vray</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès Français de Mécanique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, Lyon, France</w:t>
+              <w:t xml:space="preserve">L'imagerie Photo-acoustique en Rhône Alpes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, Unknown, Unknown Region</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId395" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01957870v1</w:t>
+                <w:t xml:space="preserve">hal-01957865v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId397" w:history="1">
+            <w:hyperlink r:id="rId396" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Development of segmented annular array transducer for optoacoustique and pulse echo imaging: a synergic approach</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">M. Azizian Kalkhoran</w:t>
+                <w:t xml:space="preserve">Passive cavitation imaging using an open ultrasonic system and time reversal reconstruction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId345" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Boulos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Varray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId191" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">D. Vray</w:t>
+            <w:hyperlink r:id="rId346" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Poizat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId397" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.C. Bera</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Cachard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L'imagerie Photo-acoustique en Rhône Alpes</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, Unknown, Unknown Region</w:t>
+              <w:t xml:space="preserve">Congrès Français de Mécanique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId397" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01957865v1</w:t>
+            <w:hyperlink r:id="rId396" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01957870v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId398" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Extension of Ultrasound Fourier Slice Imaging theory to sectorial acquisition</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Imagerie photoacoustique de tissus biologiques : application à la détection de plaques vulnérables</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId399" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Vallet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Varray</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId400" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Boutet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Vray</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ultrasonics Symposium (IUS), 2015 IEEE International</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">L'imagerie Photo-acoustique en Rhône Alpes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, Unknown, Unknown Region</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId398" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01265845v1</w:t>
+                <w:t xml:space="preserve">hal-01957867v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId400" w:history="1">
+            <w:hyperlink r:id="rId401" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Imagerie photoacoustique de tissus biologiques : application à la détection de plaques vulnérables</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Contrôle temporel et spatial de la cavitation acoustique pour des tests de thrombolyse ultrasonore extracorporelle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId394" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien, Poizat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId393" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul, Boulos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Varray</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Gilles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Cachard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L'imagerie Photo-acoustique en Rhône Alpes</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, Unknown, Unknown Region</w:t>
+              <w:t xml:space="preserve">CFM 2015 - 22ème Congrès Français de Mécanique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2015, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId400" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01957867v1</w:t>
+            <w:hyperlink r:id="rId401" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03446379v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId403" w:history="1">
+            <w:hyperlink r:id="rId402" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Contrôle temporel et spatial de la cavitation acoustique pour des tests de thrombolyse ultrasonore extracorporelle</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Christian Cachard</w:t>
+                <w:t xml:space="preserve">Extension of Ultrasound Fourier Slice Imaging theory to sectorial acquisition</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId338" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zhang Miaomiao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Besson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rafael Carrillo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francois Varray</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magalie Viallon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CFM 2015 - 22ème Congrès Français de Mécanique</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Ultrasonics Symposium (IUS), 2015 IEEE International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2015, Taipei, Taiwan. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId403" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ULTSYM.2015.0185⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId403" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03446379v1</w:t>
+            <w:hyperlink r:id="rId402" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01265845v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId404" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Contrôle temporel et spatial de la cavitation acoustique pour des tests de thrombolyse ultrasonore extracorporelle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId357" w:history="1">
+            <w:hyperlink r:id="rId346" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Poizat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId356" w:history="1">
+            <w:hyperlink r:id="rId345" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Boulos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Varray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId359" w:history="1">
+            <w:hyperlink r:id="rId348" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Gilles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Cachard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès Français de Mécanique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, Lyon, France</w:t>
@@ -14825,702 +14825,702 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01957868v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId405" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Neuromuscular Fiber Segmentation Through Particle Filtering and Discrete Optimization</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">T. Dietenbeck</w:t>
+                <w:t xml:space="preserve">High Frame Rate Compounding for Nonlinearity B/A Parameter Ultrasound Imaging in Echo Mode - Simulation Results</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId389" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Toulemonde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Varray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId407" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O. Basset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Tortoli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Cachard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SPIE Medical Imaging</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1117/12.2043257⟩</w:t>
+              <w:t xml:space="preserve">IEEE International Conference on Acoustics, Speech and Signal Processing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, Florence, Italy. pp.5153-5157, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId406" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ICASSP.2014.6854585⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId405" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01957874v1</w:t>
+                <w:t xml:space="preserve">hal-01957875v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId409" w:history="1">
+            <w:hyperlink r:id="rId407" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Imagerie photoacoustique : plateforme expérimentale et résultats préliminaires</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Maxime Vallet</w:t>
+                <w:t xml:space="preserve">A Nonlinear Ultrasound Propagation Simulator Using the Slowly Varying Envelope Approximation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId408" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Marti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Varray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId410" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Cachard</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L'imagerie Photo-acoustique en Rhône Alpes</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">IEEE International Conference on Acoustics, Speech and Signal Processing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, Florence, Italy. pp.5140-5144, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId409" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ICASSP.2014.6854582⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId409" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01957871v1</w:t>
+            <w:hyperlink r:id="rId407" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01957872v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId412" w:history="1">
+            <w:hyperlink r:id="rId410" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High Frame Rate Compounding for Nonlinearity B/A Parameter Ultrasound Imaging in Echo Mode - Simulation Results</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">M. Toulemonde</w:t>
+                <w:t xml:space="preserve">Imagerie photoacoustique : plateforme expérimentale et résultats préliminaires</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId399" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Vallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Varray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId218" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId411" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId412" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Montcel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId400" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Boutet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE International Conference on Acoustics, Speech and Signal Processing</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">L'imagerie Photo-acoustique en Rhône Alpes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, Unknown, Région indéterminée</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId412" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01957875v1</w:t>
+            <w:hyperlink r:id="rId410" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01957871v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId414" w:history="1">
+            <w:hyperlink r:id="rId413" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simulation of Fast and Realistic Nonlinear Radio-Frequency Ultrasound Images Using a Pseudo-Acoustic Strategy</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Neuromuscular Fiber Segmentation Through Particle Filtering and Discrete Optimization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId414" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Dietenbeck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Varray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId224" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId415" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Kybic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Basset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Cachard</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">D. Vray</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE International Ultrasonics Symposium</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/ULTSYM.2014.0552⟩</w:t>
+              <w:t xml:space="preserve">SPIE Medical Imaging</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, San Diego, USA, Unknown Region. pp.90340B-10, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId416" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1117/12.2043257⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId414" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01955135v1</w:t>
+            <w:hyperlink r:id="rId413" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01957874v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId416" w:history="1">
+            <w:hyperlink r:id="rId417" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Nonlinear Ultrasound Propagation Simulator Using the Slowly Varying Envelope Approximation</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Simulation of Fast and Realistic Nonlinear Radio-Frequency Ultrasound Images Using a Pseudo-Acoustic Strategy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Varray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Liebgott</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Cachard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Vray</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE International Conference on Acoustics, Speech and Signal Processing</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, Florence, Italy. pp.5140-5144, </w:t>
+              <w:t xml:space="preserve">IEEE International Ultrasonics Symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, Chicago, USA, Unknown Region. pp.2217-2220, </w:t>
             </w:r>
             <w:hyperlink r:id="rId418" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/ICASSP.2014.6854582⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/ULTSYM.2014.0552⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId416" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01957872v1</w:t>
+            <w:hyperlink r:id="rId417" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01955135v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId419" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enhancement of Photoacoustic Imaging Quality by Using cMUT Technology: Experimental Study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId401" w:history="1">
+            <w:hyperlink r:id="rId399" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Vallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Varray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId358" w:history="1">
+            <w:hyperlink r:id="rId347" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Azizian Kalkhoran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId402" w:history="1">
+            <w:hyperlink r:id="rId400" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Boutet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Vray</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -15567,103 +15567,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId421" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Imagerie photoacoustique multispectrale au moyen d'une sonde ultrasonore CMUT: résultats préliminaires</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maëva Vallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Varray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId410" w:history="1">
+            <w:hyperlink r:id="rId411" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId411" w:history="1">
+            <w:hyperlink r:id="rId412" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Montcel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId402" w:history="1">
+            <w:hyperlink r:id="rId400" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Boutet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">12e Congrès Français d'Acoustique (CFA)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2014, Poitiers, France</w:t>
@@ -15731,51 +15731,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Liebgott</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Varray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Friboulet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Bernard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -15956,103 +15956,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId429" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Imagerie photoacoustique multispectrale au moyen d\textquoterightune sonde ultrasonore CMUT : résultats préliminaires</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId401" w:history="1">
+            <w:hyperlink r:id="rId399" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Vallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Varray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId410" w:history="1">
+            <w:hyperlink r:id="rId411" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId411" w:history="1">
+            <w:hyperlink r:id="rId412" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Montcel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId402" w:history="1">
+            <w:hyperlink r:id="rId400" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Boutet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès français d\textquoterightacoustique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, Poitiers, France. pp.1981-1986</w:t>
@@ -16176,64 +16176,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nonlinear Ultrasound Simulation for Heterogeneous Nonlinear Coefficient Media</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Varray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Cachard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Tortoli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O. Basset</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -16297,51 +16297,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Varray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId433" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. H. Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId391" w:history="1">
+            <w:hyperlink r:id="rId374" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Fanton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId434" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. M. Zhu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -16386,1180 +16386,1180 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00872686v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId436" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Advances in Multipulses and Nonlinear Ultrasound Imaging Modalities</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId227" w:history="1">
+                <w:t xml:space="preserve">Nonlinear Acoustic Propagation Simulation Tools: Comparison of BBGASM and INCS up to the Fifth Harmonic Components</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Varray</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId437" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Demi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId438" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Van Dongen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Basset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Cachard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...35 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Third Internal Conference on Instrument \&amp; Measurement, Computer, Communication and Control (IMCCC 2013)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">IEEE International Ultrasonics Symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, Prague, Czech Republic. pp.1033-1036, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId439" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ULTSYM.2013.0265⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId436" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01957879v1</w:t>
+                <w:t xml:space="preserve">hal-01957878v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId438" w:history="1">
+            <w:hyperlink r:id="rId440" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nonlinear Acoustic Propagation Simulation Tools: Comparison of BBGASM and INCS up to the Fifth Harmonic Components</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The Advances in Multipulses and Nonlinear Ultrasound Imaging Modalities</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Cachard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId441" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Lin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Varray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId439" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O. Basset</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE International Ultrasonics Symposium</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Third Internal Conference on Instrument \&amp; Measurement, Computer, Communication and Control (IMCCC 2013)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, Qinghuangdao, China</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId438" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01957878v1</w:t>
+            <w:hyperlink r:id="rId440" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01957879v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId442" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Investigation into the effectiveness of ultrasound SHI imaging according to static and dynamic parameters of contrast agents</w:t>
+                <w:t xml:space="preserve">Double Pulse Inversion Imaging for Ultrasound Contrast Imaging</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanglue Lin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Cachard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId180" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adeline Bernard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId443" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Guibal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Varray</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Acoustics 2012</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">IEEE International Ultrasonics Symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, Dresden, Germany. pp.1307-1310, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId444" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ULTSYM.2012.0326⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId442" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00810788v1</w:t>
+                <w:t xml:space="preserve">hal-01957888v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId443" w:history="1">
+            <w:hyperlink r:id="rId445" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Neuromuscular Fiber Segmentation Using Particle Filtering and Discrete Optimization</w:t>
+                <w:t xml:space="preserve">A Multi-Frequency Approach to Increase the Native Resolution of Ultrasound Images</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Varray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId407" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Cachard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId415" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Kybic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId218" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId446" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Novell</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId447" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Bouakaz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">MICCAI Workshop: Histopathology Image Analysis (HIMA)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, Nices, France</w:t>
+              <w:t xml:space="preserve">European Signal Processing Conference (EUSIPCO)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, Bucharest, Romania. pp.2733-2737</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId443" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01957886v1</w:t>
+            <w:hyperlink r:id="rId445" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01957885v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId444" w:history="1">
+            <w:hyperlink r:id="rId448" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Scanner spectral à comptage photonique : application à l'identification des composantes de la plaque d'athérosclérose coronaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId445" w:history="1">
+            <w:hyperlink r:id="rId449" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loic Boussel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Varray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId446" w:history="1">
+            <w:hyperlink r:id="rId450" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Coulon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId447" w:history="1">
+            <w:hyperlink r:id="rId451" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Proksa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId448" w:history="1">
+            <w:hyperlink r:id="rId452" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Millon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nouvelles méthodologies en imagerie du vivant</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2012, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId444" w:history="1">
+            <w:hyperlink r:id="rId448" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00840855v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId449" w:history="1">
+            <w:hyperlink r:id="rId453" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Double Pulse Inversion Imaging for Ultrasound Contrast Imaging</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">A. Guibal</w:t>
+                <w:t xml:space="preserve">Influences of Bubble Motion to Second Harmonic Inversion Imaging</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId441" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Lin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Cachard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId454" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Mori</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId455" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Viti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Varray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE International Ultrasonics Symposium</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2012, Dresden, Germany. pp.1307-1310, </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/ULTSYM.2012.0326⟩</w:t>
+              <w:t xml:space="preserve">, 2012, Dresden, Germany. pp.675-678, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId456" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ULTSYM.2012.0168⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId449" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01957888v1</w:t>
+            <w:hyperlink r:id="rId453" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01957890v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId452" w:history="1">
+            <w:hyperlink r:id="rId457" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Multi-Frequency Approach to Increase the Native Resolution of Ultrasound Images</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Fast simulation of nonlinear radio frequency ultrasound images in inhomogeneous nonlinear media: CREANUIS</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Varray</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Toulemonde</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Basset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Cachard</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Signal Processing Conference (EUSIPCO)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, Bucharest, Romania. pp.2733-2737</w:t>
+              <w:t xml:space="preserve">Acoustics 2012</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2012, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId452" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01957885v1</w:t>
+            <w:hyperlink r:id="rId457" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00811013v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId455" w:history="1">
+            <w:hyperlink r:id="rId458" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influences of Bubble Motion to Second Harmonic Inversion Imaging</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId227" w:history="1">
+                <w:t xml:space="preserve">Neuromuscular Fiber Segmentation Using Particle Filtering and Discrete Optimization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Varray</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId415" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Kybic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Basset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Cachard</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE International Ultrasonics Symposium</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">MICCAI Workshop: Histopathology Image Analysis (HIMA)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, Nices, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId458" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/ULTSYM.2012.0168⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01957890v1</w:t>
+                <w:t xml:space="preserve">hal-01957886v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId459" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fast simulation of nonlinear radio frequency ultrasound images in inhomogeneous nonlinear media: CREANUIS</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Investigation into the effectiveness of ultrasound SHI imaging according to static and dynamic parameters of contrast agents</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanglue Lin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Varray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId179" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Cachard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Basset</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Christian Cachard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Acoustics 2012</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2012, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId459" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00811013v1</w:t>
+                <w:t xml:space="preserve">hal-00810788v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId460" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fast and Accurate Nonlinear Pressure Field Simulation: a Finite Difference Scheme Into the Fourier Domain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Varray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId375" w:history="1">
+            <w:hyperlink r:id="rId389" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Toulemonde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O. Basset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Cachard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE International Ultrasonics Symposium</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, Dresden, Germany. pp.1682-1685</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -17610,51 +17610,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Varray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O. Basset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Cachard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Imagerie du vivant : Nouvelles méthodologies en imagerie du vivant</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -17692,64 +17692,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multi resolution transverse oscillations for motion estimation in ultrasound images</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Varray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Basset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Cachard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Liebgott</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -17796,103 +17796,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId464" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Speckle reduction with multitaper approach to improve B/A imaging</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Toulemonde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Varray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Piero Tortoli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Cachard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Basset</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Acoustics 2012</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2012, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -17917,103 +17917,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId465" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Resolution Improvement in Thomson\textquoterights Multitaper Approach Using the Pulse Inversion Technique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId375" w:history="1">
+            <w:hyperlink r:id="rId389" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Toulemonde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O. Basset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Varray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Tortoli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Cachard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE International Ultrasonics Symposium</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, Dresden, Germany. pp.1934-1937, </w:t>
             </w:r>
             <w:hyperlink r:id="rId466" w:history="1">
               <w:r>
                 <w:rPr>
@@ -18060,64 +18060,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">4D Simulation of Nonlinear Pressure Field Propagation on GPU with the Angular Spectrum Method</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Varray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Cachard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Tortoli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O. Basset</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -18203,51 +18203,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Chenot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O. Basset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Tortoli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId471" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Melo De Lima</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -18298,90 +18298,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId473" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Experimental Implementation of the Second Harmonic Inversion Imaging on an Open Ultrasonic Scanner</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId437" w:history="1">
+            <w:hyperlink r:id="rId441" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Lin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Varray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId450" w:history="1">
+            <w:hyperlink r:id="rId443" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Guibal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Cachard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O. Basset</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -18422,334 +18422,334 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01957895v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId475" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nonlinear Radio Frequency Image Simulation for Harmonic Imaging - CREANUIS</w:t>
+                <w:t xml:space="preserve">Imagerie du paramètre de non linéarité par une méthode comparative en échographie médicale faisabilité expérimentale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Varray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId476" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Pasovic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Cachard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Tortoli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O. Basset</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE International Ultrasonics Symposium</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Congrès Français d\textquoterightAcoustique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, Lyon, France. pp.63</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId475" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01957897v1</w:t>
+                <w:t xml:space="preserve">hal-01957896v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId477" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Imagerie du paramètre de non linéarité par une méthode comparative en échographie médicale faisabilité expérimentale</w:t>
+                <w:t xml:space="preserve">Nonlinear Radio Frequency Image Simulation for Harmonic Imaging - CREANUIS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Varray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId478" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Cachard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Tortoli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O. Basset</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès Français d\textquoterightAcoustique</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">IEEE International Ultrasonics Symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, San Diego, USA, Unknown Region. pp.2179-2182, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId478" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ULTSYM.2010.5935538⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId477" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01957896v1</w:t>
+                <w:t xml:space="preserve">hal-01957897v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId479" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Imagerie du paramètre de non linéarité par une méthode comparative en échographie médicale : faisabilité expérimentale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Varray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Cachard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Piero Tortoli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Basset</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">10ème Congrès Français d'Acoustique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2010, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -18787,77 +18787,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Acoustic Nonlinearity Parameter of Tissue on Echo Mode: Review and Evaluation of the Different Approaches for B/A Imaging</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Varray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId478" w:history="1">
+            <w:hyperlink r:id="rId476" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Pasovic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Cachard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Tortoli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O. Basset</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -18936,103 +18936,103 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId482" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">3D Diverging Waves with 2D Sparse Arrays: A Feasibility Study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Roux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francois Varray</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lorena Petrusca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emmanuel Roux</w:t>
-[...37 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Christian Cachard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Piero Tortoli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2017 IEEE International Ultrasonic Symposium (IUS)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2017, Washington, United States. 2017</w:t>
@@ -19061,51 +19061,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId483" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Computationally Efficient Non-Linear Beamformer Based on pth Root Signal Compression for Enhanced Ultrasound B-Mode Imaging</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Polichetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Varray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -19212,51 +19212,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emeline Turquin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Varray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lorena Petrusca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magalie Viallon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -19307,77 +19307,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId485" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">IMAGERIE HARMONIQUE ULTRASONORE PAR INVERSION D’IMPULSION A HAUTE CADENCE D’IMAGERIE</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Polichetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francois Varray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Cachard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Nicolas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -19428,77 +19428,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId486" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ultrafast Ultrasound Imaging Using a Resolution and Bandwidth Enhancement Technique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId325" w:history="1">
+            <w:hyperlink r:id="rId329" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yanis Bénane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId487" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert H Lavarello</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Cachard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Varray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -19553,64 +19553,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId488" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">SPECTROSCOPIE OPTIQUE ET IMAGERIE PHOTOACOUSTIQUE : ETUDE COMPARATIVE</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aneline Dolet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francois Varray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId489" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Élodie Romeo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -19674,51 +19674,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId490" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etude expérimentale de fantômes bi-modalités en imagerie photoacoustique multispectrale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId401" w:history="1">
+            <w:hyperlink r:id="rId399" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Vallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId491" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F Varray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -20003,51 +20003,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'imagerie spectrale pour améliorer le diagnostic médical</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId502" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Rit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId318" w:history="1">
+            <w:hyperlink r:id="rId323" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Montcel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Varray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -20670,77 +20670,77 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId518" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boosting Cardiac Color Doppler Frame Rates with Deep Learning</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julia Puig</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Friboulet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hang Jung Ling</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Varray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -21154,51 +21154,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05436020v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Pialot" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Guidi" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Muleki-Seya" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enrico Boni" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Ramalli" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cmpb.2025.109221" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05373281v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhiyuan Li" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Liebgott" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yue Zhao" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Varray" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ultras.2025.107788" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05373326v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhaorui Li" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shunli Wang" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kai Li" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Huazhan Gui" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Feng Yuan" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cmpb.2025.109058" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05049376v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Pluta" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lamiaa Ali" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Guecheichia" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victorien Mass&#233;" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thiviya Parthipan" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cmdc.202500121" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05161993v2" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Mazellier" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/OJUFFC.2025.3588811" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05373311v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahshid Dodel" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrian Basarab" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compbiomed.2025.111223" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04643079v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Puig" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Friboulet" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hang Jung Ling" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Mougharbel" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TUFFC.2024.3424549" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04540765v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Garcia" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cmpb.2024.108169" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04540761v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Tamraoui" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ultras.2023.107222" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04828721v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Pialot" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Guidi" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Bonciani" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Tortoli" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/tbme.2024.3479414" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04653899v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yan Wang" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yifei Zhao" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ying Zhang" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-024-65371-z" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04653848v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;lestine Lachambre" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe B&#233;ra" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Nicolas" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TUFFC.2024.3416813" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04021136v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Junning Cui" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuhan Jing" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/joa.13795" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-04511029v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Sivadon" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Varray" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Gilles" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TUFFC.2023.3344165" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04021155v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Lorente Mur" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Augeul" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorena Petrusca" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6560/acac5d" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04304791v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jmor.21650" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04322649v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ewen Carcreff" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nans Laroche" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.4056898" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04152121v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ultras.2023.107099" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04253241v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jingfeng Lu" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Millioz" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Por&#233;e" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Provost" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TUFFC.2023.3326377" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04273519v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Salles" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/OJUFFC.2023.3308486" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03922501v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Bernard" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herve Liebgott" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TUFFC.2022.3160880" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03702798v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amanda Cigier" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cmpb.2022.106774" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03551128v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaoyue Jiang" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Perrot" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephen Bart" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Hartwell" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TUFFC.2021.3120283" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03551133v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wanyu Liu" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Clarysse" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Magnin" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.media.2021.102269" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03677935v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janek Gr&#246;hl" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lina Hacker" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ben Cox" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kris Dreher" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Morscher" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pacs.2022.100339" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03538693v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Polichetti" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ultras.2020.106309" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03352856v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aneline Dolet" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rita Ammanouil" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Petrilli" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Richard" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Piero Tortoli" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s21103366" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03551127v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Regev Cohen" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nitai Fingerhut" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yonina Eldar" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TUFFC.2021.3068078" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03052463v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/tuffc.2020.3032345" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03148442v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad Azizian Kalkhoran" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Stuart Savoia" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Vray" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.384002" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02394323v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Ciancone" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Bellec" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Cammas-Marion" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.langmuir.9b01296" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01839963v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Roux" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Cachard" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-018-27490-2" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01909562v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Mure" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Grenier" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yubin Liu" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13634-018-0554-8" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01825183v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/app8040599" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01912103v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Boulos" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Varray" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Poizat" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TUFFC.2018.2871983" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01699658v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remi Souchon" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Chapelon" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/app8020200" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01957676v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yanis Mehdi Benane" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Bujoreanu" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto J Lavarello" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Escoffre" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TUFFC.2018.2820747" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01693745v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Toulemonde" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Basset" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TUFFC.2017.2687470" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01682880v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;va Vallet" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Boutet" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Dinten" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giosue Caliano" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pacs.2017.09.001" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01693714v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Rom&#233;o" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Dehoux" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Vray" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.irbm.2017.10.003" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02543299v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iulia Mirea" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Max Langer" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Peyrin" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Fanton" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.media.2017.02.006" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01596136v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Turquin" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bernard" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magalie Viallon" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.irbm.2017.08.002" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01373125v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Assou" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TUFFC.2016.2579666" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01433056v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Besson" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miaomiao Zhang" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TUFFC.2016.2614996" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01433038v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafael Carrillo" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TUFFC.2016.2616300" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01206220v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanglue Lin" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0161734614566696" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01957678v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Basset" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ultrasmedbio.2013.04.005" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01957677v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riccardo Mori" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TUFFC.2013.2797" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00850036v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Liebgott" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TUFFC.2013.2707" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00718058v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Cachard" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TUFFC.2011.1956" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00718057v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TUFFC.2011.1933" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00644611v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05364477v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Bera" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05363679v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Muleki Seya" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05365599v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celia Mansilla Usero" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Mazierli" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04867247v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Camerel" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/uffc-js60046.2024.10793829" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04762252v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=George Chabouh" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Couture" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/UFFC-JS60046.2024.10793648" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04653865v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IUS51837.2023.10307601" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04841719v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samaneh Choupani" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISBI53787.2023.10230728" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04842356v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Ecarlat" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IUS54386.2022.9957526" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03848110v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03848270v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Huillery" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03551171v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaoyue Joy Jiang" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mei-Lin Chan" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bala Govind" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MEMS51782.2021.9375274" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03551156v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Dumas" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kai Riemer" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcelo Lerendegui" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Weinberg" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IUS52206.2021.9593587" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03349339v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kenule Tuador Nwigbo" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Duong-Hung Pham" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Kouam&#233;" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03551152v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IUS52206.2021.9593310" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03148456v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamad Hourani" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Tourneret" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IUS46767.2020.9251337" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04232186v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03070225v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IUS46767.2020.9251562" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03240246v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48465/fa.2020.0397" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03148474v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zexian Wang" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle E. Magnin" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICSP48669.2020.9321058" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03233967v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48465/fa.2020.0248" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03235350v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48465/fa.2020.0398" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02457383v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Salles" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ULTSYM.2019.8926165" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02457385v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ULTSYM.2019.8925855" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02352623v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04842615v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ULTSYM.2019.8926273" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03551185v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan d'Hooge" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ULTSYM.2019.8926177" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02345030v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01957861v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ULTSYM.2018.8580089" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01957859v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ramalli" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Dallai" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Boni" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01894167v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Polichetti" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Nicolas" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ULTSYM.2018.8580186" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01957860v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. C. B&#233;ra" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01598498v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Rousseau" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bonet Axel" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Montcel" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Ray" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Tse Ve Koon" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01957863v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Dridi" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Kraiem" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01609178v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yanis B&#233;nane" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto Lavarello" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ULTSYM.2017.8091522" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01599683v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Souchon" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01714037v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01505208v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01825197v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giulia Matrone" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ULTSYM.2017.8091710" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01598578v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilia Badescu" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01599416v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01599710v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhang Miaomiao" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01609166v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Joos" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02062225v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ULTSYM.2017.8092996" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466446v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ULTSYM.2016.7728751" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01957864v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Rouyer" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Lavarello" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02086639v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Mirea" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Wang" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yue-Min Zhu" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. E. D&#225;vila Serrano" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICSP.2016.7877795" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466794v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Boulos" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Poizat" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Azizian Kalkhoran" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Gilles" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ULTSYM.2016.7728447" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466761v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ULTSYM.2016.7728903" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01437840v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ULTSYM.2016.7728439" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466471v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lihui Wang" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yue Min Zhu" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo E. D&#225;vila Serrano" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01433084v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ULTSYM.2016.7728805" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01279605v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.phpro.2015.08.236" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01988493v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01280820v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Toulemonde" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bernard" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4934411" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01957869v1" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Pozo Fortunic" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EMBC.2015.7318670" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03446545v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul, Boulos" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien, Poizat" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01280830v1" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4934441" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01957866v1" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01279612v1" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ULTSYM.2015.0238" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01207827v1" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y.-M. Zhu" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Fanton" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Langer" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-20309-6_20" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01988494v1" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01957870v1" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.C. Bera" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01957865v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01265845v1" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ULTSYM.2015.0185" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01957867v1" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Vallet" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Boutet" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03446379v1" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01957868v1" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01957874v1" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Dietenbeck" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Kybic" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2043257" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01957871v1" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Li" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Montcel" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01957875v1" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICASSP.2014.6854585" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01955135v1" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ULTSYM.2014.0552" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01957872v1" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Marti" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICASSP.2014.6854582" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01957873v1" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ULTSYM.2014.0320" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00945403v1" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01117703v1" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Zhang" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ULTSYM.2014.0296" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01117623v1" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Gueth" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Thiran" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ULTSYM.2014.0033" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01912452v1" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00850048v1" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01957880v1" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00872686v1" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. H. Wang" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. M. Zhu" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. E. Magnin" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01957879v1" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Lin" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01957878v1" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Demi" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Van Dongen" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ULTSYM.2013.0265" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00810788v1" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01957886v1" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00840855v1" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Boussel" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Coulon" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Proksa" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Millon" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01957888v1" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Guibal" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ULTSYM.2012.0326" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01957885v1" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Novell" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bouakaz" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01957890v1" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Mori" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Viti" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ULTSYM.2012.0168" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00811013v1" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01957881v1" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01957889v1" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00830304v1" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISBI.2012.6235756" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00810810v1" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01957884v1" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ULTSYM.2012.0485" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01957894v1" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ULTSYM.2011.0061" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01957891v1" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Chenot" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Melo De Lima" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ULTSYM.2011.0336" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01957895v1" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ULTSYM.2011.0606" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01957897v1" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ULTSYM.2010.5935538" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01957896v1" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Pasovic" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00534649v1" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01957898v1" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ULTSYM.2009.5441529" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01599702v1" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01599381v1" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01599497v1" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01505475v1" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01599445v1" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert H Lavarello" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01505319v1" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lodie Romeo" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01102780v1" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Varray" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Montcel" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Boutet" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Vray" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04928878v2" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francoise Peyrin" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Dauvergne" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Beuf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Adam" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.14794956" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03702277v1" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Rit" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Ratiney" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03551166v1" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-78710-3_16" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03148466v1" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wan-Yu Liu" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-21949-9_23" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00976660v1" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Brusseau" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Detti" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Basarab" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00976667v1" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Brusseau" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Detti" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/abs/10.1002/9781118761236.ch1" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781118761236.ch1" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04495325v1" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00751417v1" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2011LYO10165" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-02146735v1" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05436020v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Pialot" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Guidi" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Muleki-Seya" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enrico Boni" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Ramalli" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cmpb.2025.109221" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05373281v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhiyuan Li" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Liebgott" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yue Zhao" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Varray" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ultras.2025.107788" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05373326v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhaorui Li" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shunli Wang" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kai Li" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Huazhan Gui" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Feng Yuan" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cmpb.2025.109058" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05049376v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Pluta" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lamiaa Ali" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Guecheichia" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victorien Mass&#233;" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thiviya Parthipan" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cmdc.202500121" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05161993v2" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Mazellier" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/OJUFFC.2025.3588811" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05373311v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahshid Dodel" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrian Basarab" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compbiomed.2025.111223" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04540765v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Garcia" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cmpb.2024.108169" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04540761v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Tamraoui" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ultras.2023.107222" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04828721v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Pialot" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Guidi" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Bonciani" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Tortoli" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/tbme.2024.3479414" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04643079v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Puig" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Friboulet" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hang Jung Ling" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Mougharbel" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TUFFC.2024.3424549" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04653899v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yan Wang" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yifei Zhao" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ying Zhang" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-024-65371-z" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04653848v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;lestine Lachambre" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe B&#233;ra" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Nicolas" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TUFFC.2024.3416813" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04304791v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jmor.21650" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04021155v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Lorente Mur" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Augeul" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorena Petrusca" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6560/acac5d" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04322649v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ewen Carcreff" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nans Laroche" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.4056898" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-04511029v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Sivadon" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Varray" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Gilles" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TUFFC.2023.3344165" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04021136v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Junning Cui" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuhan Jing" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/joa.13795" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04152121v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ultras.2023.107099" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04253241v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jingfeng Lu" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Millioz" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Por&#233;e" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Provost" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TUFFC.2023.3326377" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04273519v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Salles" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/OJUFFC.2023.3308486" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03702798v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amanda Cigier" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cmpb.2022.106774" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03922501v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Bernard" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herve Liebgott" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TUFFC.2022.3160880" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03551128v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaoyue Jiang" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Perrot" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephen Bart" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Hartwell" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TUFFC.2021.3120283" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03551133v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wanyu Liu" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Clarysse" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Magnin" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.media.2021.102269" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03677935v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janek Gr&#246;hl" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lina Hacker" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ben Cox" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kris Dreher" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Morscher" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pacs.2022.100339" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03352856v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aneline Dolet" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rita Ammanouil" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Petrilli" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Richard" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Piero Tortoli" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s21103366" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03538693v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Polichetti" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ultras.2020.106309" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03551127v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Regev Cohen" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nitai Fingerhut" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yonina Eldar" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TUFFC.2021.3068078" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03052463v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/tuffc.2020.3032345" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03148442v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad Azizian Kalkhoran" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Stuart Savoia" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Vray" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.384002" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02394323v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Ciancone" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Bellec" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Cammas-Marion" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.langmuir.9b01296" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01825183v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Cachard" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/app8040599" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01839963v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Roux" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-018-27490-2" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01909562v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Mure" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Grenier" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yubin Liu" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13634-018-0554-8" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01912103v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Boulos" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Varray" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Poizat" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TUFFC.2018.2871983" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01699658v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remi Souchon" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Chapelon" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/app8020200" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01957676v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yanis Mehdi Benane" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Bujoreanu" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto J Lavarello" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Escoffre" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TUFFC.2018.2820747" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01682880v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;va Vallet" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Boutet" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Dinten" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giosue Caliano" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pacs.2017.09.001" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01693745v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Toulemonde" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Basset" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TUFFC.2017.2687470" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01693714v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Rom&#233;o" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Dehoux" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Vray" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.irbm.2017.10.003" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02543299v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iulia Mirea" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Max Langer" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Peyrin" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Fanton" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.media.2017.02.006" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01596136v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Turquin" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bernard" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magalie Viallon" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.irbm.2017.08.002" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01373125v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Assou" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TUFFC.2016.2579666" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01433056v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Besson" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miaomiao Zhang" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TUFFC.2016.2614996" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01433038v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafael Carrillo" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TUFFC.2016.2616300" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01206220v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanglue Lin" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0161734614566696" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01957678v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Basset" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ultrasmedbio.2013.04.005" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01957677v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riccardo Mori" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TUFFC.2013.2797" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00850036v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Liebgott" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TUFFC.2013.2707" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00718057v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TUFFC.2011.1933" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00718058v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Cachard" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TUFFC.2011.1956" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00644611v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05364477v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Bera" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05363679v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Muleki Seya" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05365599v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celia Mansilla Usero" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Mazierli" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04867247v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Camerel" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/uffc-js60046.2024.10793829" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04762252v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=George Chabouh" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Couture" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/UFFC-JS60046.2024.10793648" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04653865v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IUS51837.2023.10307601" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04841719v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samaneh Choupani" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISBI53787.2023.10230728" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03848270v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Huillery" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04842356v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Ecarlat" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IUS54386.2022.9957526" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03848110v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03551156v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Dumas" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kai Riemer" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcelo Lerendegui" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Weinberg" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IUS52206.2021.9593587" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03551171v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaoyue Joy Jiang" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mei-Lin Chan" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bala Govind" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MEMS51782.2021.9375274" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03349339v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kenule Tuador Nwigbo" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Duong-Hung Pham" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Kouam&#233;" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03551152v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IUS52206.2021.9593310" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04232186v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamad Hourani" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Tourneret" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IUS46767.2020.9251337" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03240246v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48465/fa.2020.0397" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03070225v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IUS46767.2020.9251562" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03148474v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zexian Wang" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle E. Magnin" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICSP48669.2020.9321058" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03148456v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03233967v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48465/fa.2020.0248" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03235350v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48465/fa.2020.0398" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02457385v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ULTSYM.2019.8925855" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02457383v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Salles" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ULTSYM.2019.8926165" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02352623v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04842615v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ULTSYM.2019.8926273" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03551185v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan d'Hooge" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ULTSYM.2019.8926177" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02345030v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01894167v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Polichetti" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Nicolas" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ULTSYM.2018.8580186" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01957861v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ULTSYM.2018.8580089" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01957859v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ramalli" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Dallai" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Boni" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01957860v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. C. B&#233;ra" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01957863v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Dridi" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Kraiem" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01714037v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01505208v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01598498v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Rousseau" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bonet Axel" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Montcel" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Ray" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Tse Ve Koon" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01599683v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Souchon" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01609178v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yanis B&#233;nane" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto Lavarello" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ULTSYM.2017.8091522" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01825197v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giulia Matrone" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ULTSYM.2017.8091710" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01598578v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilia Badescu" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01599710v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhang Miaomiao" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01599416v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02062225v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ULTSYM.2017.8092996" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01609166v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Joos" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466794v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Boulos" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Poizat" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Azizian Kalkhoran" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Gilles" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ULTSYM.2016.7728447" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01957864v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Rouyer" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Lavarello" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466446v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ULTSYM.2016.7728751" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02086639v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Mirea" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Wang" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yue-Min Zhu" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. E. D&#225;vila Serrano" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICSP.2016.7877795" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466761v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ULTSYM.2016.7728903" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01433084v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ULTSYM.2016.7728805" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466471v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lihui Wang" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yue Min Zhu" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo E. D&#225;vila Serrano" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01437840v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ULTSYM.2016.7728439" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01957866v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01207827v1" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y.-M. Zhu" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Fanton" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Langer" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-20309-6_20" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01988494v1" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01279612v1" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ULTSYM.2015.0238" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01280830v1" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4934441" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01279605v1" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.phpro.2015.08.236" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01957869v1" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Pozo Fortunic" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EMBC.2015.7318670" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01988493v1" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01280820v1" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Toulemonde" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bernard" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4934411" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03446545v1" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul, Boulos" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien, Poizat" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01957865v1" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01957870v1" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.C. Bera" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01957867v1" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Vallet" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Boutet" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03446379v1" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01265845v1" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ULTSYM.2015.0185" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01957868v1" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01957875v1" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICASSP.2014.6854585" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01957872v1" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Marti" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICASSP.2014.6854582" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01957871v1" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Li" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Montcel" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01957874v1" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Dietenbeck" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Kybic" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2043257" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01955135v1" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ULTSYM.2014.0552" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01957873v1" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ULTSYM.2014.0320" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00945403v1" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01117703v1" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Zhang" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ULTSYM.2014.0296" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01117623v1" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Gueth" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Thiran" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ULTSYM.2014.0033" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01912452v1" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00850048v1" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01957880v1" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00872686v1" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. H. Wang" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. M. Zhu" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. E. Magnin" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01957878v1" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Demi" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Van Dongen" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ULTSYM.2013.0265" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01957879v1" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Lin" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01957888v1" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Guibal" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ULTSYM.2012.0326" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01957885v1" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Novell" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bouakaz" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00840855v1" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Boussel" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Coulon" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Proksa" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Millon" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01957890v1" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Mori" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Viti" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ULTSYM.2012.0168" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00811013v1" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01957886v1" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00810788v1" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01957881v1" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01957889v1" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00830304v1" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISBI.2012.6235756" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00810810v1" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01957884v1" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ULTSYM.2012.0485" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01957894v1" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ULTSYM.2011.0061" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01957891v1" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Chenot" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Melo De Lima" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ULTSYM.2011.0336" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01957895v1" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ULTSYM.2011.0606" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01957896v1" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Pasovic" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01957897v1" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ULTSYM.2010.5935538" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00534649v1" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01957898v1" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ULTSYM.2009.5441529" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01599702v1" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01599381v1" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01599497v1" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01505475v1" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01599445v1" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert H Lavarello" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01505319v1" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lodie Romeo" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01102780v1" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Varray" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Montcel" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Boutet" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Vray" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04928878v2" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francoise Peyrin" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Dauvergne" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Beuf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Adam" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.14794956" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03702277v1" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Rit" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Ratiney" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03551166v1" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-78710-3_16" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03148466v1" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wan-Yu Liu" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-21949-9_23" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00976660v1" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Brusseau" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Detti" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Basarab" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00976667v1" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Brusseau" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Detti" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/abs/10.1002/9781118761236.ch1" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781118761236.ch1" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04495325v1" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00751417v1" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2011LYO10165" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-02146735v1" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>