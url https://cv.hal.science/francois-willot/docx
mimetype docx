--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> François Willot </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Directeur de recherche à Mines Paris PSLDépartement Mathématiques & Systèmes</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">francois-willot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0003-1544-6550</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">131231855</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> arXiv : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">willot_f_1</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">I am Director of Research (Directeur de recherche) at Mines de Paris PSL which I joined in 2008. I obtained my PhD in Mechanics at École Polytechnique in 2007 and Habilitation à diriger des recherches at Sorbonne Université in 2019. My main research interests are in Physics and Mechanics of Heterogeneous Media, Homogenization, FFT methods, Random Set Theory, Physics-Inspired and Geometry-Informed Machine Learning.</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (62)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Statistical modeling and generation of inertial ductile fracture surfaces</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corentin Thouénon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alizée Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Barraud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Théo Géral</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Bruzy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the Mechanics and Physics of Solids</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 206B, pp.106406. </w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jmps.2025.106406⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05344527v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamics simulations of RDX-based explosive materials during impact: role of the microstructure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Kaeshammer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Belon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Borne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Willot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Dokládal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Shock Waves</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, pp.1-14. </w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00193-025-01243-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05413890v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A physics-informed 3D surrogate model for elastic fields in polycrystals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucas Monteiro Fernandes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samy Blusseau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philipp Rieder</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthias Neumann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Volker Schmidt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computer Methods in Applied Mechanics and Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 441, pp.117944. </w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.cma.2025.117944⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05423742v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Increasing Inter-Fiber Contact in the Altendorf-Jeulin Model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Keilmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia Redenbach</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computational Materials Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05423654v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Intermittent in-situ high-resolution X-ray microscopy of 400-nm porous glass under uniaxial compression: study of pore changes and crack formation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastian Schäfer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hrishikesh Bale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mansoureh Norouzi Rad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephen Kelly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Acta Materialia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 255, pp.116396. </w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.scriptamat.2024.116396⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04385906v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stochastic 3D microstructure modeling of twinned polycrystals for investigating the mechanical behavior of γ -TiAl intermetallics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philipp Rieder</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthias Neumann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucas Monteiro Fernandes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Mulard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henry Proudhon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computational Materials Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 238, pp.112922. </w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.commatsci.2024.112922⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04803649v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterization by image analysis of materials heterogeneities produced by the Deep Soil Mixing technique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juba Amrioui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Duc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Le Kouby</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeanne-Sylvine Guedon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Saussaye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Materials Today: Proceedings</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 11 p. </w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.matpr.2023.03.720⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04385930v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of Porosity on Ultra-High Vacuum Gas-Tightness in Cold-Sprayed Aluminum Coatings</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Weiller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesco Delloro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Thorel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Jeandin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transport in Porous Media</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 144 (2), pp.339-366. </w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11242-022-01806-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03834713v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deep multimodal autoencoder for crack criticality assessment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugo Launay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Ryckelynck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Lacourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Besson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mondon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal for Numerical Methods in Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 123 (6), pp.1456-1480. </w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/nme.6905⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03510024v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse et génération de microstructures numériques d'explosifs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Steve Belon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Élodie Kaeshammer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Petr Dokládal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Borne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chocs - Revue scientifique et technique de la Direction des applications militaires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, Matériaux et procédés : un savoir-faire spécifique, 51, pp.48</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03891348v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multiscale modeling of solid explosives thermomechanical behaviour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Lafourcade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Denoual</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Bernard Maillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Herve Trumel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Biessy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chocs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 51, pp.44</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04385822v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morphological characterization and elastic response of a granular material</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Élodie Kaeshammer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Borne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Petr Dokládal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Belon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computational Materials Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 190, pp.110247. </w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.commatsci.2020.110247⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03115043v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hyper-reduced arc-length algorithm for stability analysis in elastoplasticity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Launay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Besson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Ryckelynck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Solids and Structures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 208-209, pp.167-180. </w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijsolstr.2020.10.014⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03088229v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Bayesian Approach to Morphological Models Characterization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Figliuzzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Montaux-Lambert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grégoire Naudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Image Analysis &amp; Stereology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 40 (3), pp.171-180. </w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5566/ias.2641⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03510046v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modélisation de la durée de vie en fatigue de soudures an alliage de titane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Flouriot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor de Rancourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Authier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Lacourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Forest</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chocs - Revue scientifique et technique de la Direction des applications militaires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, Matériaux et procédés : un savoir-faire spécifique, 51, pp.61-69</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03891328v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The irreversible thermal expansion of an energetic material</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Trumel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Peyres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Biessy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Rabette</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Theoretical, Computational and Applied Mechanics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, Issue 3 | 2021, pp.1-21. </w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.46298/jtcam.7091⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03110877v3</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mechanical assessment of defects in welded joints: morphological classification and data augmentation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugo Launay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Ryckelynck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Besson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Mathematics in Industry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 11 (8), pp.18. </w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s13362-021-00114-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03417140v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Preface to a Special Issue of the International Journal of Solids and Structures on Physics and Mechanics of Random Structures: From Morphology to Material Properties In honor of Professor Dominique Jeulin (Mines ParisTech)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Forest</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Solids and Structures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, Special Issue on Physics and Mechanics of Random Structures: From Morphology to Material Properties, 184, pp.1-2. </w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijsolstr.2019.10.005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02425302v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quantifying the influence of microstructure on effective conductivity and permeability: Virtual materials testing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthias Neumann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ole Stenzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lorenz Holzer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Volker Schmidt</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Solids and Structures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, Special Issue on Physics and Mechanics of Random Structures: From Morphology to Material Properties, 184, pp.211-220. </w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijsolstr.2019.03.028⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02425310v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Electrical Conductivity of Metal–Polymer Cold Spray Composite Coatings onto Carbon Fiber-Reinforced Polymer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Bortolussi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Figliuzzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Faessel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Jeandin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Thermal Spray Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 29 (4), pp.642-656. </w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11666-020-00999-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03087970v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The effective conductivity of strongly nonlinear media: The dilute limit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Solids and Structures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, Special Issue on Physics and Mechanics of Random Structures: From Morphology to Material Properties, 184, pp.287-295. </w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijsolstr.2019.06.006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02425307v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effective Electronic and Ionic Conductivities of Dense EV-Designed NMC-Based Positive Electrodes using Fourier Based Numerical Simulations on FIB/SEM Volumes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Cadiou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Douillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J-C. Badot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Lestriez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of The Electrochemical Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 167 (14), pp.140504. </w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1149/1945-7111/abbf68⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03011766v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elastostatic field distributions in polycrystals and cracked media</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renald Brenner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Trumel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Philosophical Magazine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 100 (6), pp.661-687. </w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/14786435.2019.1699669⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02425491v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Special topic on multiscale modeling of granular media: a tribute to Prof. Dominique Jeulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Serra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Image Analysis &amp; Stereology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 38 (1), pp.1. </w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5566/ias.2146⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02102998v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The thermoelastic response of cracked polycrystals with hexagonal symmetry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Trumel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Jeulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Philosophical Magazine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 99 (5), pp.606-630. </w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/14786435.2018.1547432⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02003023v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stochastic 3D Modeling of Three-Phase Microstructures for Predicting Transport Properties: A Case Study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthias Neumann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bassam Abdallah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lorenz Holzer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Volker Schmidt</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transport in Porous Media</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 128 (1), pp.179-200. </w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11242-019-01240-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02103129v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Numerical Prediction of Multiscale Electronic Conductivity of Lithium-Ion Battery Positive Electrodes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cadiou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Etiemble</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Douillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Valentin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of The Electrochemical Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 166 (8), pp.A1692-A1703. </w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1149/2.1221908jes⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02137415v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thermoelastic properties of microcracked polycrystals. Part II : The case of jointed polycrystalline TATB</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Gasnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Trumel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Jeulin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Biessy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Solids and Structures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 155, pp.257-274. </w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijsolstr.2018.07.025⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01932771v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modelling of the microstructure of mesoporous alumina constrained by morphological simulation of nitrogen porosimetry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haisheng Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Jeulin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sorbier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Moreaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloids and Surfaces A: Physicochemical and Engineering Aspects</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 553, pp.378 - 396. </w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.colsurfa.2018.05.043⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01821865v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morphological modeling of cold spray coatings</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Bortolussi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Figliuzzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Faessel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Jeandin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Image Analysis &amp; Stereology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 37 (2), pp.145-158. </w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5566/ias.1894⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01837906v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thermoelastic properties of microcracked polycrystals. Part I : Adequacy of Fourier-based methods for cracked elastic bodies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Gasnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Trumel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Jeulin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Besson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Solids and Structures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 155, pp.248-256. </w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijsolstr.2018.07.024⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01932739v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prediction of Effective Properties of Porous Carbon Electrodes from a Parametric 3D Random Morphological Model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Torben Prill</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Jeulin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan Balach</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flavio Soldera</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transport in Porous Media</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 120 (1), pp.141-165. </w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11242-017-0913-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01678694v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mean covariogram of cylinders and applications to Boolean random sets</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Contemporary Mathematical Analysis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 52 (6), pp.305-315. </w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3103/S1068362317060061⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01678545v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A mesoscopic simulation tool for TATB-based explosives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Trumel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Bernard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Gasnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Jeulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chocs Focus</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, pp.22-23</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-05449955v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Numerical Simulation of Hindered Diffusion in γ-Alumina Catalyst Supports</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haisheng Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Moreaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickaël Rivallan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sorbier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Oil &amp; Gas Science and Technology - Revue d'IFP Energies nouvelles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 72 (2), pp.8. </w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2516/ogst/2017002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01487954v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morphological modeling of three-phase microstructures of anode layers using SEM images</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bassam Abdallah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Jeulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Microscopy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 263 (1), pp.51-63. </w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/jmi.12374⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01258887v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of the multiscale distribution of particles on elastic properties of concrete</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Escoda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Jeulin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Sanahuja</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Toulemonde</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Engineering Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 98, pp.60-71. </w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijengsci.2015.07.010⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01238640v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modelling the microstructure and the viscoelastic behaviour of carbon black filled rubber materials from 3D simulations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Figliuzzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Jeulin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Faessel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Masataka Koishi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Technische Mechanik</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 32 (1-2), pp.22-46</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01263932v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Permeability of Boolean Sets of Cylinders</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bassam Abdallah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Jeulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Oil &amp; Gas Science and Technology - Revue d'IFP Energies nouvelles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 71 (4), </w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2516/ogst/2016003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01490444v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stokes flow through a Boolean model of spheres: Representative volume element</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bassam Abdallah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Jeulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transport in Porous Media</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 109 (3), pp.711-726. </w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11242-015-0545-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01232510v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A mixed Boolean and deposit model for the modeling of metal pigments in paint layers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enguerrand Couka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Jeulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Image Analysis &amp; Stereology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 34 (2), pp.125-134. </w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5566/ias.1220⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01154597v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The power laws of geodesics in some random sets with dilute concentration of inclusions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lecture Notes in Computer Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 9082, pp.535-546. </w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-319-18720-4_45⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01247120v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optical response of a hematite coating: ellipsometry data versus Fourier-based computations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enguerrand Couka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Callet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Jeulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advanced Science, Engineering and Medicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 7 (11), pp.925-931. </w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1166/asem.2015.1790⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01232497v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corrigendum: a mixed Boolean and deposit model for the modeling of metal pigments in paint layers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enguerrand Couka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Jeulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Image Analysis &amp; Stereology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 34 (3), pp.145. </w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5566/ias.1417⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01232489v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Numerical modeling of the thermal expansion of an energetic material</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrey Ambos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Jeulin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Trumel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Solids and Structures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 60-61, pp.125-139. </w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijsolstr.2015.02.025⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01118112v3</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">3D morphological modeling of concrete using multiscale Poisson polyhedra</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Escoda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Jeulin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Toulemonde</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Microscopy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 258 (1), pp.31-48. </w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/jmi.12213⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01096766v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fourier-based schemes for computing the mechanical response of composites with accurate local fields</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Comptes rendus de l’Académie des sciences. Série IIb, Mécanique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 343 (3), pp.232-245. </w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.crme.2014.12.005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01096757v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modeling of the multiscale dispersion of nanoparticles in a hematite coating</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enguerrand Couka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Jeulin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mona Ben Achour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Chesnaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Nanoscience and Nanotechnology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 15 (5), pp. 3515-3521(7). </w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1166/jnn.2015.9855⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00965908v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modelling mesoporous alumina microstructure with 3D random models of platelets</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haisheng Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Pietrasanta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Jeulin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Faessel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Microscopy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 260 (3), pp.287-301. </w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/jmi.12295⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01170616v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Fourier-based numerical homogenization tool for an explosive material</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Gasnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Trumel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Figliuzzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Jeulin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Matériaux et Techniques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 103 (3), pp.308. </w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/mattech/2015019⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01141495v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of the fiber geometry on the macroscopic elastic and thermal properties</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hellen Altendorf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Jeulin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Solids and Structures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 51 (23-24), pp.3807-3822. </w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijsolstr.2014.05.013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01002835v3</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fourier-based schemes with modified Green operator for computing the electrical response of heterogeneous media with accurate local fields</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bassam Abdallah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Patrick Pellegrini</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal for Numerical Methods in Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 98 (7), pp.518-533. </w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/nme.4641⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00840986v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A critical comparison of several numerical methods for computing effective properties of highly heterogeneous materials</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyrille F. Dunant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Bary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain B. Giorla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Péniguel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Sanahuja</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advances in Engineering Software</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 58 (-), pp.1-12. </w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.advengsoft.2012.12.002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00804043v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optical properties of deposit models for paints: full-fields FFT computations and representative volume element</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dario F. Azzimonti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Jeulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Modern Optics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 60 (7), pp.519-528. </w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/09500340.2013.793778⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00836118v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Microstructure-induced hotspots in the thermal and elastic responses of granular media</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Gillibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Jeulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Solids and Structures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 50 (10), pp.1699-1709. </w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijsolstr.2013.01.040⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00728155v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estimation of local stresses and elastic properties of a mortar sample by FFT computation of fields on a 3D image</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Escoda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Jeulin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Sanahuja</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Toulemonde</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cement and Concrete Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 41 (5), pp.542-556. </w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.cemconres.2011.02.003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00553658v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elastic and electrical behavior of some random multiscale highly-contrasted composites</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Jeulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal for Multiscale Computational Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 9 (3), pp.305-326. </w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1615/IntJMultCompEng.v9.i3.40⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00553376v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Large-scale computations of effective elastic properties of rubber with carbon black fillers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Jean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Cantournet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Forest</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Jeulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal for Multiscale Computational Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 9, pp.271-303. </w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1615/IntJMultCompEng.v9.i3.30⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00661612v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elastic behavior of composites containing Boolean random sets of inhomogeneities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Jeulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Engineering Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 47 (2), pp.313-324. </w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijengsci.2008.09.016⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00426398v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Infinite-contrast periodic composites with strongly nonlinear behavior: Effective-medium theory versus full-field simulations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin I. Idiart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Patrick Pellegrini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pedro Ponte Castañeda</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Solids and Structures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 46 (18-19), pp.3365-3382. </w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijsolstr.2009.05.009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00412539v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effective-medium theory for infinite-contrast, 2D-periodic, linear composites with strongly anisotropic matrix behavior: dilute limit and cross-over behavior</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Patrick Pellegrini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin I. Idiart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pedro Ponte Castañeda</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 78, pp.104111. </w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevB.78.104111⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-00413019v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Localization of elastic deformation in strongly anisotropic, porous, linear materials with periodic microstructures: exact solutions and dilute expansions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Patrick Pellegrini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pedro Ponte Castañeda</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the Mechanics and Physics of Solids</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 56, pp.1245-1268. </w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jmps.2007.10.002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-00412543v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings/Recueil des communications (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Machine learning methods for analysing damage in energetical granular materials</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Robin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Steve Belon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Borne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Petr Dokládal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICT 2025 - 54th International Annual Conference : Artificial Intelligence, Machine Learning and Data Science in Energetic Materials Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2025, Karlsrhue, Germany. 2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05423264v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Continuum Models and Discrete Systems. CMDS-14, Paris, France, June 26–30, 2023</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justin Dirrenberger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Forest</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Jeulin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrej Cherkaev</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the 14th International Symposium on Continuum Models and Discrete Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2023, Paris, France. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Springer Proceedings in Mathematics &amp; Statistics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 457, Springer Nature Switzerland, 2024, Springer Proceedings in Mathematics &amp; Statistics, 978-3-031-58664-4. </w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-58665-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04385974v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Étude numérique de la nocivité des défauts dans les soudures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Lacourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Forest</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frank N'Guyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Ryckelycnk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque Mécamat Rupture des matériaux et structures – Mécanismes et modélisations face aux applications industrielles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2019, Aussois, France. 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05449935v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Physics et Mechanics of Random Media: from Morphology to Material Properties</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Forest</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses des Mines. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics and mechanics of random structures: from morphology to material properties. International workshop in honor of Dominique Jeulin.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Saint-Pierre d'Oléron, France. 2018, Sciences de la matière, 2356715290</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01976785v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Localisation dans les milieux poreux linéaires fortement anisotropes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Patrick Pellegrini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pedro Ponte Castañeda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Idiart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque Mécamat – Approches multi-échelles en mécanique des matériaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2006, Aussois, France. 2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05449890v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (27)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Méthodes d'homogénéisation numérique par FFT, prise en compte de la localisation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16ème Colloque National en Calcul de Structures (CSMA 2024)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CNRS; CSMA; ENS Paris-Saclay; CentraleSupélec, May 2024, Hyères, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04822996v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Choquet Capacity networks for random point process classification</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mehran Mohammadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Santiago Velasco-Forero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mateus Sangalli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jesus Angulo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Continuum Models and Discrete Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2023, Paris, France. pp.229-241, </w:t></w:r><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-58665-1_18⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04250560v3</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of crystallographic twins on the elasto-plastic response of polycrystals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucas Monteiro Fernandes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philipp Rieder</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthias Neumann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Mulard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henry Proudhon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the 14th International Symposium on Continuum Models and Discrete Systems, Paris, France – 26-30 June 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2023, Paris, France. pp.89-103, </w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-58665-1_7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04385959v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quantitative Characterization of Ductility for Fractographic Analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laury-Hann Brassart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samy Blusseau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Delloro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Rolland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ECMI: European Consortium for Mathematics in Industry 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ECMI, Apr 2021, Wupperthal, Germany. pp.349-355, </w:t></w:r><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-11818-0_46⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03886886v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Study of the Impact of Microstructure on the Effective Electrical Properties of Composite Electrodes for Lithium-Ion Batteries; Acquisition Andsimulations on Real Microstructures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cadiou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Douillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Besnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Maire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ECS Meeting Abstracts, L05: Composite Electrodes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2020, Montreal, Canada. pp.2727-2727, </w:t></w:r><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1149/MA2020-01492727mtgabs⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03194132v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Morphological Study of Energetic Materials: Analysis of Micro-computed Tomography Images to Generate Representative Microstructures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Élodie Kaeshammer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Petr Dokládal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Erzar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Steve Belon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Europyro 2019 44th International Pyrotechnics Seminar</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Tours, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02139567v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Understanding the thermomechanical behavior of a TATB-based explosive via microstructure-level simulations. Part I: Microcracking and viscoelasticity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Trumel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Rabette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renald Brenner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Ongari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Europyro 44th International Pyrotechnics Seminar</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Tours, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02312483v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Étude numérique de la nocivité des défauts dans les soudures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Lacourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Forest</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Ryckelynck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Flouriot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14ème Colloque National en Calcul de Structures (CSMA 2019)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CSMA, May 2019, Presqu’île de Giens, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02412756v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Homogénéisation en champs complets par FFT pour un matériau énergétique à forte anisotropie cristalline : prise en compte de la microfissuration par une méthode de champ de phase</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Rabette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Trumel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque National MECAMAT 2019: Rupture des Matériaux et des Structures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mécamat, Jan 2019, Aussois, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02311629v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modélisation multiéchelle par champ de phase de la microfissuration d'un polycristal organique de forte anisotropie cristalline par FFT</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Rabette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Trumel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14ème Colloque National en Calcul de Structures (CSMA 2019)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CSMA, May 2019, Presqu’île de Giens, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02412743v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Generation of Virtual Microstructures of Energetic Materials Based on Micro-computed Tomography Images Analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Élodie Kaeshammer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Petr Dokládal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Steve Belon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Borne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">50th International Annual Conference of the Fraunhofer ICT</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Karlsruhe, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02139566v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Étude numérique de la nocivité des défauts dans les soudures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Lacourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Forest</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck N'Guyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Ryckelynck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AUSSOIS-2018 Matériaux numériques : Microstructures et comportements thermomécaniques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, MECAMAT, Jan 2018, Aussois, France. 5 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01678669v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Étude de l’impact de la microstructure sur les propriétés électriques des batteries lithium-ion ; simulations de microstructures réelles et génération d’architectures numériques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cadiou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Douillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Lestriez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Adrien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Matériaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2018, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02066337v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Étude expérimentale et numérique de la sensibilité de compositions énergétiques : influence de la microstructure et rôle de l'endommagement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E Kaeshammer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Erzar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S Belon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P Dokladal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque MECAMAT 2018:Matériaux numériques. Microstructures et comportements thermomécanique </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Aussois, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01678704v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Étude de l'impact de la microstructure sur les propriétés électriques des batteries lithium-ion : simulations de microstructures réelles et génération d'architectures numériques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cadiou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Lestriez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Adrien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Douillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque national MECAMAT « Matériaux Numériques »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2018, Aussois, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01965255v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Étude de la nocivité des défauts dans les soudures et les pièces obtenues par fabrication additive</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Lacourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Figliuzzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Forest</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Ryckelynck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque MECAMAT Fatigue des Structures et des Matériaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2017, Aussois, France. 4 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01678663v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Computational material design of filled rubbers using multi-objective design exploration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Masataka Koishi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Naoya Kowatari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Figliuzzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Faessel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10th European Conference on Constitutive Models for Rubbers (ECCMR)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2017, Munich, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01609886v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Étude de l’impact de la microstructure sur les propriétés électriques des batteries lithium-ion ; simulations de microstructures réelles et génération d’architectures numériques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cadiou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Lestriez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Adrien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Douillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Annuelles SF2M 2017</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2017, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02066228v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cold spray of metal-polymer composite coatings onto carbon fiber-reinforced polymer (CFRP)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Bortolussi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Borit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Chesnaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Jeandin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Faessel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve"> International Thermal Spray Conference 2016 (ITSC 2016)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, DVS, May 2016, Shanghai, China. 7 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01337696v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morphological modeling of a metal foam SOFC configuration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Masson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bassam Abdallah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Jeulin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisa Mercadelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SOFC-XIV: Anodes 2</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2015, Glasgow, United Kingdom. pp.2951-2960, </w:t></w:r><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1149/06801.2951ecst⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01142056v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">3D Morphological modeling of a polycrystaline microstructure with non-convex, anisotropic grains</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Gasnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Figliuzzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Faessel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Jeulin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14th International Congress for Stereology and Image Analysis (ICSIA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2015, Liège, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01184811v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Numerical homogenization of random media: the FFT method</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque National Mécamat. Mécanique des matériaux biosourcés. De l'extraction au recyclage, conséquences sur les propriétés effectives.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, Aussois, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01940408v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A fast Fourier transform micromechanical upscaling method for the study of the thermal expansion of a TATB-based pressed explosive</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrey Ambos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Trumel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Jeulin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Biessy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15th International Detonation Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2014, San Francisco, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01097110v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simulation of 3D granular media by multiscale random polyhedra</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Escoda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Jeulin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Congress of Stereology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, Beijing, China</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00879260v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">3D morphological analysis of local elastic fields in a cementitious material</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Escoda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Jeulin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Sanahuja</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Toulemonde</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advances in Structural. Engineering and Mechanics (ASEM11)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, Seoul, South Korea</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00879268v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude numérique par FFT et analyse morphologique 3D des points chauds dans les milieux granulaires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Gillibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Jeulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">20ème Congrès Français de Mécanique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2011, Besançon, France. pp.574-579</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00878998v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fast Fourier Transform computations and build-up of plastic deformation in 2D, elastic-perfectly plastic, pixelwise disordered porous media</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Patrick Pellegrini</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11th International Symposium on Continuum Models and Discrete Systems CMDS 11</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2007, Paris, France. pp.443-449</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-00412544v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">[Introduction] Proceedings of the 14th International Symposium on Continuum Models and Discrete Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justin Dirrenberger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrej Cherkaev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Forest</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Jeulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024, pp.v-vii</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05449858v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Review of “The irreversible thermal expansion of an energetic material”</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Trumel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Peyres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Biessy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Rabette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03425511v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modélisation de la microstructure et du comportement thermoélastique de milieux granulaires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Élodie Kaeshammer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Petr Dokládal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Steve Belon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Borne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03110196v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vidéo (16)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lecture 6: The RVE method for random sets and homogenization problems (1/2)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matti Schneider</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Brisard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Vidéo</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03651763v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lecture 1: the Green operator and the Lippmann–Schwinger equation (1/2)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Brisard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matti Schneider</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Vidéo</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03648012v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lecture 2: Consistent discretization of the LS equation (2/2)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Brisard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matti Schneider</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Vidéo</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03648033v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lecture 2: Consistent discretization of the LS equation (1/2)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Brisard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matti Schneider</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Vidéo</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03648031v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lecture 3: Asymptotically consistent discretizations of the LS equation (1/2)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Brisard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matti Schneider</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Vidéo</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03648039v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lecture 5: Faster primal solvers (2/2)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matti Schneider</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Brisard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Vidéo</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03648277v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lectures 8 & 9 : FFT solvers for transport problems in heterogeneous media (3/4)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matti Schneider</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Brisard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Vidéo</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03651771v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lectures 8 & 9 : FFT solvers for transport problems in heterogeneous media (1/4)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matti Schneider</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Brisard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Vidéo</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03651766v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lecture 4: Treating inelastic problems with the basic scheme (1/2)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matti Schneider</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Brisard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Vidéo</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03648224v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lecture 6: The RVE method for random sets and homogenization problems (2/2)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matti Schneider</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Brisard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Vidéo</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03651764v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lectures 8 & 9 : FFT solvers for transport problems in heterogeneous media (2/4)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matti Schneider</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Brisard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Vidéo</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03651768v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lecture 3: Asymptotically consistent discretizations of the LS equation (2/2)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Brisard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matti Schneider</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Vidéo</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03648040v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lecture 1: the Green operator and the Lippmann–Schwinger equation (2/2)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Brisard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matti Schneider</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Vidéo</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03648017v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lecture 5: Faster primal solvers (1/2)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matti Schneider</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Brisard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Vidéo</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03648276v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lectures 8 & 9 : FFT solvers for transport problems in heterogeneous media (4/4)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matti Schneider</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Brisard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Vidéo</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03651773v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lecture 4: Treating inelastic problems with the basic scheme (2/2)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matti Schneider</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Brisard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Vidéo</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03648227v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction to FFT-based numerical methods for the homogenization of random materials</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Brisard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matti Schneider</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03631887v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Generalized two-body self-consistent theory of random linear dielectric composites: an effective-medium approach to clustering in highly-disordered media</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Patrick Pellegrini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-00711093v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caractérisation et modélisation probabiliste de milieux hétérogènes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Christian Gogu. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ingénierie mécanique en contexte incertain - Des approches classiques à quelques développements récents</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ISTE Editions</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.51-90, 2021, 9781789480108</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03088263v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterization and probabilistic modeling of heterogeneous media</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mechanical Engineering under Uncertainties - From Classical Approaches to Some Recent Developments</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ISTE Editions, pp.43-82, 2021, 978-1-78945-010-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03088274v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thermal and linear-elastic properties of lightweight concrete</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amaury Vannier-Moreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Jeulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics &amp; Mechanics of Random Media: from Morphology to Material Properties</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.169, 2018, 978-2-35671-529-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01856562v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Linear-elastic response of starch-based materials: FFT results vs. experimental data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiane Guessasma</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses des Mines. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics &amp; Mechanics of Random Media: from Morphology to Material Properties</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.177, 2018, 978-2-35671-529-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01856564v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The nonlinear response of Boolean models: elasticity and conductivity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Jeulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics &amp; Mechanics of Random Media: from Morphology to Material Properties</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.181, 2018, 978-2-35671-529-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01856565v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">HDR (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Localization in random media and its effect on the homogenized behavior of materials</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Materials. Université Paris Sorbonne, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">HDR</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-02412623v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Study of the impact of microstructure on electrical properties in lithium-ion batteries; simulations on actual microstructures and generation of numerical architectures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cadiou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Lestriez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Adrien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Douillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12th European Congress for Stereology and Image Analysis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2017, Kaiserslautern, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02430265v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effective properties of architectured materials</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justin Dirrenberger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Forest</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Jeulin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Colin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Dominique Bartout</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1st International School on Architectured Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2011, Grenoble, France. 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01713384v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fast solution to determine the elastic behavior of 3D reconstructed biopolymer cellular structures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiane Guessasma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Jeulin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy G. Della Valle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Laure Réguerre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3D Imaging, Analysis, Modeling and Simulation of Macroscopic Properties</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2010, Fontainebleau, France. 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01713400v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contribution à l'étude théorique de la localisation plastique dans les poreux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Physique mathématique [math-ph]. Ecole Polytechnique X, 2007. Français. </w:t></w:r><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-00134643v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId343"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> François Willot </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Directeur de recherche à Mines Paris PSLDépartement Mathématiques & Systèmes</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">francois-willot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0003-1544-6550</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">131231855</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> arXiv : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">willot_f_1</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">I am Director of Research (Directeur de recherche) at Mines de Paris PSL which I joined in 2008. I obtained my PhD in Mechanics at École Polytechnique in 2007 and Habilitation à diriger des recherches at Sorbonne Université in 2019. My main research interests are in Physics and Mechanics of Heterogeneous Media, Homogenization, FFT methods, Random Set Theory, Physics-Inspired and Geometry-Informed Machine Learning.</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (62)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamics simulations of RDX-based explosive materials during impact: role of the microstructure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Kaeshammer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Belon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Borne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Willot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Dokládal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Shock Waves</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, pp.1-14. </w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00193-025-01243-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05413890v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Statistical modeling and generation of inertial ductile fracture surfaces</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corentin Thouénon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alizée Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Barraud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Théo Géral</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Bruzy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the Mechanics and Physics of Solids</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 206B, pp.106406. </w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jmps.2025.106406⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05344527v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A physics-informed 3D surrogate model for elastic fields in polycrystals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucas Monteiro Fernandes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samy Blusseau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philipp Rieder</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthias Neumann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Volker Schmidt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computer Methods in Applied Mechanics and Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 441, pp.117944. </w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.cma.2025.117944⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05423742v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Intermittent in-situ high-resolution X-ray microscopy of 400-nm porous glass under uniaxial compression: study of pore changes and crack formation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastian Schäfer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hrishikesh Bale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mansoureh Norouzi Rad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephen Kelly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Acta Materialia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 255, pp.116396. </w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.scriptamat.2024.116396⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04385906v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Increasing Inter-Fiber Contact in the Altendorf-Jeulin Model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Keilmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia Redenbach</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computational Materials Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05423654v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stochastic 3D microstructure modeling of twinned polycrystals for investigating the mechanical behavior of γ -TiAl intermetallics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philipp Rieder</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthias Neumann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucas Monteiro Fernandes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Mulard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henry Proudhon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computational Materials Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 238, pp.112922. </w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.commatsci.2024.112922⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04803649v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterization by image analysis of materials heterogeneities produced by the Deep Soil Mixing technique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juba Amrioui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Duc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Le Kouby</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeanne-Sylvine Guedon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Saussaye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Materials Today: Proceedings</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 11 p. </w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.matpr.2023.03.720⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04385930v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of Porosity on Ultra-High Vacuum Gas-Tightness in Cold-Sprayed Aluminum Coatings</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Weiller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesco Delloro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Thorel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Jeandin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transport in Porous Media</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 144 (2), pp.339-366. </w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11242-022-01806-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03834713v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deep multimodal autoencoder for crack criticality assessment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugo Launay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Ryckelynck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Lacourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Besson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mondon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal for Numerical Methods in Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 123 (6), pp.1456-1480. </w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/nme.6905⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03510024v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morphological characterization and elastic response of a granular material</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Élodie Kaeshammer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Borne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Petr Dokládal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Belon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computational Materials Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 190, pp.110247. </w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.commatsci.2020.110247⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03115043v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hyper-reduced arc-length algorithm for stability analysis in elastoplasticity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Launay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Besson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Ryckelynck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Solids and Structures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 208-209, pp.167-180. </w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijsolstr.2020.10.014⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03088229v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse et génération de microstructures numériques d'explosifs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Steve Belon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Élodie Kaeshammer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Petr Dokládal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Borne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chocs - Revue scientifique et technique de la Direction des applications militaires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, Matériaux et procédés : un savoir-faire spécifique, 51, pp.48</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03891348v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multiscale modeling of solid explosives thermomechanical behaviour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Lafourcade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Denoual</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Bernard Maillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Herve Trumel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Biessy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chocs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 51, pp.44</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04385822v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Bayesian Approach to Morphological Models Characterization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Figliuzzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Montaux-Lambert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grégoire Naudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Image Analysis &amp; Stereology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 40 (3), pp.171-180. </w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5566/ias.2641⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03510046v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modélisation de la durée de vie en fatigue de soudures an alliage de titane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Flouriot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor de Rancourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Authier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Lacourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Forest</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chocs - Revue scientifique et technique de la Direction des applications militaires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, Matériaux et procédés : un savoir-faire spécifique, 51, pp.61-69</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03891328v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mechanical assessment of defects in welded joints: morphological classification and data augmentation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugo Launay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Ryckelynck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Besson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Mathematics in Industry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 11 (8), pp.18. </w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s13362-021-00114-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03417140v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The irreversible thermal expansion of an energetic material</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Trumel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Peyres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Biessy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Rabette</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Theoretical, Computational and Applied Mechanics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, Issue 3 | 2021, pp.1-21. </w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.46298/jtcam.7091⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03110877v3</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The effective conductivity of strongly nonlinear media: The dilute limit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Solids and Structures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, Special Issue on Physics and Mechanics of Random Structures: From Morphology to Material Properties, 184, pp.287-295. </w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijsolstr.2019.06.006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02425307v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Preface to a Special Issue of the International Journal of Solids and Structures on Physics and Mechanics of Random Structures: From Morphology to Material Properties In honor of Professor Dominique Jeulin (Mines ParisTech)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Forest</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Solids and Structures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, Special Issue on Physics and Mechanics of Random Structures: From Morphology to Material Properties, 184, pp.1-2. </w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijsolstr.2019.10.005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02425302v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quantifying the influence of microstructure on effective conductivity and permeability: Virtual materials testing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthias Neumann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ole Stenzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lorenz Holzer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Volker Schmidt</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Solids and Structures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, Special Issue on Physics and Mechanics of Random Structures: From Morphology to Material Properties, 184, pp.211-220. </w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijsolstr.2019.03.028⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02425310v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Electrical Conductivity of Metal–Polymer Cold Spray Composite Coatings onto Carbon Fiber-Reinforced Polymer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Bortolussi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Figliuzzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Faessel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Jeandin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Thermal Spray Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 29 (4), pp.642-656. </w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11666-020-00999-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03087970v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effective Electronic and Ionic Conductivities of Dense EV-Designed NMC-Based Positive Electrodes using Fourier Based Numerical Simulations on FIB/SEM Volumes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Cadiou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Douillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J-C. Badot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Lestriez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of The Electrochemical Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 167 (14), pp.140504. </w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1149/1945-7111/abbf68⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03011766v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elastostatic field distributions in polycrystals and cracked media</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renald Brenner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Trumel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Philosophical Magazine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 100 (6), pp.661-687. </w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/14786435.2019.1699669⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02425491v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Special topic on multiscale modeling of granular media: a tribute to Prof. Dominique Jeulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Serra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Image Analysis &amp; Stereology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 38 (1), pp.1. </w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5566/ias.2146⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02102998v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The thermoelastic response of cracked polycrystals with hexagonal symmetry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Trumel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Jeulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Philosophical Magazine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 99 (5), pp.606-630. </w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/14786435.2018.1547432⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02003023v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stochastic 3D Modeling of Three-Phase Microstructures for Predicting Transport Properties: A Case Study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthias Neumann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bassam Abdallah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lorenz Holzer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Volker Schmidt</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transport in Porous Media</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 128 (1), pp.179-200. </w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11242-019-01240-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02103129v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Numerical Prediction of Multiscale Electronic Conductivity of Lithium-Ion Battery Positive Electrodes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cadiou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Etiemble</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Douillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Valentin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of The Electrochemical Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 166 (8), pp.A1692-A1703. </w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1149/2.1221908jes⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02137415v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thermoelastic properties of microcracked polycrystals. Part II : The case of jointed polycrystalline TATB</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Gasnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Trumel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Jeulin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Biessy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Solids and Structures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 155, pp.257-274. </w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijsolstr.2018.07.025⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01932771v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modelling of the microstructure of mesoporous alumina constrained by morphological simulation of nitrogen porosimetry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haisheng Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Jeulin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sorbier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Moreaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloids and Surfaces A: Physicochemical and Engineering Aspects</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 553, pp.378 - 396. </w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.colsurfa.2018.05.043⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01821865v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morphological modeling of cold spray coatings</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Bortolussi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Figliuzzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Faessel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Jeandin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Image Analysis &amp; Stereology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 37 (2), pp.145-158. </w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5566/ias.1894⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01837906v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thermoelastic properties of microcracked polycrystals. Part I : Adequacy of Fourier-based methods for cracked elastic bodies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Gasnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Trumel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Jeulin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Besson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Solids and Structures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 155, pp.248-256. </w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijsolstr.2018.07.024⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01932739v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mean covariogram of cylinders and applications to Boolean random sets</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Contemporary Mathematical Analysis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 52 (6), pp.305-315. </w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3103/S1068362317060061⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01678545v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prediction of Effective Properties of Porous Carbon Electrodes from a Parametric 3D Random Morphological Model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Torben Prill</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Jeulin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan Balach</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flavio Soldera</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transport in Porous Media</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 120 (1), pp.141-165. </w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11242-017-0913-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01678694v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A mesoscopic simulation tool for TATB-based explosives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Trumel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Bernard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Gasnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Jeulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chocs Focus</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, pp.22-23</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-05449955v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Numerical Simulation of Hindered Diffusion in γ-Alumina Catalyst Supports</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haisheng Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Moreaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickaël Rivallan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sorbier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Oil &amp; Gas Science and Technology - Revue d'IFP Energies nouvelles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 72 (2), pp.8. </w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2516/ogst/2017002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01487954v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morphological modeling of three-phase microstructures of anode layers using SEM images</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bassam Abdallah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Jeulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Microscopy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 263 (1), pp.51-63. </w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/jmi.12374⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01258887v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of the multiscale distribution of particles on elastic properties of concrete</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Escoda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Jeulin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Sanahuja</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Toulemonde</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Engineering Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 98, pp.60-71. </w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijengsci.2015.07.010⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01238640v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modelling the microstructure and the viscoelastic behaviour of carbon black filled rubber materials from 3D simulations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Figliuzzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Jeulin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Faessel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Masataka Koishi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Technische Mechanik</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 32 (1-2), pp.22-46</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01263932v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Permeability of Boolean Sets of Cylinders</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bassam Abdallah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Jeulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Oil &amp; Gas Science and Technology - Revue d'IFP Energies nouvelles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 71 (4), </w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2516/ogst/2016003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01490444v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Numerical modeling of the thermal expansion of an energetic material</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrey Ambos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Jeulin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Trumel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Solids and Structures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 60-61, pp.125-139. </w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijsolstr.2015.02.025⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01118112v3</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optical response of a hematite coating: ellipsometry data versus Fourier-based computations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enguerrand Couka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Callet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Jeulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advanced Science, Engineering and Medicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 7 (11), pp.925-931. </w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1166/asem.2015.1790⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01232497v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corrigendum: a mixed Boolean and deposit model for the modeling of metal pigments in paint layers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enguerrand Couka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Jeulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Image Analysis &amp; Stereology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 34 (3), pp.145. </w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5566/ias.1417⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01232489v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stokes flow through a Boolean model of spheres: Representative volume element</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bassam Abdallah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Jeulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transport in Porous Media</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 109 (3), pp.711-726. </w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11242-015-0545-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01232510v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A mixed Boolean and deposit model for the modeling of metal pigments in paint layers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enguerrand Couka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Jeulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Image Analysis &amp; Stereology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 34 (2), pp.125-134. </w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5566/ias.1220⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01154597v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The power laws of geodesics in some random sets with dilute concentration of inclusions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lecture Notes in Computer Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 9082, pp.535-546. </w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-319-18720-4_45⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01247120v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">3D morphological modeling of concrete using multiscale Poisson polyhedra</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Escoda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Jeulin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Toulemonde</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Microscopy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 258 (1), pp.31-48. </w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/jmi.12213⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01096766v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fourier-based schemes for computing the mechanical response of composites with accurate local fields</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Comptes rendus de l’Académie des sciences. Série IIb, Mécanique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 343 (3), pp.232-245. </w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.crme.2014.12.005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01096757v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modelling mesoporous alumina microstructure with 3D random models of platelets</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haisheng Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Pietrasanta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Jeulin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Faessel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Microscopy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 260 (3), pp.287-301. </w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/jmi.12295⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01170616v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modeling of the multiscale dispersion of nanoparticles in a hematite coating</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enguerrand Couka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Jeulin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mona Ben Achour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Chesnaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Nanoscience and Nanotechnology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 15 (5), pp. 3515-3521(7). </w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1166/jnn.2015.9855⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00965908v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Fourier-based numerical homogenization tool for an explosive material</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Gasnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Trumel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Figliuzzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Jeulin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Matériaux et Techniques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 103 (3), pp.308. </w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/mattech/2015019⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01141495v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of the fiber geometry on the macroscopic elastic and thermal properties</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hellen Altendorf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Jeulin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Solids and Structures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 51 (23-24), pp.3807-3822. </w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijsolstr.2014.05.013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01002835v3</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fourier-based schemes with modified Green operator for computing the electrical response of heterogeneous media with accurate local fields</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bassam Abdallah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Patrick Pellegrini</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal for Numerical Methods in Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 98 (7), pp.518-533. </w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/nme.4641⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00840986v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A critical comparison of several numerical methods for computing effective properties of highly heterogeneous materials</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyrille F. Dunant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Bary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain B. Giorla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Péniguel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Sanahuja</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advances in Engineering Software</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 58 (-), pp.1-12. </w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.advengsoft.2012.12.002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00804043v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optical properties of deposit models for paints: full-fields FFT computations and representative volume element</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dario F. Azzimonti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Jeulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Modern Optics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 60 (7), pp.519-528. </w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/09500340.2013.793778⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00836118v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Microstructure-induced hotspots in the thermal and elastic responses of granular media</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Gillibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Jeulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Solids and Structures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 50 (10), pp.1699-1709. </w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijsolstr.2013.01.040⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00728155v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elastic and electrical behavior of some random multiscale highly-contrasted composites</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Jeulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal for Multiscale Computational Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 9 (3), pp.305-326. </w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1615/IntJMultCompEng.v9.i3.40⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00553376v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Large-scale computations of effective elastic properties of rubber with carbon black fillers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Jean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Cantournet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Forest</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Jeulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal for Multiscale Computational Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 9, pp.271-303. </w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1615/IntJMultCompEng.v9.i3.30⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00661612v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estimation of local stresses and elastic properties of a mortar sample by FFT computation of fields on a 3D image</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Escoda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Jeulin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Sanahuja</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Toulemonde</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cement and Concrete Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 41 (5), pp.542-556. </w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.cemconres.2011.02.003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00553658v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elastic behavior of composites containing Boolean random sets of inhomogeneities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Jeulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Engineering Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 47 (2), pp.313-324. </w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijengsci.2008.09.016⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00426398v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Infinite-contrast periodic composites with strongly nonlinear behavior: Effective-medium theory versus full-field simulations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin I. Idiart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Patrick Pellegrini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pedro Ponte Castañeda</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Solids and Structures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 46 (18-19), pp.3365-3382. </w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijsolstr.2009.05.009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00412539v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effective-medium theory for infinite-contrast, 2D-periodic, linear composites with strongly anisotropic matrix behavior: dilute limit and cross-over behavior</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Patrick Pellegrini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin I. Idiart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pedro Ponte Castañeda</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 78, pp.104111. </w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevB.78.104111⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-00413019v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Localization of elastic deformation in strongly anisotropic, porous, linear materials with periodic microstructures: exact solutions and dilute expansions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Patrick Pellegrini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pedro Ponte Castañeda</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the Mechanics and Physics of Solids</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 56, pp.1245-1268. </w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jmps.2007.10.002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-00412543v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings/Recueil des communications (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Machine learning methods for analysing damage in energetical granular materials</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Robin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Steve Belon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Borne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Petr Dokládal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICT 2025 - 54th International Annual Conference : Artificial Intelligence, Machine Learning and Data Science in Energetic Materials Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2025, Karlsrhue, Germany. 2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05423264v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Continuum Models and Discrete Systems. CMDS-14, Paris, France, June 26–30, 2023</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justin Dirrenberger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Forest</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Jeulin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrej Cherkaev</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the 14th International Symposium on Continuum Models and Discrete Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2023, Paris, France. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Springer Proceedings in Mathematics &amp; Statistics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 457, Springer Nature Switzerland, 2024, Springer Proceedings in Mathematics &amp; Statistics, 978-3-031-58664-4. </w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-58665-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04385974v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Étude numérique de la nocivité des défauts dans les soudures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Lacourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Forest</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frank N'Guyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Ryckelycnk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque Mécamat Rupture des matériaux et structures – Mécanismes et modélisations face aux applications industrielles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2019, Aussois, France. 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05449935v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Physics et Mechanics of Random Media: from Morphology to Material Properties</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Forest</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses des Mines. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics and mechanics of random structures: from morphology to material properties. International workshop in honor of Dominique Jeulin.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Saint-Pierre d'Oléron, France. 2018, Sciences de la matière, 2356715290</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01976785v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Localisation dans les milieux poreux linéaires fortement anisotropes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Patrick Pellegrini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pedro Ponte Castañeda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Idiart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque Mécamat – Approches multi-échelles en mécanique des matériaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2006, Aussois, France. 2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05449890v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (27)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Méthodes d'homogénéisation numérique par FFT, prise en compte de la localisation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16ème Colloque National en Calcul de Structures (CSMA 2024)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CNRS; CSMA; ENS Paris-Saclay; CentraleSupélec, May 2024, Hyères, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04822996v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Choquet Capacity networks for random point process classification</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mehran Mohammadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Santiago Velasco-Forero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mateus Sangalli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jesus Angulo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Continuum Models and Discrete Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2023, Paris, France. pp.229-241, </w:t></w:r><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-58665-1_18⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04250560v3</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of crystallographic twins on the elasto-plastic response of polycrystals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucas Monteiro Fernandes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philipp Rieder</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthias Neumann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Mulard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henry Proudhon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the 14th International Symposium on Continuum Models and Discrete Systems, Paris, France – 26-30 June 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2023, Paris, France. pp.89-103, </w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-58665-1_7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04385959v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quantitative Characterization of Ductility for Fractographic Analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laury-Hann Brassart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samy Blusseau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Delloro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Rolland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ECMI: European Consortium for Mathematics in Industry 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ECMI, Apr 2021, Wupperthal, Germany. pp.349-355, </w:t></w:r><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-11818-0_46⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03886886v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Study of the Impact of Microstructure on the Effective Electrical Properties of Composite Electrodes for Lithium-Ion Batteries; Acquisition Andsimulations on Real Microstructures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cadiou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Douillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Besnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Maire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ECS Meeting Abstracts, L05: Composite Electrodes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2020, Montreal, Canada. pp.2727-2727, </w:t></w:r><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1149/MA2020-01492727mtgabs⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03194132v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Homogénéisation en champs complets par FFT pour un matériau énergétique à forte anisotropie cristalline : prise en compte de la microfissuration par une méthode de champ de phase</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Rabette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Trumel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque National MECAMAT 2019: Rupture des Matériaux et des Structures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mécamat, Jan 2019, Aussois, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02311629v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Understanding the thermomechanical behavior of a TATB-based explosive via microstructure-level simulations. Part I: Microcracking and viscoelasticity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Trumel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Rabette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renald Brenner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Ongari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Europyro 44th International Pyrotechnics Seminar</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Tours, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02312483v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Étude numérique de la nocivité des défauts dans les soudures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Lacourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Forest</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Ryckelynck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Flouriot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14ème Colloque National en Calcul de Structures (CSMA 2019)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CSMA, May 2019, Presqu’île de Giens, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02412756v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Morphological Study of Energetic Materials: Analysis of Micro-computed Tomography Images to Generate Representative Microstructures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Élodie Kaeshammer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Petr Dokládal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Erzar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Steve Belon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Europyro 2019 44th International Pyrotechnics Seminar</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Tours, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02139567v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modélisation multiéchelle par champ de phase de la microfissuration d'un polycristal organique de forte anisotropie cristalline par FFT</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Rabette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Trumel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14ème Colloque National en Calcul de Structures (CSMA 2019)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CSMA, May 2019, Presqu’île de Giens, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02412743v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Generation of Virtual Microstructures of Energetic Materials Based on Micro-computed Tomography Images Analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Élodie Kaeshammer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Petr Dokládal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Steve Belon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Borne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">50th International Annual Conference of the Fraunhofer ICT</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Karlsruhe, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02139566v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Étude numérique de la nocivité des défauts dans les soudures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Lacourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Forest</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck N'Guyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Ryckelynck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AUSSOIS-2018 Matériaux numériques : Microstructures et comportements thermomécaniques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, MECAMAT, Jan 2018, Aussois, France. 5 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01678669v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Étude de l’impact de la microstructure sur les propriétés électriques des batteries lithium-ion ; simulations de microstructures réelles et génération d’architectures numériques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cadiou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Douillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Lestriez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Adrien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Matériaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2018, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02066337v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Étude expérimentale et numérique de la sensibilité de compositions énergétiques : influence de la microstructure et rôle de l'endommagement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E Kaeshammer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Erzar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S Belon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P Dokladal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque MECAMAT 2018:Matériaux numériques. Microstructures et comportements thermomécanique </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Aussois, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01678704v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Étude de l'impact de la microstructure sur les propriétés électriques des batteries lithium-ion : simulations de microstructures réelles et génération d'architectures numériques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cadiou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Lestriez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Adrien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Douillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque national MECAMAT « Matériaux Numériques »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2018, Aussois, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01965255v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Computational material design of filled rubbers using multi-objective design exploration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Masataka Koishi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Naoya Kowatari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Figliuzzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Faessel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10th European Conference on Constitutive Models for Rubbers (ECCMR)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2017, Munich, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01609886v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Étude de la nocivité des défauts dans les soudures et les pièces obtenues par fabrication additive</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Lacourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Figliuzzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Forest</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Ryckelynck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque MECAMAT Fatigue des Structures et des Matériaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2017, Aussois, France. 4 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01678663v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Étude de l’impact de la microstructure sur les propriétés électriques des batteries lithium-ion ; simulations de microstructures réelles et génération d’architectures numériques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cadiou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Lestriez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Adrien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Douillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Annuelles SF2M 2017</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2017, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02066228v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cold spray of metal-polymer composite coatings onto carbon fiber-reinforced polymer (CFRP)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Bortolussi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Borit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Chesnaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Jeandin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Faessel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve"> International Thermal Spray Conference 2016 (ITSC 2016)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, DVS, May 2016, Shanghai, China. 7 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01337696v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">3D Morphological modeling of a polycrystaline microstructure with non-convex, anisotropic grains</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Gasnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Figliuzzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Faessel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Jeulin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14th International Congress for Stereology and Image Analysis (ICSIA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2015, Liège, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01184811v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morphological modeling of a metal foam SOFC configuration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Masson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bassam Abdallah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Jeulin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisa Mercadelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SOFC-XIV: Anodes 2</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2015, Glasgow, United Kingdom. pp.2951-2960, </w:t></w:r><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1149/06801.2951ecst⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01142056v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Numerical homogenization of random media: the FFT method</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque National Mécamat. Mécanique des matériaux biosourcés. De l'extraction au recyclage, conséquences sur les propriétés effectives.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, Aussois, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01940408v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A fast Fourier transform micromechanical upscaling method for the study of the thermal expansion of a TATB-based pressed explosive</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrey Ambos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Trumel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Jeulin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Biessy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15th International Detonation Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2014, San Francisco, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01097110v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simulation of 3D granular media by multiscale random polyhedra</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Escoda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Jeulin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Congress of Stereology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, Beijing, China</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00879260v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">3D morphological analysis of local elastic fields in a cementitious material</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Escoda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Jeulin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Sanahuja</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Toulemonde</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advances in Structural. Engineering and Mechanics (ASEM11)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, Seoul, South Korea</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00879268v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude numérique par FFT et analyse morphologique 3D des points chauds dans les milieux granulaires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Gillibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Jeulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">20ème Congrès Français de Mécanique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2011, Besançon, France. pp.574-579</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00878998v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fast Fourier Transform computations and build-up of plastic deformation in 2D, elastic-perfectly plastic, pixelwise disordered porous media</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Patrick Pellegrini</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11th International Symposium on Continuum Models and Discrete Systems CMDS 11</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2007, Paris, France. pp.443-449</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-00412544v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">[Introduction] Proceedings of the 14th International Symposium on Continuum Models and Discrete Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justin Dirrenberger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrej Cherkaev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Forest</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Jeulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024, pp.v-vii</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05449858v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Review of “The irreversible thermal expansion of an energetic material”</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Trumel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Peyres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Biessy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Rabette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03425511v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modélisation de la microstructure et du comportement thermoélastique de milieux granulaires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Élodie Kaeshammer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Petr Dokládal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Steve Belon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Borne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03110196v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vidéo (16)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lectures 8 & 9 : FFT solvers for transport problems in heterogeneous media (3/4)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matti Schneider</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Brisard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Vidéo</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03651771v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lecture 3: Asymptotically consistent discretizations of the LS equation (1/2)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Brisard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matti Schneider</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Vidéo</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03648039v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lecture 2: Consistent discretization of the LS equation (2/2)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Brisard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matti Schneider</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Vidéo</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03648033v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lecture 2: Consistent discretization of the LS equation (1/2)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Brisard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matti Schneider</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Vidéo</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03648031v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lecture 5: Faster primal solvers (2/2)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matti Schneider</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Brisard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Vidéo</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03648277v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lecture 6: The RVE method for random sets and homogenization problems (1/2)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matti Schneider</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Brisard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Vidéo</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03651763v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lecture 1: the Green operator and the Lippmann–Schwinger equation (1/2)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Brisard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matti Schneider</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Vidéo</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03648012v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lectures 8 & 9 : FFT solvers for transport problems in heterogeneous media (1/4)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matti Schneider</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Brisard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Vidéo</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03651766v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lecture 6: The RVE method for random sets and homogenization problems (2/2)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matti Schneider</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Brisard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Vidéo</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03651764v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lectures 8 & 9 : FFT solvers for transport problems in heterogeneous media (2/4)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matti Schneider</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Brisard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Vidéo</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03651768v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lecture 4: Treating inelastic problems with the basic scheme (1/2)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matti Schneider</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Brisard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Vidéo</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03648224v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lecture 1: the Green operator and the Lippmann–Schwinger equation (2/2)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Brisard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matti Schneider</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Vidéo</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03648017v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lecture 3: Asymptotically consistent discretizations of the LS equation (2/2)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Brisard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matti Schneider</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Vidéo</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03648040v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lectures 8 & 9 : FFT solvers for transport problems in heterogeneous media (4/4)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matti Schneider</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Brisard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Vidéo</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03651773v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lecture 5: Faster primal solvers (1/2)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matti Schneider</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Brisard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Vidéo</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03648276v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lecture 4: Treating inelastic problems with the basic scheme (2/2)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matti Schneider</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Brisard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Vidéo</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03648227v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction to FFT-based numerical methods for the homogenization of random materials</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Brisard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matti Schneider</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03631887v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Generalized two-body self-consistent theory of random linear dielectric composites: an effective-medium approach to clustering in highly-disordered media</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Patrick Pellegrini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-00711093v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caractérisation et modélisation probabiliste de milieux hétérogènes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Christian Gogu. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ingénierie mécanique en contexte incertain - Des approches classiques à quelques développements récents</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ISTE Editions</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.51-90, 2021, 9781789480108</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03088263v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterization and probabilistic modeling of heterogeneous media</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mechanical Engineering under Uncertainties - From Classical Approaches to Some Recent Developments</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ISTE Editions, pp.43-82, 2021, 978-1-78945-010-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03088274v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thermal and linear-elastic properties of lightweight concrete</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amaury Vannier-Moreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Jeulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics &amp; Mechanics of Random Media: from Morphology to Material Properties</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.169, 2018, 978-2-35671-529-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01856562v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Linear-elastic response of starch-based materials: FFT results vs. experimental data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiane Guessasma</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses des Mines. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics &amp; Mechanics of Random Media: from Morphology to Material Properties</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.177, 2018, 978-2-35671-529-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01856564v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The nonlinear response of Boolean models: elasticity and conductivity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Jeulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics &amp; Mechanics of Random Media: from Morphology to Material Properties</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.181, 2018, 978-2-35671-529-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01856565v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">HDR (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Localization in random media and its effect on the homogenized behavior of materials</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Materials. Université Paris Sorbonne, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">HDR</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-02412623v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Study of the impact of microstructure on electrical properties in lithium-ion batteries; simulations on actual microstructures and generation of numerical architectures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cadiou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Lestriez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Adrien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Douillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12th European Congress for Stereology and Image Analysis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2017, Kaiserslautern, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02430265v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effective properties of architectured materials</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justin Dirrenberger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Forest</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Jeulin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Colin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Dominique Bartout</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1st International School on Architectured Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2011, Grenoble, France. 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01713384v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fast solution to determine the elastic behavior of 3D reconstructed biopolymer cellular structures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiane Guessasma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Jeulin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy G. Della Valle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Laure Réguerre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3D Imaging, Analysis, Modeling and Simulation of Macroscopic Properties</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2010, Fontainebleau, France. 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01713400v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contribution à l'étude théorique de la localisation plastique dans les poreux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Willot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Physique mathématique [math-ph]. Ecole Polytechnique X, 2007. Français. </w:t></w:r><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-00134643v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId343"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -106,51 +106,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="B605C5C6"/>
+    <w:nsid w:val="B7E7653A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -337,51 +337,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/francois-willot" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1544-6550" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/131231855" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://arxiv.org/a/willot_f_1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05344527v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Thou&#233;non" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aliz&#233;e Dubois" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Barraud" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;o G&#233;ral" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bruzy" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmps.2025.106406" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-05413890v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Kaeshammer" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Belon" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Borne" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Willot" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Dokl&#225;dal" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00193-025-01243-3" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05423742v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Monteiro Fernandes" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samy Blusseau" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philipp Rieder" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Neumann" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Volker Schmidt" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cma.2025.117944" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05423654v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex Keilmann" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Redenbach" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Willot" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04385906v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Sch&#228;fer" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hrishikesh Bale" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mansoureh Norouzi Rad" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephen Kelly" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scriptamat.2024.116396" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04803649v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Mulard" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henry Proudhon" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.commatsci.2024.112922" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04385930v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juba Amrioui" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Duc" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Le Kouby" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne-Sylvine Guedon" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Saussaye" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matpr.2023.03.720" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03834713v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Weiller" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Delloro" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Thorel" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Jeandin" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11242-022-01806-3" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03510024v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Launay" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Ryckelynck" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Lacourt" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Besson" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Mondon" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/nme.6905" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03891348v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steve Belon" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lodie Kaeshammer" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petr Dokl&#225;dal" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Borne" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04385822v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Lafourcade" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Denoual" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Bernard Maillet" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herve Trumel" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Biessy" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-03115043v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.commatsci.2020.110247" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03088229v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Launay" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijsolstr.2020.10.014" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03510046v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Figliuzzi" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Montaux-Lambert" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Naudin" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Dupuis" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5566/ias.2641" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03891328v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Flouriot" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor de Rancourt" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Authier" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Forest" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03110877v3" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Trumel" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Peyres" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Rabette" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/jtcam.7091" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03417140v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13362-021-00114-7" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02425302v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijsolstr.2019.10.005" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02425310v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ole Stenzel" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorenz Holzer" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijsolstr.2019.03.028" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03087970v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Bortolussi" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Faessel" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11666-020-00999-7" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02425307v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijsolstr.2019.06.006" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03011766v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Cadiou" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Douillard" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J-C. Badot" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Lestriez" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1149/1945-7111/abbf68" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02425491v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renald Brenner" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14786435.2019.1699669" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02102998v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Serra" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5566/ias.2146" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02003023v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Jeulin" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14786435.2018.1547432" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02103129v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bassam Abdallah" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11242-019-01240-y" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02137415v2" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Cadiou" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Etiemble" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Valentin" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1149/2.1221908jes" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01932771v2" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Gasnier" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijsolstr.2018.07.025" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01821865v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haisheng Wang" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Sorbier" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Moreaud" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.colsurfa.2018.05.043" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837906v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5566/ias.1894" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01932739v2" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijsolstr.2018.07.024" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01678694v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Torben Prill" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Balach" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavio Soldera" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11242-017-0913-1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01678545v2" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3103/S1068362317060061" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-05449955v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Bernard" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01487954v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Rivallan" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2516/ogst/2017002" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01258887v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jmi.12374" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01238640v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Escoda" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Sanahuja" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Toulemonde" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijengsci.2015.07.010" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01263932v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Masataka Koishi" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01490444v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2516/ogst/2016003" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01232510v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11242-015-0545-2" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01154597v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enguerrand Couka" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5566/ias.1220" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01247120v2" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-18720-4_45" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01232497v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Callet" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1166/asem.2015.1790" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01232489v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5566/ias.1417" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01118112v3" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrey Ambos" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijsolstr.2015.02.025" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01096766v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jmi.12213" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01096757v2" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crme.2014.12.005" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00965908v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mona Ben Achour" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Chesnaud" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1166/jnn.2015.9855" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01170616v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Pietrasanta" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jmi.12295" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01141495v2" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/mattech/2015019" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01002835v3" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hellen Altendorf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijsolstr.2014.05.013" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00840986v2" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves-Patrick Pellegrini" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/nme.4641" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00804043v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille F. Dunant" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Bary" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain B. Giorla" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe P&#233;niguel" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.advengsoft.2012.12.002" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00836118v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dario F. Azzimonti" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09500340.2013.793778" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00728155v2" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Gillibert" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijsolstr.2013.01.040" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00553658v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cemconres.2011.02.003" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00553376v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1615/IntJMultCompEng.v9.i3.40" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00661612v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Jean" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Cantournet" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1615/IntJMultCompEng.v9.i3.30" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00426398v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijengsci.2008.09.016" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00412539v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin I. Idiart" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Ponte Casta&#241;eda" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijsolstr.2009.05.009" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-00413019v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.78.104111" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-00412543v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmps.2007.10.002" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05423264v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Robin" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04385974v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justin Dirrenberger" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrej Cherkaev" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-58665-1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05449935v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank N'Guyen" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Ryckelycnk" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01976785v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05449890v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Idiart" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04822996v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04250560v3" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehran Mohammadi" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Santiago Velasco-Forero" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mateus Sangalli" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jesus Angulo" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-58665-1_18" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04385959v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-58665-1_7" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03886886v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laury-Hann Brassart" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Delloro" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Rolland" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-11818-0_46" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03194132v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Douillard" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Besnard" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Maire" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1149/MA2020-01492727mtgabs" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02139567v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Erzar" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02312483v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Ongari" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02412756v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02311629v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02412743v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02139566v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01678669v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck N'Guyen" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02066337v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Lestriez" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Adrien" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01678704v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Kaeshammer" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Erzar" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Belon" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Dokladal" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01965255v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01678663v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Figliuzzi" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01609886v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naoya Kowatari" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02066228v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01337696v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Borit" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01142056v2" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Masson" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Mercadelli" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1149/06801.2951ecst" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01184811v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01940408v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01097110v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00879260v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00879268v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00878998v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-00412544v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05449858v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03425511v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-03110196v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/hal-03651763v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matti Schneider" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Brisard" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/hal-03648012v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/hal-03648033v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/hal-03648031v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/hal-03648039v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/hal-03648277v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/hal-03651771v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/hal-03651766v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/hal-03648224v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/hal-03651764v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/hal-03651768v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/hal-03648040v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/hal-03648017v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/hal-03648276v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/hal-03651773v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/hal-03648227v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-03631887v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-00711093v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03088263v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.istegroup.com/fr/produit/ingenierie-mecanique-en-contexte-incertain/" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03088274v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01856562v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amaury Vannier-Moreau" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01856564v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofiane Guessasma" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01856565v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-02412623v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02430265v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01713384v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Colin" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Dominique Bartout" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01713400v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy G. Della Valle" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure R&#233;guerre" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pastel.hal.science/tel-00134643v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/francois-willot" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1544-6550" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/131231855" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://arxiv.org/a/willot_f_1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-05413890v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Kaeshammer" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Belon" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Borne" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Willot" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Dokl&#225;dal" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00193-025-01243-3" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05344527v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Thou&#233;non" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aliz&#233;e Dubois" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Barraud" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;o G&#233;ral" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bruzy" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmps.2025.106406" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05423742v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Monteiro Fernandes" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samy Blusseau" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philipp Rieder" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Neumann" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Volker Schmidt" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cma.2025.117944" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04385906v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Sch&#228;fer" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Willot" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hrishikesh Bale" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mansoureh Norouzi Rad" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephen Kelly" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scriptamat.2024.116396" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05423654v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex Keilmann" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Redenbach" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04803649v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Mulard" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henry Proudhon" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.commatsci.2024.112922" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04385930v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juba Amrioui" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Duc" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Le Kouby" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne-Sylvine Guedon" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Saussaye" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matpr.2023.03.720" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03834713v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Weiller" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Delloro" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Thorel" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Jeandin" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11242-022-01806-3" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03510024v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Launay" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Ryckelynck" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Lacourt" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Besson" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Mondon" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/nme.6905" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-03115043v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lodie Kaeshammer" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petr Dokl&#225;dal" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.commatsci.2020.110247" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03088229v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Launay" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijsolstr.2020.10.014" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03891348v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steve Belon" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Borne" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04385822v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Lafourcade" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Denoual" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Bernard Maillet" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herve Trumel" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Biessy" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03510046v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Figliuzzi" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Montaux-Lambert" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Naudin" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Dupuis" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5566/ias.2641" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03891328v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Flouriot" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor de Rancourt" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Authier" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Forest" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03417140v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13362-021-00114-7" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03110877v3" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Trumel" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Peyres" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Rabette" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/jtcam.7091" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02425307v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijsolstr.2019.06.006" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02425302v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijsolstr.2019.10.005" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02425310v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ole Stenzel" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorenz Holzer" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijsolstr.2019.03.028" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03087970v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Bortolussi" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Faessel" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11666-020-00999-7" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03011766v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Cadiou" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Douillard" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J-C. Badot" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Lestriez" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1149/1945-7111/abbf68" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02425491v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renald Brenner" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14786435.2019.1699669" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02102998v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Serra" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5566/ias.2146" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02003023v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Jeulin" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14786435.2018.1547432" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02103129v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bassam Abdallah" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11242-019-01240-y" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02137415v2" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Cadiou" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Etiemble" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Valentin" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1149/2.1221908jes" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01932771v2" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Gasnier" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijsolstr.2018.07.025" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01821865v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haisheng Wang" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Sorbier" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Moreaud" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.colsurfa.2018.05.043" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837906v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5566/ias.1894" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01932739v2" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijsolstr.2018.07.024" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01678545v2" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3103/S1068362317060061" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01678694v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Torben Prill" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Balach" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavio Soldera" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11242-017-0913-1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-05449955v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Bernard" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01487954v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Rivallan" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2516/ogst/2017002" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01258887v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jmi.12374" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01238640v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Escoda" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Sanahuja" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Toulemonde" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijengsci.2015.07.010" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01263932v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Masataka Koishi" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01490444v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2516/ogst/2016003" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01118112v3" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrey Ambos" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijsolstr.2015.02.025" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01232497v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enguerrand Couka" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Callet" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1166/asem.2015.1790" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01232489v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5566/ias.1417" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01232510v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11242-015-0545-2" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01154597v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5566/ias.1220" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01247120v2" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-18720-4_45" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01096766v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jmi.12213" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01096757v2" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crme.2014.12.005" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01170616v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Pietrasanta" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jmi.12295" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00965908v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mona Ben Achour" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Chesnaud" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1166/jnn.2015.9855" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01141495v2" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/mattech/2015019" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01002835v3" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hellen Altendorf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijsolstr.2014.05.013" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00840986v2" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves-Patrick Pellegrini" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/nme.4641" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00804043v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille F. Dunant" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Bary" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain B. Giorla" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe P&#233;niguel" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.advengsoft.2012.12.002" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00836118v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dario F. Azzimonti" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09500340.2013.793778" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00728155v2" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Gillibert" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijsolstr.2013.01.040" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00553376v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1615/IntJMultCompEng.v9.i3.40" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00661612v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Jean" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Cantournet" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1615/IntJMultCompEng.v9.i3.30" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00553658v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cemconres.2011.02.003" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00426398v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijengsci.2008.09.016" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00412539v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin I. Idiart" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Ponte Casta&#241;eda" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijsolstr.2009.05.009" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-00413019v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.78.104111" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-00412543v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmps.2007.10.002" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05423264v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Robin" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04385974v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justin Dirrenberger" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrej Cherkaev" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-58665-1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05449935v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank N'Guyen" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Ryckelycnk" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01976785v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05449890v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Idiart" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04822996v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04250560v3" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehran Mohammadi" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Santiago Velasco-Forero" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mateus Sangalli" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jesus Angulo" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-58665-1_18" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04385959v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-58665-1_7" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03886886v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laury-Hann Brassart" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Delloro" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Rolland" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-11818-0_46" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03194132v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Douillard" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Besnard" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Maire" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1149/MA2020-01492727mtgabs" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02311629v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02312483v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Ongari" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02412756v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02139567v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Erzar" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02412743v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02139566v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01678669v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck N'Guyen" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02066337v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Lestriez" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Adrien" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01678704v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Kaeshammer" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Erzar" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Belon" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Dokladal" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01965255v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01609886v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naoya Kowatari" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01678663v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Figliuzzi" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02066228v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01337696v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Borit" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01184811v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01142056v2" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Masson" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Mercadelli" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1149/06801.2951ecst" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01940408v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01097110v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00879260v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00879268v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00878998v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-00412544v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05449858v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03425511v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-03110196v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/hal-03651771v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matti Schneider" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Brisard" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/hal-03648039v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/hal-03648033v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/hal-03648031v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/hal-03648277v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/hal-03651763v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/hal-03648012v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/hal-03651766v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/hal-03651764v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/hal-03651768v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/hal-03648224v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/hal-03648017v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/hal-03648040v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/hal-03651773v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/hal-03648276v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/hal-03648227v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-03631887v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-00711093v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03088263v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.istegroup.com/fr/produit/ingenierie-mecanique-en-contexte-incertain/" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03088274v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01856562v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amaury Vannier-Moreau" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01856564v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofiane Guessasma" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01856565v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-02412623v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02430265v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01713384v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Colin" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Dominique Bartout" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01713400v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy G. Della Valle" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure R&#233;guerre" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pastel.hal.science/tel-00134643v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>