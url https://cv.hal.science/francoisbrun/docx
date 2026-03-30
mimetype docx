--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> François Brun </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">ACTA, INRAE, UMR AGIR, Castanet Tolosan (31)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">francois.brun@acta.asso.fr</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Numérique, Modélisation & Science des données</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">**EXPERIENCES PROFESSIONNELLES****depuis 2007**</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ingénieur-docteur, à l'ACTA, les Instituts Techniques Agricole.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Responsable de pôle Agriculture numérique et science des données.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Animateur du réseau mixte technologique Science des données et Modélisation (2007-2024) pour l'Agriculture (</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">www.modelia.org</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> ; méthodologie, échanges d'expérience, formations).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Responsable de plus de 10 projets de recherche appliquée en partenariat. Par exemple, projet SynOEM &amp;quot;Les apports de la météo de précision au service des agriculteurs.&amp;quot; (AAP CASDAR RT, 2019-2021.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Co-encadrement thèse CIFRE ACTA/INRAE Lucie MICHEL (2013-2016).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Co-encadrement thèse CIFRE ACTA/INRAE Mathilde Chen (2017-2019).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Co-encadrement thèse DigitAg ACTA/METEOFRANCE/INRAE Ivana Aleksovska (2018-2020).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Co-encadrement thèse DigitAg ACTA/INRIA/INRAE Olivier Gauriau (2020-2022).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Co-encadrement post doc DigitAg ACTA/METEOFRANCE/INRAE Bachar Tarraf (2022-2023).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">**2006**</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ingénieur-analyste en informatique, à VIVERIS (informatique).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">**2003-2006**</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Doctorat de biologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, UMR Environnement et Grandes Cultures (Institut National de Recherche Agronomique, Grignon (78)). Recherche portant sur la modélisation de l'adaptation fonctionnelle de la plante, notamment du système racinaire, à la contrainte azotée (outils de modélisation, programmation orientée objet, interfaces graphiques, bases de données, analyse statistique pour la validation des modèles, analyse d'image, travail en équipe pour le suivi expérimental, conception de nouveaux dispositifs d'étude de la plante entière)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Enseignant-moniteur</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Faculté de Science Paris XI. Enseignement de mathématiques pour les biologistes (initiation à la modélisation, tests statistiques)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">**2002-2003**</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Divers stages de recherche et d'ingénieur (CEA, INRAE)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">**FORMATION****2001-2003**</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Diplôme d'ingénieur Institut National d'Agronomie Paris-Grignon (AgroParisTech)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Master 2 « Adaptation des Plantes Cultivées aux Contraintes Environnementales »</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">**1999-2003**</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Elève fonctionnaire de l'Ecole Normale Supérieure de Paris (Ulm)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Diplôme du magistère de biologie (ENS-ParisVI-ParisVII-ParisXI)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">**1997-1999**</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Classes préparatoires Biologie, Lycée Henri IV à Paris</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">**OUTILS DATA SCIENCE****Maîtrise de Logiciels d'analyse statistique (R).**</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Base de données (mySQL, PostgreSQL).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Programmation scientifique (R, Python) et web (php, html, javascript).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Traitement et d'analyse d'image (Gimp).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">**FORMATION CONTINUE**2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Formation de formateur (20 heures)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2010-2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Formation GoFluent « Anglais oral » (50 heures)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Formation INRAE BioBayes. Méthodes statistiques bayésiennes (30 heures)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Formation INRAE Analyse de sensibilité et exploration de modèles (30 heures)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Formation ACTA-INRAE Introduction à la modélisation (30 heures)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Formation chez UNILOG en informatique (BDD, Java, Web) (160 heures)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2005</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Formation à Orsay au droit de la propriété intellectuelle (60 heures)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (47)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">DEPHY EXPE 2 : analyse transversale des performances de systèmes de cultures économes en produits phytopharmaceutiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Schneider</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Hirschy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romario Jacques</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louise Malot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovations Agronomiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, 109, pp.248-262. </w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.17180/ciag-2026-vol109-art20⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05477021v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dispositif DEPHY EXPE 2 : un jeu de données sur les performances et les leviers agroécologiques de 120 systèmes de culture utilisant les produits phytopharmaceutiques en ultime recours</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Schneider</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louise Malot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romario Jacques</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Hirschy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovations Agronomiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, 109, pp.223-236. </w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.17180/ciag-2026-vol109-art18⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05477649v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparing the impact of weather forecasts, observation and parameterization uncertainties when predicting water stress in vineyards</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bachar Tarraf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Korgan Aldebert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Debord</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Raynaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computers and Electronics in Agriculture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 238, pp.110825. </w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.compag.2025.110825⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05214356v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CERCOCAP -pilotage de la CERcosporiose de la betterave par COuplage entre modèle agroclimatique et CApteurs connectés</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Joudelat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Rousseau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Maupas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovations Agronomiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 107, pp.215-226. </w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.17180/ciag-2025-vol107-art16⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05381093v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Causal analysis methods for estimating the impact of drought and cold events on crop yields in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cláudia Mendes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Korgan Aldebert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Makowski</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Agronomy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 170, pp.127743. </w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.eja.2025.127743⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05137782v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessing the impact of weather forecast uncertainties in crop water stress model predictions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bachar Tarraf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Raynaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Roux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yulin Zhang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Agricultural and Forest Meteorology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 349, pp.109934. </w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.agrformet.2024.109934⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04566369v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparing machine-learning models of different levels of complexity for crop protection: A look into the complexity-accuracy tradeoff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Gauriau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luis Galárraga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Termier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Davadan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Smart Agricultural Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 7, pp.100380. </w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.atech.2023.100380⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04382202v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MULTIPASS : Faire émerger de nouveaux services pour l’agriculteur dans une chaine de confiance gérant les consentements d’accès aux données des exploitations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Lauga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Héloïse Gilles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Béatrice Balvay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Pinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovations Agronomiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 88, pp.159-167. </w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.17180/ciag-2023-vol88-art13⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04327594v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MIELLEES - Le Système Informatique (SI) MIELLEES, un outil de mutualisation des données des balances connectées de ruches pour décrire les miellées.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Allier Fabrice</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierrick Aupinel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colombe Chevallereau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Dangleant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovations Agronomiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 85, pp.237-248. </w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.17180/ciag-2022-vol85-art18⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03764848v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quelle place pour les hackathons pour accompagner l’innovation numérique en agriculture ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brun François</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rajaoba Mathieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaudin François</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annales des Mines - Enjeux Numériques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 19, pp.122-132</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03918130v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SMART PIC -Analyse du risque à partir de données régionales et d'informations locales collectées en cours de saison : application au mildiou de la vigne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Chen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Makowski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Raynal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Gourdain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Brun</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovations Agronomiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 82, pp.387-396. </w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.15454/arky-ab40⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04432362v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Design and evaluation of calibrated and seamless ensemble weather forecasts for crop protection applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivana Aleksovska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Raynaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Faivre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Raynal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Weather and Forecasting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 36 (4), pp. 1329-1342. </w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1175/WAF-D-20-0128.1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03522417v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delaying the first grapevine fungicide application reduces exposure on operators by half</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Chen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Raynal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Makowski</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 10 (1), pp.6404. </w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41598-020-62954-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-02875104v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A NECTAr-based upgrade for the Cherenkov cameras of the H.E.S.S. 12-meter telescopes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Terry Ashton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Backes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnim Balzer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Berge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Bolmont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astroparticle Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 118, pp.102425. </w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.astropartphys.2019.102425⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02467295v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measuring ontogenetic shifts in central‐place foragers: a case study with honey bees</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Requier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickaël Henry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axel Decourtye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierrick Aupinel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Animal Ecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 89 (8), pp.1860-1871. </w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/1365-2656.13248⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02638984v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Forecasting severe grape downy mildew attacks using machine learning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Chen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Raynal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Makowski</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS ONE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 15 (3), 21 p. </w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pone.0230254⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-02520935v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spatiotemporal drivers of crop pests and pathogens abundance at the landscape scale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Delaune</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémy Ballot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Gouwie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Maupas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sausse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BioRxiv</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, </w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1101/641555⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02947663v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Timing of grape downy mildew onset in Bordeaux Vineyards</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Chen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Raynal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Makowski</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phytopathology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 109 (5), pp.787-795. </w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1094/PHYTO-12-17-0412-R⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02310092v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Use of probabilistic expert elicitation for assessing risk of appearance of grape downy mildew</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Chen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Raynal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Debord</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Makowski</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Crop Protection</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 126, </w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.cropro.2019.104926⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02617818v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analysis of the H.E.S.S. public data release with ctools</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jürgen Knödlseder</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luigi Tibaldo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Domenico Tiziani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andreas Specovious</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Josh Cardenzana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 632, pp.A102. </w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/201936010⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02336803v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modelling pesticides leaching in cropping systems: Effect of uncertainties in climate, agricultural practices, soil and pesticide properties</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine-Karen Lammoglia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibaud Quemar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Moeys</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrique Barriuso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Modelling and Software</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 109, pp.342-352. </w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.envsoft.2018.08.007⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04809459v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Évaluation et prévision du risque lié aux populations de limaces nuisibles aux grandes cultures : constitution d’un réseau expérimental permettant de comprendre l’impact des pratiques agricoles et des facteurs environnementaux (RESOLIM)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Chabert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Taupin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joséphine Peigné</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Gervois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovations Agronomiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 63, pp.321-335. </w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.15454/1.5191186326957144E12⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01837863v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">RMT Vegdiag axe 3 : optimiser l'usage des données au-delà des diagnostics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Andrivon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Reynaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Champeil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Folcher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline de Jerphanion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phytoma </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, HS juin-juillet, pp.22-25</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03297261v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modelling pesticides leaching in cropping systems: Effect of uncertainties in climate, agricultural practices, soil and pesticide properties</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine-Karen Lammoglia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibaud Quemar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Moeys</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrique Barriuso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Modelling and Software</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 109, pp.342-352. </w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.envsoft.2018.08.007⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01857290v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recherche et engagement : de l’identité nationale au paria</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Bazin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Brun</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Migrations Société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 170 (4), </w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/migra.170.0119⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01934574v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Climate change effects on leaf rust of wheat: Implementing a coupled crop-disease model in a French regional application</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Caubel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Launay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Ripoche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Gouache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Buis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Agronomy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 90, pp.53-66. </w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.eja.2017.07.004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01604466v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Predictive systems models can help elucidate bee declines driven by multiple combined stressors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickaël Henry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthias A. Becher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juliet L. Osborne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peter Kennedy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierrick Aupinel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Apidologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 48 (3), pp.328-339. </w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s13592-016-0476-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01504455v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modélisation des flux de pesticides dans les systèmes de culture : effets de la variabilité du climat, des pratiques agricoles et des propriétés des sols et des pesticides. Synthèse des résultats du projet Perform</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Mamy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine-Karen Lammoglia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Alletto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Bedos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Benoit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovations Agronomiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 59, pp.171-189. </w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.15454/1.5138497191833892E12⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01652927v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Santé des plantes dans un réseau expérimental sur des variétés de blé d’hiver rustiques : analyses de risque</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Savary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Jouanin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Irène Felix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Gourdain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Piraux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovations Agronomiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 59, pp.63-79. </w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.15454/1.5138436922221646E12⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01675817v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A framework based on generalised linear mixed models for analysing pest and disease surveys</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Michel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Makowski</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Plant Pathology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 94, pp.1-12. </w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.cropro.2016.12.013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01530793v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessing plant health in a network of experiments on hardy winter wheat varieties in France: patterns of disease-climate associations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Savary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Jouanin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Irène Félix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Gourdain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Piraux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Plant Pathology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 146 (4), pp.741-755. </w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10658-016-0954-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02634444v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estimating the incidence of Septoria leaf blotch in wheat crops from in-season field measurements</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Michel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Piraux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Makowski</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Plant Pathology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 146 (1), pp.17. </w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10658-016-0887-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01448412v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessing plant health in a network of experiments on hardy winter wheat varieties in France: multivariate and risk factor analyses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Savary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Jouanin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Irène Félix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Gourdain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Piraux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Plant Pathology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 146 (4), pp.757-778. </w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10658-016-0955-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02634443v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modelling and mapping potential epidemics of wheat diseases-examples on leaf rust and Septoria tritici blotch using EPIWHEAT</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Savary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stacia Stetkiewicz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laetitia Willocquet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Plant Pathology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 142 (4), pp.771-790. </w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10658-015-0650-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02638142v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Associer un niveau d'incertitude aux prédictions des modèles en agriculture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Brun</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovations Agronomiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 34, pp.353-365. </w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.17180/s86y-s249⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04542017v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combining input uncertainty and residual error in crop model predictions: A case study on vineyards</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastien Roux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel D. Wallach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Agronomy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 52, pp.191-197. </w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.eja.2013.09.008⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02636122v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">GI-E-EA - Gestion des informations « environnement » des exploitations agricoles : intrants, eau, énergie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Masselin-Silvin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adélaïde Wissocq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Samie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëlle Cheruy-Pottiau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Dreux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovations Agronomiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 30, pp.1-11. </w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.17180/8apk-nv53⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04650451v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modelling climate change impact on Septoria tritici blotch (STB) in France: Accounting for climate model and disease model uncertainty</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Gouache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Bensadoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Pagé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Makowski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Agricultural and Forest Meteorology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 170, pp.242-252. </w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.agrformet.2012.04.019⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01186800v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effets des systèmes de production sur les populations de nématodes nuisibles aux grandes cultures : recherche de méthodes pratiques de diagnostic et de gestion des risques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Chabert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Buisson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Ruck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Champeil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovations Agronomiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 25, pp.205-217. </w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.17180/dr8b-xj18⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01208600v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'accompagnement des licenciés économiques dans le cadre du contrat de transition professionnelle : expertise et expérience</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Corteel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Pélisse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue française de sociologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 53 (3), pp.429--459</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01376383v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’accompagnement des licenciés économiques dans le cadre du contrat de transition professionnelle : expertise et expérience</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Corteel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Pélisse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue française de sociologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 53 (3), pp.429 - 459. </w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/rfs.533.0429⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01719468v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessing the uncertainty when using a model to compare irrigation strategies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel D. Wallach</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Keussayan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Lacroix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques-Eric J.-E. Bergez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Agronomy Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 104 (5), pp.1274-1283. </w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2134/agronj2012.0038⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02645048v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Honeybee tracking with microchips: a new methodology to measure the effects of pesticides</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axel A. Decourtye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Devillers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierrick Aupinel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bagnis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecotoxicology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 20 (2), pp.429-437. </w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10646-011-0594-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02651714v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">To what extent may changes in the root system architecture of Arabidopsis thaliana grown under contrasted homogenous nitrogen regimes be explained by changes in carbon supply? A modelling approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Richard-Molard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loic Pagès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Chelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Ney</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Experimental Botany</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 61 (8), pp.2157-2169. </w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/jxb/erq090⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01192140v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse des traits comportementaux d'abeilles marquées avec des puces RFID en conditions de plein champ</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bagnis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Devillers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierrick Aupinel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monique Gauthier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin Technique Apicole</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 36 (3), pp.98-109</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02667320v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modelling N nutrition impact on plant functioning and root architecture in various genotypes of Arabidopsis thaliana</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Richard-Molard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Chelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Ney</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">COMPARATIVE BIOCHEMISTRY AND PHYSIOLOGY A-MOLECULAR &amp; INTEGRATIVE PHYSIOLOGY</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, </w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.cbpa.2009.04.634⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03372934v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Plant response to nitrate starvation is determined by N storage capacity matched by nitrate uptake capacity in two Arabidopsis genotypes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Richard-Molard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annemarie Krapp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Ney</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francoise Vedele</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Experimental Botany</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 59 (4), pp.779-791. </w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/jxb/erm363⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01192006v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (26)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploring the Galactic Plane: A Comparative Study of Fermi-LAT Sources and HESS's Non-Detection at TeV Energies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Le Nagat-Neher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marianne Lemoine-Goumard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Hélène Grondin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Fauverge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">39th International Cosmic Ray Conference (ICRC2025)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2025, Geneva, Switzerland. pp.584, </w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.22323/1.501.0584⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05387748v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparaison des impacts de plusieurs sources d'incertitude lors de l'utilisation d'un modèle de culture avec des prévisions méteo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bachar Tarraf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Roux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Raynaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Brun</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées du réseau MEXICO</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, AgroParisTech - INRAE, Dec 2023, Palaiseau, France. 29p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04410572v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prédiction des épidémies de cercosporiose de la betterave par des approches d’apprentissage automatique.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Vallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Gauriau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Joudelat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Gouwie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">VÉGÉPHYL -13ème Conférence internationale sur les maladies des plantes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2022, Orléans, France. pp.1-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03918080v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessment and comparison of the impacts on the environment and on human health of pesticides used in conventional and in innovative cropping systems designed to reduce pesticide use</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Mamy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Alletto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Bedos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Benoit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Visit of a Delegation of the Ministry of Ecology and Environment of China</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2019, Thiverval-Grignon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03266420v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'utilisation des données de télédétection et des méthodes de deep learning pour traiter de problématiques autour des paysages agricoles (introduction au séminaire)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Ricci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire du Réseau PAYOTE, Journées deep learning, télédétection et paysage co-organisé avec le RMT MODELIA (Modélisation et Analyse de Données pour l'Agriculture)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02787757v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estimer la date d’apparition du mildiou de la vigne grâce à l’élicitation probabiliste d’experts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Chen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Raynal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Debord</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Makowski</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12. Conférence internationale sur les maladies des plantes (Végéphyl)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2018, Tours, France. 10 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01958294v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prendre en compte l’incertitude des prévisions météorologiques dans les OAD utilisées pour gérer les maladies et ravageurs des cultures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivana Aleksovska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Raynaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Faivre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Raynal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12. Conférence internationale sur les maladies des plantes (Végéphyl)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2018, Tours, France. 10 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01958293v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une démarche générique pour le développement d’outils d’analyse et de prédiction des dynamiques épidémiques à partir des données des réseaux d’épidémiosurveillance des cultures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon van de Kerckhove</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Chen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Raynal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Debord</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12. Conférence internationale sur les maladies des plantes (Végéphyl)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2018, Tours, France. 10 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02736145v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sensitivity and performance simulations for transient phenomena in the H.E.S.S. analysis framework</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabrina Bernhard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnim Balzer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Brun</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6th International Symposium on High-Energy Gamma-Ray Astronomy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2016, Heidelberg, Germany. pp.070004, </w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1063/1.4969001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01554379v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A source-sink based dynamic model for simulating oil and protein accumulation in sunflower achenes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fety Andrianasolo Nambinina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Casadebaig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Champolivier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Maury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">19. International Sunflower Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2016, Edirne, Turkey</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02739034v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The H.E.S.S. Galactic plane survey poster</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axel Donath</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Svenja Carrigan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ryan Chaves</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christoph Deil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">34th International Cosmic Ray Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2015, The Hague, Netherlands. pp.782, </w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.22323/1.236.0782⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01584583v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genetic-epidemiological modelling of gastrointestinal parasitism in sheep</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Saccareau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Moreno-Romieux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabriel Ciappesoni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno B. Goffinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Faivre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14. Conference of the International Society for Veterinary Epidemiology and Economics (ISVEE 14)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2015, Mérida, Mexico. 1 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02800323v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estimation bayésienne des paramètres d'un modèle de culture implémenté sous VLE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Bensadoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe P. Debaeke</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel D. Wallach</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Champolivier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire MIAJ</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut National de Recherche Agronomique (INRA). UR Unité de recherche Mathématiques et Informatique Appliquées (0341)., Mar 2012, Jouy-en-Josas, France. 64 diapos</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02802139v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse d’incertitude du modèle SUNFLO sous RECORD : Approche bayésienne et R-VLE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Bensadoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel D. Wallach</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe P. Debaeke</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Champolivier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2ème Journée d'animation de la plate-forme RECORD</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut National de Recherche Agronomique (INRA). UR Unité de recherche Mathématiques et Informatique Appliquées (0341)., Jan 2012, Toulouse, France. 13 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02806524v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessing the uncertainty in model-based evaluation of irrigation strategies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel D. Wallach</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Keussayan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Lacroix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques-Eric J.-E. Bergez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12. Congress of the european society for agronomy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2012, Helsinki, Finland. 598 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02746268v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse d’incertitude d’un modèle de culture : démarche et illustration sur deux cas d’étude</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Keussayan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Bensadoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques-Eric J.-E. Bergez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Lacroix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12. European Symposium on Statistical Methods for the Food Industry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2012, Paris, France. 427p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02749871v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The composition of agricultural landcapes influences life history traits of honeybee workers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Requier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierrick Aupinel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickaël Henry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Francois Odoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eurbee 5</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Martin-Luther-University Halle-Wittenberg. Halle an der Salle, DEU., Sep 2012, Halle an der Salle, Germany. 296 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02746439v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stages and activities of the projects that give rise to models for agricultural development</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel D. Wallach</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Piraux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Lopez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8. European Federation for Information Technology in Agriculture, Food and the Environment/World congress on Computers in Agriculture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2011, Prague, Czech Republic</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02746129v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mesure des effets non intentionnels du thiamethoxam chez l'abeille domestique par l'enregistrement automatique des comportements</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axel A. Decourtye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Béguin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickaël Henry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Francois Odoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Requier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4ème Séminaire d’Ecotoxicologie de l’INRA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2011, Saint-Lager, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02746514v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modeling for decision support and modeling for impact assessment. How do the modeling projects differ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Brun</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée internationale du RMT modélisation. What’s new, what’s next in dynamic system modeling in agronomy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2010, Paris, France. 24 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02811765v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A new method to evaluate the effects of pesticides to honeybees: recording individual behaviour using microchips</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axel A. Decourtye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bagnis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Devilliers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierrick Aupinel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EURBEE 2010</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2010, Ankara, Turkey. 18 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02820026v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Decision support system in French agriculture: The need for information exchanges. Scientific and technical information and rural development</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy Waksman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Donnat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémy Coffion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel D. Wallach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13. IAALD World Congress: Scientific and Technical Information and Rural Development</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2010, Montpellier, France. 7 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02817636v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modelling N nutrition impact on plant functioning and root architecture in various genotypes of Arabidopsis thaliana</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Richard-Molard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Chelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Ney</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annual Main Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Society of Experimental Biology, Jun 2009, Glasgow, United Kingdom. pp.S229, </w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.cbpa.2009.04.634⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03258541v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modelling N nutrition impact on plant functioning and root architecture in various genotypes of Arabidopsis thaliana</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Richard-Molard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Laperche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Chelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loic Pagès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5. International Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2007, Napier, New Zealand</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01191929v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modelling N nutrition impact on plant functioning and architecture in various genotypes of Arabidopsis thaliana</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Richard-Molard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Laperche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Chelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Pagès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5th International Workshop on Functional-Structural Plant Models</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, Napier, New Zealand</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03322834v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modelling N nutrition impact on plant functioning in various genotypes of Arabidopsis thaliana.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Richard-Molard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Ney</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Workshop Nitrogen 2007</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2007, Lancaster, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03372988v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (12)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modelling pesticides leaching in cropping systems: Effect of uncertainties in climate, agricultural practices, soil and pesticide properties</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine-Karen Lammoglia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibaud Quemar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Moeys</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrique Barriuso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14th IUPAC International Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2019, Gand, Belgium. , 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02790579v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D2KAB project taking off: Data to Knowledge in Agronomy and Biodiversity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Aubin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Francoise Adam-Blondon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Alaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mouhamadou Ba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphan Bernard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14th Research Data Alliance Plenary Conference (RDA P14), Best poster award</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2019, Helsinki, Finland. , 2019, </w:t></w:r><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5281/zenodo.3520300⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">lirmm-02351000v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">GASCON : Gestion agro-écologique de la santé des cultures et des organismes nuisibles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Noël Aubertot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Alletto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Bedoussac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Bertuzzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Enseigner et apprendre l’agro-écologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2018, Toulouse, France. , 1 p., 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02789599v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From an individual-based model of pig fattening unit to a decision support tool</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Cadero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexia Aubry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Yves Dourmad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvon Salaün</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2017 EFITA WCCA Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2017, Montpellier, France. 2017, European conference dedicated to the future use of ICT in the agri-food sector, bioresource and biomass sector</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02408208v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'hétérogénéité des données au sein du projet Cosac: Enjeux et solutions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Villerd</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ophélie Jolys</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascale Métais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie G. Munier-Jolain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire de restitution à mi-parcours du projet de recherche ANR COSAC</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2017, Paris, France. 85 p., 2017, COSAC un projet pour la conception de Stratégies durables de gestion des Adventices dans un contexte de Changement (climat, pratiques agricoles, biodiversité)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01604465v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Using Gaussian process metamodels for sensitivity analysis of an individual-based model of a pig fattening unit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Cadéro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexia Aubry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Brossard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Yves Dourmad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8.International conference sensitivity analysis of model output (Samo)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2016, Le Tampon, La Réunion, France. , 2016, Proceedings</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01455952v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The composition of agricultural landscapes influences life history traits of honeybee workers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Requier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierrick Aupinel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Francois Odoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Bretagnolle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6. European Conference on Behavioural Biology (ECBB)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2012, Duisburg-Essen, Germany. 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02806348v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modelling N nutrition impact on root architecture of Arabidopsis thaliana</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Richard-Molard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier O. Maury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Pagès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Ney</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Workshop on Growth Phenotyping and Imaging in Plants</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2007, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03373055v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modelling N nutrition impact on plant functioning in various genotypes of Arabidopsis thaliana</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Richard-Molard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Ney</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Workshop on Growth Phenotyping and Imaging in Plants</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2007, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03373015v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modelling N nutrition impact on root architecture of Arabidopsis thaliana</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Richard-Molard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Pagès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier O. Maury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Ney</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Workshop Nitrogen 2007</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2007, Lancaster, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03372999v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comment réagissent les racines d’une plante à la contrainte en azote? Une vision intégrée de cette réponse adaptative</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Devienne-Barret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Richard-Molard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Laperche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Ney</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7èmes Journées d’Ecologie Fonctionnelle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2005, Clermont-Ferrand, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03456921v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arabidopsis root growth and morphogenesis in relation to N availability</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Devienne-Barret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Richard-Molard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Ney</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7th International Symposium on Inorganic Nitrogen Assimilation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2004, Wageningen, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03407262v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le numérique en agriculture : des technologies aux applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noémie Bernard Le Gall</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Acta Éditions. </w:t></w:r><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Acta Éditions</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 978-2-85794-332-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04964158v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Data science pour l’agriculture et l’environnement - Méthodes et applications avec R et Python</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Makowski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Doutart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Duyme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammed El Jabri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ellipses</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2021, Formations &amp; Techniques, 9782340045774</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04905303v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De l’analyse des réseaux expérimentaux à la méta-analyse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Makowski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Piraux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Brun</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Editions Quae</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 1ère édition, 162 p., 2018, Savoir Faire (Quae), 9782759228157</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01977623v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Working with dynamic crop models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Wallach</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Makowski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James W Jones</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Brun</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Academic Press - Elsevier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 3rd Edition, 613 p., 2018, 9780128117569</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01956095v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Working with dynamic crop models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Wallach</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Makowski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James W. Jones</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Brun</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Academic Press - Elsevier, 504 p., 2014, 978-0-12-397008-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01173762v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analysis of a Network of Randomized Complete Block Design Experiments with One Factor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Makowski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Piraux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Brun</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">From Experimental Network to Meta-analysis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer Netherlands, pp.25-58, 2019, </w:t></w:r><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-94-024-1696-1_3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02889392v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Providing user-oriented uncertainty information with a vineyard model used for irrigation decisions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastien Roux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Delpuech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabriel Daudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Wéry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Practical applications of agricultural system models to optimize the use of limited water : Advances in agricultural systems modeling 5</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, American Society of Agronomy, Inc., Crop Science Society of America, Inc., and Soil Science Society of America, Inc., 440 p., 2014, 978-0-89118-344-0. </w:t></w:r><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2134/advagricsystmodel5.c8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02799214v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quand une expérimentation fait bouger les lignes de l’accompagnement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Corteel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brigitte Frotiée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Pélisse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Marie-Christine Bureau; Ivan Sainseaulieu. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Reconfigurations de l’État social en pratique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses universitaires du septentrion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.249-262, 2012, 978-2757403457</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01147466v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le droit inactivé par l’accord</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Pélisse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Emmanuel Dockès. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Au coeur des combats juridiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dalloz, pp.179 - 190, 2007, 9782247069866</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03163433v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Approches de modélisation pour l’évaluation et la comparaison des performances environnementales de systèmes de culture innovants conçus pour réduire l’usage des pesticides : intégration spatiale et temporelle, traitement des incertitudes (Perform). Rapport final, 44 p.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Mamy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Alletto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrique Barriuso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Bedos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Benoit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03266648v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'insertion par l'activité économique : une tension entre deux logiques parfois contradictoires&amp;quot;,</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Pélisse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Brun</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00178815v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mamy L, Alletto L, Barriuso E, Bedos C, Benoit P, Brun F, Gabrielle B, Giuliano S, Hart ADM, Justes E, Kennedy MC, Makowski D, Marín-Benito JM, Moeys J, Pot V, Poudroux D, Quemar T, Rametti G, Yemadje-Lammoglia SK, 2017. Approches de modélisation pour l’évaluation et la comparaison des performances environnementales de systèmes de culture innovants conçus pour réduire l’usage des pesticides : intégration spatiale et temporelle, traitement des incertitudes (Perform). Rapport final, avril 2017, 44 p</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Mamy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Alletto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrique Barriuso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Bedos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Benoit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] INRAE. 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03265791v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modélisation du fonctionnement de la plante Arabidopsis thaliana dans différents contextes de disponibilité en N du sol: impact sur l'architecture racinaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Brun</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sciences du Vivant [q-bio]. Université Paris Sud - Paris 11, 2006. Français. </w:t></w:r><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-02824095v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId345"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> François Brun </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">ACTA, INRAE, UMR AGIR, Castanet Tolosan (31)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">francois.brun@acta.asso.fr</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Numérique, Modélisation & Science des données</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">**EXPERIENCES PROFESSIONNELLES****depuis 2007**</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ingénieur-docteur, à l'ACTA, les Instituts Techniques Agricole.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Responsable de pôle Agriculture numérique et science des données.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Animateur du réseau mixte technologique Science des données et Modélisation (2007-2024) pour l'Agriculture (</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">www.modelia.org</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> ; méthodologie, échanges d'expérience, formations).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Responsable de plus de 10 projets de recherche appliquée en partenariat. Par exemple, projet SynOEM &amp;quot;Les apports de la météo de précision au service des agriculteurs.&amp;quot; (AAP CASDAR RT, 2019-2021.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Co-encadrement thèse CIFRE ACTA/INRAE Lucie MICHEL (2013-2016).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Co-encadrement thèse CIFRE ACTA/INRAE Mathilde Chen (2017-2019).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Co-encadrement thèse DigitAg ACTA/METEOFRANCE/INRAE Ivana Aleksovska (2018-2020).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Co-encadrement thèse DigitAg ACTA/INRIA/INRAE Olivier Gauriau (2020-2022).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Co-encadrement post doc DigitAg ACTA/METEOFRANCE/INRAE Bachar Tarraf (2022-2023).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">**2006**</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ingénieur-analyste en informatique, à VIVERIS (informatique).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">**2003-2006**</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Doctorat de biologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, UMR Environnement et Grandes Cultures (Institut National de Recherche Agronomique, Grignon (78)). Recherche portant sur la modélisation de l'adaptation fonctionnelle de la plante, notamment du système racinaire, à la contrainte azotée (outils de modélisation, programmation orientée objet, interfaces graphiques, bases de données, analyse statistique pour la validation des modèles, analyse d'image, travail en équipe pour le suivi expérimental, conception de nouveaux dispositifs d'étude de la plante entière)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Enseignant-moniteur</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Faculté de Science Paris XI. Enseignement de mathématiques pour les biologistes (initiation à la modélisation, tests statistiques)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">**2002-2003**</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Divers stages de recherche et d'ingénieur (CEA, INRAE)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">**FORMATION****2001-2003**</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Diplôme d'ingénieur Institut National d'Agronomie Paris-Grignon (AgroParisTech)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Master 2 « Adaptation des Plantes Cultivées aux Contraintes Environnementales »</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">**1999-2003**</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Elève fonctionnaire de l'Ecole Normale Supérieure de Paris (Ulm)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Diplôme du magistère de biologie (ENS-ParisVI-ParisVII-ParisXI)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">**1997-1999**</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Classes préparatoires Biologie, Lycée Henri IV à Paris</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">**OUTILS DATA SCIENCE****Maîtrise de Logiciels d'analyse statistique (R).**</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Base de données (mySQL, PostgreSQL).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Programmation scientifique (R, Python) et web (php, html, javascript).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Traitement et d'analyse d'image (Gimp).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">**FORMATION CONTINUE**2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Formation de formateur (20 heures)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2010-2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Formation GoFluent « Anglais oral » (50 heures)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Formation INRAE BioBayes. Méthodes statistiques bayésiennes (30 heures)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Formation INRAE Analyse de sensibilité et exploration de modèles (30 heures)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Formation ACTA-INRAE Introduction à la modélisation (30 heures)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Formation chez UNILOG en informatique (BDD, Java, Web) (160 heures)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2005</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Formation à Orsay au droit de la propriété intellectuelle (60 heures)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (46)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">DEPHY EXPE 2 : analyse transversale des performances de systèmes de cultures économes en produits phytopharmaceutiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Schneider</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Hirschy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romario Jacques</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louise Malot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovations Agronomiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, 109, pp.248-262. </w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.17180/ciag-2026-vol109-art20⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05477021v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dispositif DEPHY EXPE 2 : un jeu de données sur les performances et les leviers agroécologiques de 120 systèmes de culture utilisant les produits phytopharmaceutiques en ultime recours</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Schneider</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louise Malot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romario Jacques</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Hirschy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovations Agronomiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, 109, pp.223-236. </w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.17180/ciag-2026-vol109-art18⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05477649v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparing the impact of weather forecasts, observation and parameterization uncertainties when predicting water stress in vineyards</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bachar Tarraf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Korgan Aldebert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Debord</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Raynaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computers and Electronics in Agriculture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 238, pp.110825. </w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.compag.2025.110825⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05214356v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CERCOCAP -pilotage de la CERcosporiose de la betterave par COuplage entre modèle agroclimatique et CApteurs connectés</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Joudelat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Rousseau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Maupas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovations Agronomiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 107, pp.215-226. </w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.17180/ciag-2025-vol107-art16⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05381093v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Causal analysis methods for estimating the impact of drought and cold events on crop yields in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cláudia Mendes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Korgan Aldebert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Makowski</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Agronomy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 170, pp.127743. </w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.eja.2025.127743⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05137782v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessing the impact of weather forecast uncertainties in crop water stress model predictions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bachar Tarraf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Raynaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Roux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yulin Zhang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Agricultural and Forest Meteorology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 349, pp.109934. </w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.agrformet.2024.109934⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04566369v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparing machine-learning models of different levels of complexity for crop protection: A look into the complexity-accuracy tradeoff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Gauriau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luis Galárraga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Termier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Davadan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Smart Agricultural Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 7, pp.100380. </w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.atech.2023.100380⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04382202v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MULTIPASS : Faire émerger de nouveaux services pour l’agriculteur dans une chaine de confiance gérant les consentements d’accès aux données des exploitations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Lauga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Héloïse Gilles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Béatrice Balvay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Pinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovations Agronomiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 88, pp.159-167. </w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.17180/ciag-2023-vol88-art13⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04327594v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MIELLEES - Le Système Informatique (SI) MIELLEES, un outil de mutualisation des données des balances connectées de ruches pour décrire les miellées.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Allier Fabrice</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierrick Aupinel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colombe Chevallereau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Dangleant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovations Agronomiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 85, pp.237-248. </w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.17180/ciag-2022-vol85-art18⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03764848v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quelle place pour les hackathons pour accompagner l’innovation numérique en agriculture ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brun François</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rajaoba Mathieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaudin François</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annales des Mines - Enjeux Numériques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 19, pp.122-132</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03918130v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SMART PIC -Analyse du risque à partir de données régionales et d'informations locales collectées en cours de saison : application au mildiou de la vigne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Chen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Makowski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Raynal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Gourdain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Brun</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovations Agronomiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 82, pp.387-396. </w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.15454/arky-ab40⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04432362v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Design and evaluation of calibrated and seamless ensemble weather forecasts for crop protection applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivana Aleksovska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Raynaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Faivre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Raynal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Weather and Forecasting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 36 (4), pp. 1329-1342. </w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1175/WAF-D-20-0128.1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03522417v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A NECTAr-based upgrade for the Cherenkov cameras of the H.E.S.S. 12-meter telescopes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Terry Ashton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Backes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnim Balzer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Berge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Bolmont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astroparticle Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 118, pp.102425. </w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.astropartphys.2019.102425⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02467295v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delaying the first grapevine fungicide application reduces exposure on operators by half</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Chen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Raynal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Makowski</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 10 (1), pp.6404. </w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41598-020-62954-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-02875104v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measuring ontogenetic shifts in central‐place foragers: a case study with honey bees</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Requier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickaël Henry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axel Decourtye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierrick Aupinel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Animal Ecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 89 (8), pp.1860-1871. </w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/1365-2656.13248⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02638984v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Forecasting severe grape downy mildew attacks using machine learning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Chen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Raynal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Makowski</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS ONE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 15 (3), 21 p. </w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pone.0230254⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-02520935v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Use of probabilistic expert elicitation for assessing risk of appearance of grape downy mildew</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Chen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Raynal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Debord</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Makowski</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Crop Protection</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 126, </w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.cropro.2019.104926⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02617818v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Timing of grape downy mildew onset in Bordeaux Vineyards</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Chen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Raynal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Makowski</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phytopathology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 109 (5), pp.787-795. </w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1094/PHYTO-12-17-0412-R⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02310092v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analysis of the H.E.S.S. public data release with ctools</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jürgen Knödlseder</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luigi Tibaldo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Domenico Tiziani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andreas Specovious</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Josh Cardenzana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 632, pp.A102. </w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/201936010⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02336803v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modelling pesticides leaching in cropping systems: Effect of uncertainties in climate, agricultural practices, soil and pesticide properties</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine-Karen Lammoglia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibaud Quemar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Moeys</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrique Barriuso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Modelling and Software</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 109, pp.342-352. </w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.envsoft.2018.08.007⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04809459v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Évaluation et prévision du risque lié aux populations de limaces nuisibles aux grandes cultures : constitution d’un réseau expérimental permettant de comprendre l’impact des pratiques agricoles et des facteurs environnementaux (RESOLIM)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Chabert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Taupin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joséphine Peigné</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Gervois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovations Agronomiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 63, pp.321-335. </w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.15454/1.5191186326957144E12⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01837863v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">RMT Vegdiag axe 3 : optimiser l'usage des données au-delà des diagnostics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Andrivon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Reynaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Champeil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Folcher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline de Jerphanion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phytoma </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, HS juin-juillet, pp.22-25</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03297261v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modelling pesticides leaching in cropping systems: Effect of uncertainties in climate, agricultural practices, soil and pesticide properties</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine-Karen Lammoglia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibaud Quemar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Moeys</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrique Barriuso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Modelling and Software</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 109, pp.342-352. </w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.envsoft.2018.08.007⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01857290v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recherche et engagement : de l’identité nationale au paria</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Bazin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Brun</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Migrations Société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 170 (4), </w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/migra.170.0119⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01934574v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Climate change effects on leaf rust of wheat: Implementing a coupled crop-disease model in a French regional application</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Caubel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Launay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Ripoche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Gouache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Buis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Agronomy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 90, pp.53-66. </w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.eja.2017.07.004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01604466v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modélisation des flux de pesticides dans les systèmes de culture : effets de la variabilité du climat, des pratiques agricoles et des propriétés des sols et des pesticides. Synthèse des résultats du projet Perform</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Mamy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine-Karen Lammoglia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Alletto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Bedos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Benoit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovations Agronomiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 59, pp.171-189. </w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.15454/1.5138497191833892E12⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01652927v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Predictive systems models can help elucidate bee declines driven by multiple combined stressors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickaël Henry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthias A. Becher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juliet L. Osborne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peter Kennedy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierrick Aupinel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Apidologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 48 (3), pp.328-339. </w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s13592-016-0476-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01504455v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Santé des plantes dans un réseau expérimental sur des variétés de blé d’hiver rustiques : analyses de risque</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Savary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Jouanin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Irène Felix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Gourdain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Piraux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovations Agronomiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 59, pp.63-79. </w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.15454/1.5138436922221646E12⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01675817v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A framework based on generalised linear mixed models for analysing pest and disease surveys</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Michel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Makowski</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Plant Pathology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 94, pp.1-12. </w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.cropro.2016.12.013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01530793v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessing plant health in a network of experiments on hardy winter wheat varieties in France: patterns of disease-climate associations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Savary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Jouanin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Irène Félix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Gourdain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Piraux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Plant Pathology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 146 (4), pp.741-755. </w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10658-016-0954-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02634444v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estimating the incidence of Septoria leaf blotch in wheat crops from in-season field measurements</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Michel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Piraux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Makowski</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Plant Pathology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 146 (1), pp.17. </w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10658-016-0887-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01448412v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessing plant health in a network of experiments on hardy winter wheat varieties in France: multivariate and risk factor analyses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Savary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Jouanin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Irène Félix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Gourdain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Piraux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Plant Pathology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 146 (4), pp.757-778. </w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10658-016-0955-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02634443v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modelling and mapping potential epidemics of wheat diseases-examples on leaf rust and Septoria tritici blotch using EPIWHEAT</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Savary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stacia Stetkiewicz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laetitia Willocquet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Plant Pathology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 142 (4), pp.771-790. </w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10658-015-0650-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02638142v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Associer un niveau d'incertitude aux prédictions des modèles en agriculture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Brun</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovations Agronomiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 34, pp.353-365. </w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.17180/s86y-s249⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04542017v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combining input uncertainty and residual error in crop model predictions: A case study on vineyards</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastien Roux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel D. Wallach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Agronomy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 52, pp.191-197. </w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.eja.2013.09.008⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02636122v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">GI-E-EA - Gestion des informations « environnement » des exploitations agricoles : intrants, eau, énergie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Masselin-Silvin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adélaïde Wissocq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Samie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëlle Cheruy-Pottiau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Dreux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovations Agronomiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 30, pp.1-11. </w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.17180/8apk-nv53⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04650451v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modelling climate change impact on Septoria tritici blotch (STB) in France: Accounting for climate model and disease model uncertainty</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Gouache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Bensadoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Pagé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Makowski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Agricultural and Forest Meteorology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 170, pp.242-252. </w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.agrformet.2012.04.019⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01186800v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'accompagnement des licenciés économiques dans le cadre du contrat de transition professionnelle : expertise et expérience</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Corteel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Pélisse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue française de sociologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 53 (3), pp.429--459</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01376383v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effets des systèmes de production sur les populations de nématodes nuisibles aux grandes cultures : recherche de méthodes pratiques de diagnostic et de gestion des risques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Chabert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Buisson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Ruck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Champeil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovations Agronomiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 25, pp.205-217. </w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.17180/dr8b-xj18⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01208600v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’accompagnement des licenciés économiques dans le cadre du contrat de transition professionnelle : expertise et expérience</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Corteel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Pélisse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue française de sociologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 53 (3), pp.429 - 459. </w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/rfs.533.0429⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01719468v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessing the uncertainty when using a model to compare irrigation strategies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel D. Wallach</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Keussayan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Lacroix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques-Eric J.-E. Bergez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Agronomy Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 104 (5), pp.1274-1283. </w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2134/agronj2012.0038⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02645048v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Honeybee tracking with microchips: a new methodology to measure the effects of pesticides</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axel A. Decourtye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Devillers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierrick Aupinel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bagnis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecotoxicology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 20 (2), pp.429-437. </w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10646-011-0594-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02651714v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">To what extent may changes in the root system architecture of Arabidopsis thaliana grown under contrasted homogenous nitrogen regimes be explained by changes in carbon supply? A modelling approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Richard-Molard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loic Pagès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Chelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Ney</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Experimental Botany</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 61 (8), pp.2157-2169. </w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/jxb/erq090⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01192140v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse des traits comportementaux d'abeilles marquées avec des puces RFID en conditions de plein champ</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bagnis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Devillers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierrick Aupinel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monique Gauthier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin Technique Apicole</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 36 (3), pp.98-109</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02667320v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modelling N nutrition impact on plant functioning and root architecture in various genotypes of Arabidopsis thaliana</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Richard-Molard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Chelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Ney</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">COMPARATIVE BIOCHEMISTRY AND PHYSIOLOGY A-MOLECULAR &amp; INTEGRATIVE PHYSIOLOGY</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, </w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.cbpa.2009.04.634⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03372934v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Plant response to nitrate starvation is determined by N storage capacity matched by nitrate uptake capacity in two Arabidopsis genotypes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Richard-Molard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annemarie Krapp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Ney</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francoise Vedele</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Experimental Botany</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 59 (4), pp.779-791. </w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/jxb/erm363⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01192006v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (26)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploring the Galactic Plane: A Comparative Study of Fermi-LAT Sources and HESS's Non-Detection at TeV Energies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Le Nagat-Neher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marianne Lemoine-Goumard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Hélène Grondin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Fauverge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">39th International Cosmic Ray Conference (ICRC2025)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2025, Geneva, Switzerland. pp.584, </w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.22323/1.501.0584⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05387748v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparaison des impacts de plusieurs sources d'incertitude lors de l'utilisation d'un modèle de culture avec des prévisions méteo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bachar Tarraf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Roux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Raynaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Brun</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées du réseau MEXICO</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, AgroParisTech - INRAE, Dec 2023, Palaiseau, France. 29p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04410572v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prédiction des épidémies de cercosporiose de la betterave par des approches d’apprentissage automatique.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Vallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Gauriau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Joudelat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Gouwie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">VÉGÉPHYL -13ème Conférence internationale sur les maladies des plantes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2022, Orléans, France. pp.1-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03918080v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'utilisation des données de télédétection et des méthodes de deep learning pour traiter de problématiques autour des paysages agricoles (introduction au séminaire)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Ricci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire du Réseau PAYOTE, Journées deep learning, télédétection et paysage co-organisé avec le RMT MODELIA (Modélisation et Analyse de Données pour l'Agriculture)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02787757v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessment and comparison of the impacts on the environment and on human health of pesticides used in conventional and in innovative cropping systems designed to reduce pesticide use</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Mamy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Alletto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Bedos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Benoit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Visit of a Delegation of the Ministry of Ecology and Environment of China</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2019, Thiverval-Grignon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03266420v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prendre en compte l’incertitude des prévisions météorologiques dans les OAD utilisées pour gérer les maladies et ravageurs des cultures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivana Aleksovska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Raynaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Faivre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Raynal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12. Conférence internationale sur les maladies des plantes (Végéphyl)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2018, Tours, France. 10 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01958293v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estimer la date d’apparition du mildiou de la vigne grâce à l’élicitation probabiliste d’experts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Chen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Raynal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Debord</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Makowski</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12. Conférence internationale sur les maladies des plantes (Végéphyl)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2018, Tours, France. 10 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01958294v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une démarche générique pour le développement d’outils d’analyse et de prédiction des dynamiques épidémiques à partir des données des réseaux d’épidémiosurveillance des cultures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon van de Kerckhove</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Chen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Raynal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Debord</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12. Conférence internationale sur les maladies des plantes (Végéphyl)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2018, Tours, France. 10 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02736145v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sensitivity and performance simulations for transient phenomena in the H.E.S.S. analysis framework</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabrina Bernhard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnim Balzer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Brun</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6th International Symposium on High-Energy Gamma-Ray Astronomy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2016, Heidelberg, Germany. pp.070004, </w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1063/1.4969001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01554379v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A source-sink based dynamic model for simulating oil and protein accumulation in sunflower achenes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fety Andrianasolo Nambinina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Casadebaig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Champolivier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Maury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">19. International Sunflower Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2016, Edirne, Turkey</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02739034v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The H.E.S.S. Galactic plane survey poster</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axel Donath</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Svenja Carrigan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ryan Chaves</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christoph Deil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">34th International Cosmic Ray Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2015, The Hague, Netherlands. pp.782, </w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.22323/1.236.0782⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01584583v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genetic-epidemiological modelling of gastrointestinal parasitism in sheep</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Saccareau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Moreno-Romieux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabriel Ciappesoni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno B. Goffinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Faivre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14. Conference of the International Society for Veterinary Epidemiology and Economics (ISVEE 14)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2015, Mérida, Mexico. 1 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02800323v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estimation bayésienne des paramètres d'un modèle de culture implémenté sous VLE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Bensadoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe P. Debaeke</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel D. Wallach</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Champolivier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire MIAJ</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut National de Recherche Agronomique (INRA). UR Unité de recherche Mathématiques et Informatique Appliquées (0341)., Mar 2012, Jouy-en-Josas, France. 64 diapos</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02802139v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessing the uncertainty in model-based evaluation of irrigation strategies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel D. Wallach</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Keussayan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Lacroix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques-Eric J.-E. Bergez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12. Congress of the european society for agronomy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2012, Helsinki, Finland. 598 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02746268v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse d’incertitude du modèle SUNFLO sous RECORD : Approche bayésienne et R-VLE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Bensadoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel D. Wallach</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe P. Debaeke</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Champolivier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2ème Journée d'animation de la plate-forme RECORD</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut National de Recherche Agronomique (INRA). UR Unité de recherche Mathématiques et Informatique Appliquées (0341)., Jan 2012, Toulouse, France. 13 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02806524v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The composition of agricultural landcapes influences life history traits of honeybee workers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Requier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierrick Aupinel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickaël Henry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Francois Odoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eurbee 5</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Martin-Luther-University Halle-Wittenberg. Halle an der Salle, DEU., Sep 2012, Halle an der Salle, Germany. 296 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02746439v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse d’incertitude d’un modèle de culture : démarche et illustration sur deux cas d’étude</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Keussayan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Bensadoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques-Eric J.-E. Bergez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Lacroix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12. European Symposium on Statistical Methods for the Food Industry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2012, Paris, France. 427p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02749871v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mesure des effets non intentionnels du thiamethoxam chez l'abeille domestique par l'enregistrement automatique des comportements</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axel A. Decourtye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Béguin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickaël Henry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Francois Odoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Requier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4ème Séminaire d’Ecotoxicologie de l’INRA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2011, Saint-Lager, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02746514v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stages and activities of the projects that give rise to models for agricultural development</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel D. Wallach</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Piraux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Lopez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8. European Federation for Information Technology in Agriculture, Food and the Environment/World congress on Computers in Agriculture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2011, Prague, Czech Republic</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02746129v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modeling for decision support and modeling for impact assessment. How do the modeling projects differ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Brun</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée internationale du RMT modélisation. What’s new, what’s next in dynamic system modeling in agronomy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2010, Paris, France. 24 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02811765v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A new method to evaluate the effects of pesticides to honeybees: recording individual behaviour using microchips</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axel A. Decourtye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bagnis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Devilliers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierrick Aupinel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EURBEE 2010</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2010, Ankara, Turkey. 18 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02820026v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Decision support system in French agriculture: The need for information exchanges. Scientific and technical information and rural development</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy Waksman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Donnat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémy Coffion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel D. Wallach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13. IAALD World Congress: Scientific and Technical Information and Rural Development</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2010, Montpellier, France. 7 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02817636v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modelling N nutrition impact on plant functioning and root architecture in various genotypes of Arabidopsis thaliana</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Richard-Molard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Chelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Ney</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annual Main Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Society of Experimental Biology, Jun 2009, Glasgow, United Kingdom. pp.S229, </w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.cbpa.2009.04.634⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03258541v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modelling N nutrition impact on plant functioning and root architecture in various genotypes of Arabidopsis thaliana</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Richard-Molard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Laperche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Chelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loic Pagès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5. International Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2007, Napier, New Zealand</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01191929v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modelling N nutrition impact on plant functioning and architecture in various genotypes of Arabidopsis thaliana</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Richard-Molard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Laperche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Chelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Pagès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5th International Workshop on Functional-Structural Plant Models</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, Napier, New Zealand</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03322834v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modelling N nutrition impact on plant functioning in various genotypes of Arabidopsis thaliana.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Richard-Molard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Ney</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Workshop Nitrogen 2007</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2007, Lancaster, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03372988v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (12)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modelling pesticides leaching in cropping systems: Effect of uncertainties in climate, agricultural practices, soil and pesticide properties</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine-Karen Lammoglia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibaud Quemar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Moeys</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrique Barriuso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14th IUPAC International Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2019, Gand, Belgium. , 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02790579v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D2KAB project taking off: Data to Knowledge in Agronomy and Biodiversity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Aubin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Francoise Adam-Blondon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Alaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mouhamadou Ba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphan Bernard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14th Research Data Alliance Plenary Conference (RDA P14), Best poster award</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2019, Helsinki, Finland. , 2019, </w:t></w:r><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5281/zenodo.3520300⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">lirmm-02351000v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">GASCON : Gestion agro-écologique de la santé des cultures et des organismes nuisibles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Noël Aubertot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Alletto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Bedoussac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Bertuzzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Enseigner et apprendre l’agro-écologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2018, Toulouse, France. , 1 p., 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02789599v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From an individual-based model of pig fattening unit to a decision support tool</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Cadero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexia Aubry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Yves Dourmad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvon Salaün</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2017 EFITA WCCA Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2017, Montpellier, France. 2017, European conference dedicated to the future use of ICT in the agri-food sector, bioresource and biomass sector</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02408208v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'hétérogénéité des données au sein du projet Cosac: Enjeux et solutions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Villerd</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ophélie Jolys</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascale Métais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie G. Munier-Jolain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire de restitution à mi-parcours du projet de recherche ANR COSAC</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2017, Paris, France. 85 p., 2017, COSAC un projet pour la conception de Stratégies durables de gestion des Adventices dans un contexte de Changement (climat, pratiques agricoles, biodiversité)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01604465v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Using Gaussian process metamodels for sensitivity analysis of an individual-based model of a pig fattening unit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Cadéro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexia Aubry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Brossard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Yves Dourmad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8.International conference sensitivity analysis of model output (Samo)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2016, Le Tampon, La Réunion, France. , 2016, Proceedings</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01455952v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The composition of agricultural landscapes influences life history traits of honeybee workers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Requier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierrick Aupinel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Francois Odoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Bretagnolle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6. European Conference on Behavioural Biology (ECBB)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2012, Duisburg-Essen, Germany. 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02806348v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modelling N nutrition impact on root architecture of Arabidopsis thaliana</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Richard-Molard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier O. Maury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Pagès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Ney</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Workshop on Growth Phenotyping and Imaging in Plants</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2007, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03373055v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modelling N nutrition impact on plant functioning in various genotypes of Arabidopsis thaliana</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Richard-Molard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Ney</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Workshop on Growth Phenotyping and Imaging in Plants</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2007, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03373015v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modelling N nutrition impact on root architecture of Arabidopsis thaliana</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Richard-Molard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Pagès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier O. Maury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Ney</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Workshop Nitrogen 2007</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2007, Lancaster, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03372999v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comment réagissent les racines d’une plante à la contrainte en azote? Une vision intégrée de cette réponse adaptative</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Devienne-Barret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Richard-Molard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Laperche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Ney</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7èmes Journées d’Ecologie Fonctionnelle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2005, Clermont-Ferrand, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03456921v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arabidopsis root growth and morphogenesis in relation to N availability</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Devienne-Barret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Richard-Molard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Ney</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7th International Symposium on Inorganic Nitrogen Assimilation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2004, Wageningen, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03407262v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le numérique en agriculture : des technologies aux applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noémie Bernard Le Gall</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Acta Éditions. </w:t></w:r><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Acta Éditions</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 978-2-85794-332-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04964158v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Data science pour l’agriculture et l’environnement - Méthodes et applications avec R et Python</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Makowski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Doutart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Duyme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammed El Jabri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ellipses</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2021, Formations &amp; Techniques, 9782340045774</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04905303v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De l’analyse des réseaux expérimentaux à la méta-analyse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Makowski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Piraux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Brun</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Editions Quae</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 1ère édition, 162 p., 2018, Savoir Faire (Quae), 9782759228157</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01977623v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Working with dynamic crop models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Wallach</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Makowski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James W Jones</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Brun</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Academic Press - Elsevier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 3rd Edition, 613 p., 2018, 9780128117569</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01956095v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Working with dynamic crop models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Wallach</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Makowski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James W. Jones</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Brun</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Academic Press - Elsevier, 504 p., 2014, 978-0-12-397008-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01173762v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’émergence de nouveaux modèles de numérique en agriculture : vers un numérique agricole accessible et responsable</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Bellon-Maurel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leïla Temri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Saucède</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guilhem Brunel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Piot-Lepetit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Véronique Bellon-Maurel; Karine Gauche; Martha Lucia Enriquez; Nathalie Lyon-Caen. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Appréhender l’agriculture numérique. 10 ans de recherche interdisciplinaire au sein de l’Institut #DigitAg</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, éditions Quae, pp.191-202, 2026, Update Sciences &amp; technologies, 9782759242559. </w:t></w:r><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.35690/978-2-7592-4255-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05562802v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analysis of a Network of Randomized Complete Block Design Experiments with One Factor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Makowski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Piraux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Brun</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">From Experimental Network to Meta-analysis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer Netherlands, pp.25-58, 2019, </w:t></w:r><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-94-024-1696-1_3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02889392v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Providing user-oriented uncertainty information with a vineyard model used for irrigation decisions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastien Roux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Delpuech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabriel Daudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Wéry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Practical applications of agricultural system models to optimize the use of limited water : Advances in agricultural systems modeling 5</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, American Society of Agronomy, Inc., Crop Science Society of America, Inc., and Soil Science Society of America, Inc., 440 p., 2014, 978-0-89118-344-0. </w:t></w:r><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2134/advagricsystmodel5.c8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02799214v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quand une expérimentation fait bouger les lignes de l’accompagnement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Corteel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brigitte Frotiée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Pélisse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Marie-Christine Bureau; Ivan Sainseaulieu. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Reconfigurations de l’État social en pratique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses universitaires du septentrion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.249-262, 2012, 978-2757403457</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01147466v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le droit inactivé par l’accord</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Pélisse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Emmanuel Dockès. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Au coeur des combats juridiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dalloz, pp.179 - 190, 2007, 9782247069866</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03163433v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Approches de modélisation pour l’évaluation et la comparaison des performances environnementales de systèmes de culture innovants conçus pour réduire l’usage des pesticides : intégration spatiale et temporelle, traitement des incertitudes (Perform). Rapport final, 44 p.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Mamy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Alletto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrique Barriuso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Bedos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Benoit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03266648v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'insertion par l'activité économique : une tension entre deux logiques parfois contradictoires&amp;quot;,</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Pélisse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Brun</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00178815v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spatiotemporal drivers of crop pests and pathogens abundance at the landscape scale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Delaune</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémy Ballot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Gouwie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Maupas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sausse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (preprint/prepublication)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02947663v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mamy L, Alletto L, Barriuso E, Bedos C, Benoit P, Brun F, Gabrielle B, Giuliano S, Hart ADM, Justes E, Kennedy MC, Makowski D, Marín-Benito JM, Moeys J, Pot V, Poudroux D, Quemar T, Rametti G, Yemadje-Lammoglia SK, 2017. Approches de modélisation pour l’évaluation et la comparaison des performances environnementales de systèmes de culture innovants conçus pour réduire l’usage des pesticides : intégration spatiale et temporelle, traitement des incertitudes (Perform). Rapport final, avril 2017, 44 p</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Mamy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Alletto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrique Barriuso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Bedos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Benoit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] INRAE. 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03265791v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modélisation du fonctionnement de la plante Arabidopsis thaliana dans différents contextes de disponibilité en N du sol: impact sur l'architecture racinaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Brun</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sciences du Vivant [q-bio]. Université Paris Sud - Paris 11, 2006. Français. </w:t></w:r><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-02824095v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId351"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -185,51 +185,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:francois.brun@acta.asso.fr" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.modelia.org" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05477021v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Schneider" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Hirschy" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Brun" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romario Jacques" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Malot" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/ciag-2026-vol109-art20" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05477649v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/ciag-2026-vol109-art18" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05214356v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bachar Tarraf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Korgan Aldebert" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Debord" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Raynaud" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compag.2025.110825" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05381093v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Joudelat" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Rousseau" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Maupas" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/ciag-2025-vol107-art16" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05137782v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#225;udia Mendes" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Makowski" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eja.2025.127743" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04566369v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Roux" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yulin Zhang" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agrformet.2024.109934" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04382202v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Gauriau" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Gal&#225;rraga" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Termier" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Davadan" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.atech.2023.100380" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04327594v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Lauga" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;lo&#239;se Gilles" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Balvay" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Pinet" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/ciag-2023-vol88-art13" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03764848v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Allier Fabrice" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierrick Aupinel" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colombe Chevallereau" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Dangleant" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/ciag-2022-vol85-art18" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03918130v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brun Fran&#231;ois" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rajaoba Mathieu" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaudin Fran&#231;ois" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04432362v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Chen" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Raynal" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Gourdain" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15454/arky-ab40" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03522417v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivana Aleksovska" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Faivre" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1175/WAF-D-20-0128.1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02875104v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-020-62954-4" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02467295v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Terry Ashton" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Backes" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnim Balzer" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Berge" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Bolmont" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.astropartphys.2019.102425" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02638984v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Requier" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Henry" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Decourtye" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1365-2656.13248" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02520935v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0230254" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02947663v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Delaune" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Ballot" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Gouwie" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Maupas" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Sausse" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/641555" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02310092v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Brun" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/PHYTO-12-17-0412-R" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02617818v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cropro.2019.104926" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02336803v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#252;rgen Kn&#246;dlseder" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luigi Tibaldo" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Domenico Tiziani" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Specovious" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josh Cardenzana" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201936010" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04809459v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine-Karen Lammoglia" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaud Quemar" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Moeys" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enrique Barriuso" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envsoft.2018.08.007" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-Z712KL6Z-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837863v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Chabert" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Taupin" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233;phine Peign&#233;" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Gervois" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15454/1.5191186326957144E12" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03297261v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Andrivon" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Reynaud" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Champeil" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Folcher" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline de Jerphanion" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01857290v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01934574v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bazin" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/migra.170.0119" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01604466v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Caubel" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Launay" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Ripoche" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Gouache" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Buis" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eja.2017.07.004" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01504455v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias A. Becher" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliet L. Osborne" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Kennedy" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13592-016-0476-0" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01652927v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Mamy" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Alletto" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Bedos" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Benoit" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15454/1.5138497191833892E12" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01675817v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Savary" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Jouanin" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ir&#232;ne Felix" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Piraux" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15454/1.5138436922221646E12" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01530793v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Michel" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cropro.2016.12.013" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02634444v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ir&#232;ne F&#233;lix" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10658-016-0954-2" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01448412v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10658-016-0887-9" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02634443v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10658-016-0955-1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02638142v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stacia Stetkiewicz" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Willocquet" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10658-015-0650-7" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04542017v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/s86y-s249" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02636122v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Roux" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel D. Wallach" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eja.2013.09.008" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-6W2ZGHZ9-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04650451v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Masselin-Silvin" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ad&#233;la&#239;de Wissocq" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Samie" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Cheruy-Pottiau" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Dreux" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/8apk-nv53" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01186800v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Bensadoun" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Pag&#233;" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agrformet.2012.04.019" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-LHW04RVK-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01208600v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Chabert" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Buisson" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Ruck" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/dr8b-xj18" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01376383v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Corteel" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me P&#233;lisse" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-01719468v2" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfs.533.0429" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02645048v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Keussayan" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Lacroix" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques-Eric J.-E. Bergez" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2134/agronj2012.0038" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02651714v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel A. Decourtye" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Devillers" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Bagnis" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10646-011-0594-4" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-7DZ5KCLD-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01192140v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Richard-Molard" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Pag&#232;s" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Chelle" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Ney" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/erq090" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02667320v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Gauthier" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03372934v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cbpa.2009.04.634" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-XGPG4WXG-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01192006v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annemarie Krapp" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francoise Vedele" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/erm363" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05387748v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Le Nagat-Neher" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Lemoine-Goumard" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Grondin" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Fauverge" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22323/1.501.0584" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04410572v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03918080v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Vallet" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Gouwie" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03266420v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02787757v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Ricci" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01958294v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01958293v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02736145v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon van de Kerckhove" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01554379v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Bernhard" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4969001" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739034v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fety Andrianasolo Nambinina" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Casadebaig" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Champolivier" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Maury" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01584583v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Donath" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Svenja Carrigan" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ryan Chaves" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christoph Deil" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22323/1.236.0782" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02800323v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Saccareau" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Moreno-Romieux" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Ciappesoni" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno B. Goffinet" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02802139v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe P. Debaeke" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02806524v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02746268v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02749871v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02746439v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Francois Odoux" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02746129v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Lopez" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02746514v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime B&#233;guin" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02811765v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02820026v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Devilliers" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02817636v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Waksman" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Donnat" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Coffion" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03258541v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01191929v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Laperche" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03322834v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Pag&#232;s" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03372988v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02790579v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-02351000v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Aubin" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Francoise Adam-Blondon" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Alaux" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mouhamadou Ba" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phan Bernard" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.3520300" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02789599v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-No&#235;l Aubertot" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bedoussac" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Bertuzzi" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02408208v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Cadero" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexia Aubry" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Dourmad" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvon Sala&#252;n" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01604465v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Villerd" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oph&#233;lie Jolys" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale M&#233;tais" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie G. Munier-Jolain" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01455952v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Cad&#233;ro" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Brossard" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02806348v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Bretagnolle" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03373055v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier O. Maury" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03373015v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03372999v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03456921v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Devienne-Barret" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03407262v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04964158v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Bernard Le Gall" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://acta-editions.com/shop/a055-le-numerique-en-agriculture-des-technologies-aux-applications-2169#attr=" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04905303v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Doutart" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Duyme" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed El Jabri" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-ellipses.fr/accueil/13446-data-science-pour-lagriculture-et-lenvironnement-methodes-et-applications-avec-r-et-python-9782340045774.html" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01977623v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.quae.com/produit/1514/9782759228164/de-l-analyse-des-reseaux-experimentaux-a-la-meta-analyse" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01956095v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Wallach" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James W Jones" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.elsevier.com/books/title/author/9780128117569" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173762v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James W. Jones" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02889392v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-94-024-1696-1_3" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02799214v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Delpuech" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Daudin" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques W&#233;ry" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2134/advagricsystmodel5.c8" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01147466v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Froti&#233;e" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.septentrion.com" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03163433v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03266648v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00178815v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03265791v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-02824095v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:francois.brun@acta.asso.fr" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.modelia.org" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05477021v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Schneider" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Hirschy" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Brun" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romario Jacques" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Malot" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/ciag-2026-vol109-art20" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05477649v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/ciag-2026-vol109-art18" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05214356v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bachar Tarraf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Korgan Aldebert" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Debord" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Raynaud" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compag.2025.110825" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05381093v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Joudelat" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Rousseau" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Maupas" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/ciag-2025-vol107-art16" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05137782v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#225;udia Mendes" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Makowski" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eja.2025.127743" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04566369v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Roux" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yulin Zhang" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agrformet.2024.109934" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04382202v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Gauriau" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Gal&#225;rraga" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Termier" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Davadan" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.atech.2023.100380" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04327594v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Lauga" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;lo&#239;se Gilles" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Balvay" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Pinet" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/ciag-2023-vol88-art13" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03764848v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Allier Fabrice" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierrick Aupinel" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colombe Chevallereau" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Dangleant" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/ciag-2022-vol85-art18" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03918130v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brun Fran&#231;ois" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rajaoba Mathieu" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaudin Fran&#231;ois" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04432362v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Chen" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Raynal" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Gourdain" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15454/arky-ab40" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03522417v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivana Aleksovska" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Faivre" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1175/WAF-D-20-0128.1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02467295v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Terry Ashton" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Backes" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnim Balzer" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Berge" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Bolmont" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.astropartphys.2019.102425" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02875104v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-020-62954-4" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02638984v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Requier" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Henry" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Decourtye" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1365-2656.13248" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02520935v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0230254" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02617818v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Brun" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cropro.2019.104926" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02310092v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/PHYTO-12-17-0412-R" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02336803v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#252;rgen Kn&#246;dlseder" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luigi Tibaldo" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Domenico Tiziani" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Specovious" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josh Cardenzana" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201936010" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04809459v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine-Karen Lammoglia" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaud Quemar" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Moeys" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enrique Barriuso" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envsoft.2018.08.007" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-Z712KL6Z-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837863v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Chabert" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Taupin" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233;phine Peign&#233;" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Gervois" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15454/1.5191186326957144E12" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03297261v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Andrivon" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Reynaud" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Champeil" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Folcher" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline de Jerphanion" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01857290v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01934574v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bazin" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/migra.170.0119" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01604466v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Caubel" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Launay" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Ripoche" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Gouache" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Buis" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eja.2017.07.004" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01652927v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Mamy" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Alletto" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Bedos" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Benoit" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15454/1.5138497191833892E12" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01504455v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias A. Becher" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliet L. Osborne" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Kennedy" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13592-016-0476-0" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01675817v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Savary" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Jouanin" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ir&#232;ne Felix" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Piraux" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15454/1.5138436922221646E12" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01530793v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Michel" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cropro.2016.12.013" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02634444v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ir&#232;ne F&#233;lix" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10658-016-0954-2" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01448412v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10658-016-0887-9" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02634443v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10658-016-0955-1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02638142v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stacia Stetkiewicz" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Willocquet" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10658-015-0650-7" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04542017v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/s86y-s249" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02636122v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Roux" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel D. Wallach" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eja.2013.09.008" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-6W2ZGHZ9-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04650451v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Masselin-Silvin" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ad&#233;la&#239;de Wissocq" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Samie" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Cheruy-Pottiau" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Dreux" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/8apk-nv53" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01186800v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Bensadoun" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Pag&#233;" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agrformet.2012.04.019" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-LHW04RVK-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01376383v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Corteel" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me P&#233;lisse" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01208600v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Chabert" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Buisson" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Ruck" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/dr8b-xj18" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-01719468v2" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfs.533.0429" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02645048v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Keussayan" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Lacroix" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques-Eric J.-E. Bergez" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2134/agronj2012.0038" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02651714v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel A. Decourtye" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Devillers" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Bagnis" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10646-011-0594-4" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-7DZ5KCLD-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01192140v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Richard-Molard" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Pag&#232;s" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Chelle" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Ney" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/erq090" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02667320v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Gauthier" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03372934v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cbpa.2009.04.634" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-XGPG4WXG-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01192006v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annemarie Krapp" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francoise Vedele" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/erm363" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05387748v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Le Nagat-Neher" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Lemoine-Goumard" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Grondin" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Fauverge" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22323/1.501.0584" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04410572v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03918080v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Vallet" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Gouwie" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02787757v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Ricci" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03266420v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01958293v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01958294v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02736145v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon van de Kerckhove" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01554379v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Bernhard" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4969001" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739034v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fety Andrianasolo Nambinina" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Casadebaig" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Champolivier" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Maury" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01584583v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Donath" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Svenja Carrigan" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ryan Chaves" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christoph Deil" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22323/1.236.0782" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02800323v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Saccareau" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Moreno-Romieux" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Ciappesoni" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno B. Goffinet" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02802139v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe P. Debaeke" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02746268v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02806524v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02746439v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Francois Odoux" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02749871v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02746514v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime B&#233;guin" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02746129v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Lopez" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02811765v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02820026v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Devilliers" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02817636v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Waksman" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Donnat" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Coffion" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03258541v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01191929v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Laperche" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03322834v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Pag&#232;s" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03372988v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02790579v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-02351000v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Aubin" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Francoise Adam-Blondon" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Alaux" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mouhamadou Ba" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phan Bernard" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.3520300" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02789599v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-No&#235;l Aubertot" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bedoussac" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Bertuzzi" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02408208v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Cadero" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexia Aubry" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Dourmad" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvon Sala&#252;n" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01604465v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Villerd" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oph&#233;lie Jolys" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale M&#233;tais" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie G. Munier-Jolain" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01455952v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Cad&#233;ro" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Brossard" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02806348v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Bretagnolle" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03373055v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier O. Maury" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03373015v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03372999v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03456921v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Devienne-Barret" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03407262v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04964158v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Bernard Le Gall" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://acta-editions.com/shop/a055-le-numerique-en-agriculture-des-technologies-aux-applications-2169#attr=" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04905303v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Doutart" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Duyme" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed El Jabri" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-ellipses.fr/accueil/13446-data-science-pour-lagriculture-et-lenvironnement-methodes-et-applications-avec-r-et-python-9782340045774.html" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01977623v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.quae.com/produit/1514/9782759228164/de-l-analyse-des-reseaux-experimentaux-a-la-meta-analyse" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01956095v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Wallach" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James W Jones" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.elsevier.com/books/title/author/9780128117569" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173762v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James W. Jones" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05562802v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Bellon-Maurel" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Le&#239;la Temri" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Sauc&#232;de" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Brunel" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Piot-Lepetit" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.35690/978-2-7592-4255-9" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02889392v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-94-024-1696-1_3" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02799214v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Delpuech" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Daudin" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques W&#233;ry" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2134/advagricsystmodel5.c8" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01147466v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Froti&#233;e" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.septentrion.com" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03163433v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03266648v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00178815v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02947663v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Delaune" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Ballot" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Gouwie" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Maupas" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Sausse" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03265791v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-02824095v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>