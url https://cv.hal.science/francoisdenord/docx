--- v0 (2026-03-07)
+++ v1 (2026-03-30)
@@ -234,50 +234,388 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05027410v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Des morales de classe ? Dispositions éthiques et positions sociales dans la France contemporaine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémy Caveng</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Darbus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Denord</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Serre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Thine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Actes de la Recherche en Sciences Sociales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 224 (4), pp.76-101. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/arss.224.0076⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02381516v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Primus inter pares? The French field of power and its power elite</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Denord</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Lagneau-Ymonet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Thine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Socio-Economic Review</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 16 (2), pp.277-306. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/ser/mwx033⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03093813v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Primus inter pares? The French field of power and its power elite</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Denord</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Lagneau-Ymonet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Thine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Socio-Economic Review</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 16, pp.277 - 306. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/ser/mwx033⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04337176v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Des morales de classe ? Dispositions éthiques et positions sociales dans la France contemporaine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémy Caveng</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
@@ -325,2242 +663,1904 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Actes de la Recherche en Sciences Sociales</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 224, pp.76-101</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03698113v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">Des morales de classe ? Dispositions éthiques et positions sociales dans la France contemporaine</w:t>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Class morals? Ethical dispositions and social positions in contemporary France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Remy Caveng</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Darbus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Denord</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Serre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Thine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Actes de la Recherche en Sciences Sociales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 224, pp.76-101</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03688992v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Entreprendre et dominer : le cas des consultants</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémy Caveng</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Fanny Darbus</w:t>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Denord</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">François Denord</w:t>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Thine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Delphine Serre</w:t>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Lagneau-Ymonet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Sociétés contemporaines</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 1 (89), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/soco.089.0073⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01520507v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Entreprendre et dominer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Thine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Lagneau-Ymonet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Denord</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémy Caveng</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Sociétés contemporaines</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 89 (1), pp.73. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/soco.089.0073⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03093719v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Comment lier l'économique et le social ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Denord</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul-Andre Rosental</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Gouvernement &amp; action publique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 2 (2), pp.185 - 219. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/gap.132.0183⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02108954v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Social capital in the field of power: the case of Norway</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Denord</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johs. Hjellbrekke</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olav Korsnes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Lebaron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brigitte Le Roux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Sociological Review</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 59 (1), pp.86-108. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/j.1467-954x.2010.01994.x⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00625920v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le champ du pouvoir en France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Denord</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Lagneau-Ymonet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Thine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Actes de la Recherche en Sciences Sociales</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018, 224 (4), pp.76-101. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/arss.224.0076⟩</w:t>
+              <w:t xml:space="preserve">, 2011, 190 (5), pp.24. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/arss.190.0024⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Primus inter pares? The French field of power and its power elite</w:t>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03093702v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Danièle Fraboulet. Quand les patrons s’organisent. Stratégies et pratiques de l’Union des industries métallurgiques et minières 1901-1950. Villeneuve-d’Ascq, Presses universitaires du Septentrion, 2007, 370 p. (avec cédérom).</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Denord</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les Annales. Histoire, sciences sociales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 65 (3), pp.820-821. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/s039526490004097x⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03093819v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'économie (très) politique du traité de Rome</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Denord</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Paul Lagneau-Ymonet</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Schwartz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Politix</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, n° 89 (1), pp.35. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/pox.089.0035⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03093740v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Régis Boulat, Jean Fourastié, un expert en productivité. La modernisation de la France (années 1930–années 1950)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Denord</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Travail et Emploi</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 117, pp.93-94. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/travailemploi.4158⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03093743v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Néo-libéralisme et « économie sociale de marché » : les origines intellectuelles de la politique européenne de la concurrence (1930-1950)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Denord</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Histoire, économie et société</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 27e année (1), pp.23. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/hes.081.0023⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03093757v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Néo-libéralisme et &amp;quot;économie sociale de marché&amp;quot; : les origines intellectuelles de la politique européenne de la concurrence</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Denord</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Histoire, économie et société</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, n° 1, p. 7-17</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00283251v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le prophète du néo-libéralisme français</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Denord</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Philosophia Scientiae</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, Cahier spécial, p. 121-133</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00283257v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le prophète du néo-libéralisme français</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Denord</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Philosophia Scientiae</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, CS 7, pp.121-133. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/philosophiascientiae.435⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03093797v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Benamouzig, La santé au miroir de l’économie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Denord</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Histoire &amp; Mesure</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, XXII (2), pp.179-181. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/histoiremesure.2593⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03093750v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La “modernisation” avant la lettre : le patronat français et la rationalisation (1925-1940)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Denord</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Sociétés contemporaines</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, n° 68, p. 83-104</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00283255v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La « modernisation » avant la lettre : le patronat français et la rationalisation (1925-1940)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Denord</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...28 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/ser/mwx033⟩</w:t>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Odile Henry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Sociétés contemporaines</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 68 (4), pp.83. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/soco.068.0083⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Primus inter pares? The French field of power and its power elite</w:t>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02381246v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Révolutionnairement vôtre »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Denord</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/ser/mwx033⟩</w:t>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Zunigo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Actes de la Recherche en Sciences Sociales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 158 (3), pp.8. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/arss.158.0008⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...93 lines deleted...]
-                <w:t xml:space="preserve">Sylvain Thine</w:t>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03093724v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">”Révolutionnairement vôtre”. Economie marxiste, militantisme intellectuel et expertise politique chez Charles Bettelheim</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Denord</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Actes de la Recherche en Sciences Sociales</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018, 224, pp.76-101</w:t>
+              <w:t xml:space="preserve">, 2005, n° 158, p. 8-29</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...105 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00283261v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Réseaux (théorie des)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Denord</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Notionnaire de sciences sociales. Dictionnaire des idées</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, pp.697-699</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...105 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00199602v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La conversion au néo-libéralisme. Droites et libéralisme économique dans les années 1980</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Denord</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Mouvements : des idées et des luttes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, 35, pp.17-23</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...77 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/gap.132.0183⟩</w:t>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00199599v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La conversion au néo-libéralisme.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Denord</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Mouvements : des idées et des luttes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, 35 (5), pp.17. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/mouv.035.0017⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...1311 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/mouv.035.0017⟩</w:t>
-[...17 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">hal-03093753v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">halshs-00199599v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le prophète, le pèlerin et le missionnaire</w:t>
               </w:r>
@@ -2879,2822 +2879,2822 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03916289v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Discussion sur le futur de la coopération scientifique franco-norvégienne au Centre franco-norvégien en sciences humaines et sociales</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Denord</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Discussion sur le futur de la coopération scientifique franco-norvégienne au Centre franco-norvégien en sciences humaines et sociales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2021, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03916373v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Animation / discussion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Denord</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">« Le désintéressement »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2021, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03916381v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Animation / discussion », Board “Overlapping social circles in historical elite career networks: Using ‘k-circles’ as a minimal members decomposition approach”</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Denord</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">"Overlapping social circles in historical elite career networks: Using ‘k-circles’ as a minimal members decomposition approach”</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2021, Copenhague, Denmark</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03916394v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Enquêter sur les élites : des données comme les autres ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Denord</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La science à l’épreuve des données (SED)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2021, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03916307v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Introduction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Denord</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Pour une sociologie historique et réflexive de la sociologie. Autour de Johan Heilbron, organisée par le CESSP et le laboratoire Printemps</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2021, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03916311v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
-[...34 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2021, Paris, France</w:t>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Discussion des travaux de Monica Prasad</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Denord</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire Economie politique du changement institutionnel (EPCI)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2020, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2021, Copenhague, Denmark</w:t>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03916313v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Economic Power in Contemporary France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Denord</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Thine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Lagneau-Ymonet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Studying elites</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2019, Copenhague, Denmark</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2021, Paris, France</w:t>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03916379v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Des élites de la République, au champ du pouvoir économique, l’ancien et le nouveau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Denord</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire de Christophe Charle (ENS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2019, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2021, Paris, France</w:t>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03916303v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Enquêter sur le champ du pouvoir. Les médecins dans le Concert des puissants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Denord</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Lagneau-Ymonet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire « Professions de santé et profession politique » (Triangle)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2019, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2020, Paris, France</w:t>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03916327v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Discussion de Guillaume Gourgues et Ronald Reid à propos de « l’affaire Lip »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Denord</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Table ronde organisée par le Groupe d’histoire économique – GrHEco, le Centre de recherches historiques – CRH, le Centre européen de sociologie et de science politique – CESSP,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2019, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
-[...21 lines deleted...]
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03916320v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le Concert des puissants</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Denord</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire du LASSP (Institut d’études politiques de Toulouse)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2019, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03916318v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le champ du pouvoir économique dans la France d’aujourd’hui</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Denord</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Lagneau-Ymonet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Penser les points de passage entre l’élite économique et politique, Congrès de la Société québécoise de science politique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2019, Montréal, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03916396v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">Economic Power in Contemporary France</w:t>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le Concert des puissants</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Denord</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Lagneau-Ymonet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire du SAGE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2018, Strasbourg, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03916331v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Discussion des travaux de Tomasz Warczok et Tomasz Zariycki</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Denord</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire du CESSP</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2017, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03916348v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Discussion des travaux de Johs Hjellbrekke</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Denord</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire du CESSP</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2017, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03916360v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Discussion de Claire Lemercier et Pierre François, « Comment les grandes entreprises « font groupe » en France (années 1900 – années 2000) »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Denord</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ENSAE, Séminaire de sociologie quantitative</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2017, Malakoff, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03916355v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les énarques en cabinet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Denord</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Thine</w:t>
               </w:r>
             </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journée d’études sur les élites gouvernementales en France</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université Lille 2; Université Paris 1; CESSP; CERAPS; Labex TEPSIS, Mar 2017, Lille, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03916365v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Comment coder des trajectoires ? Un point de vue à partir d’enquêtes sur le champ du pouvoir</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Denord</w:t>
+              </w:r>
+            </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Thine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Lagneau-Ymonet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Studying elites</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2019, Copenhague, Denmark</w:t>
+              <w:t xml:space="preserve">Séminaire « Elites administratives » (ENS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2017, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
-[...69 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2019, Lyon, France</w:t>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03916336v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les doctrines économiques en France (1930-1950)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Denord</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque « Les discours sur l'économie. Journalisme, expertise, militantisme »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2008, Cap Hornu, Saint Valéry sur Somme, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2019, Paris, France</w:t>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00283266v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le néo-libéralisme français : histoire d'un courant de pensée et de ses lieux de sociabilités (1930-1960)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Denord</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire du samedi, IFESI</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2007, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2019, Paris, France</w:t>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00283294v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The analysis of an intellectual configuration</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Denord</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Conférence, Académie des sciences sociales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2007, Shanghaï, China</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
-[...69 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2018, Strasbourg, France</w:t>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00283269v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The analysis of an intellectual configuration : institutions and individuals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Denord</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Geometric Data Analysis (including Correspondence Analysis) in the Sociology of Education and Culture, Uppsala University</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2007, Uppsala, Sweden</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
-[...82 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2017, Paris, France</w:t>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00283281v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La naissance du &amp;quot;patronat modernisateur&amp;quot; (1925-1940)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Denord</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire TEV-VIPP, Clersé</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2007, Villeneuve d'Ascq, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2017, Paris, France</w:t>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00283286v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">De l'art délicat de la construction institutionnelle : le régime de Vichy et le pilotage de la politique socio-économique par des instances de conseil et d'expertise (1940-1944)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Denord</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journée « Recherches récentes en analyse géométrique des données sociologiques », CURAPP</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2007, Amiens, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, May 2017, Malakoff, France</w:t>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00283276v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Qu'est-ce que le néo-libéralisme ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Denord</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Conférence, Université de Tondji</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2007, Shanghaï, Chine</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2017, Paris, France</w:t>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00283270v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Néo-libéralisme et &amp;quot;économie sociale de marché&amp;quot; : les origines intellectuelles de la politique européenne de la concurrence (1930-1950)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Denord</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque « La politique de la concurrence européenne, 1930-2005 », Université Paris IV-Sorbonne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2007, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
-[...69 lines deleted...]
-              <w:t xml:space="preserve">, Université Lille 2; Université Paris 1; CESSP; CERAPS; Labex TEPSIS, Mar 2017, Lille, France</w:t>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00283285v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Causalité et corrélation : l'analyse factorielle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Denord</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire « L'histoire et l'historien face au quantitatif », Ecole normale supérieure</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2007, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2008, Cap Hornu, Saint Valéry sur Somme, France</w:t>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00283292v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La circulation internationale du libéralisme et ses acteurs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Denord</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Conférence, Université de Fudan</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2007, Shanghaï, Chine</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2007, Shanghaï, Chine</w:t>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00283273v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Analyse factorielle et analyses de réseaux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Denord</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire « Initiation aux méthodes statistiques d'analyse des réseaux sociaux », EHESS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2006, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, May 2007, Paris, France</w:t>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00283302v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La &amp;quot;rationalisation&amp;quot; du patronat (1925-1940)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Denord</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journée d'étude « Enquêter les mondes patronaux » du GDR Economie-Sociologie organisée par le Centre de sociologie européenne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2006, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2007, Uppsala, Sweden</w:t>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00283296v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Qualitatif / quantitatif. Analyses de correspondances et analyses de réseaux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Denord</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire « Pratiques de la recherche. Approches qualitatives », Iresco</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2006, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2007, Villeneuve d'Ascq, France</w:t>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00283306v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Introduction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Denord</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Atelier « L'internationalisme libéral », Colloque international « La circulation internationale des idées : Producteurs, vecteurs, modalités », réseau ESSE (Pour un espace des sciences sociales européen)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2006, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2007, Shanghaï, China</w:t>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00283301v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Autonomie et hétéronomie dans les sciences sociales : l'exemple des théoriciens du néo-libéralisme</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Denord</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire « Sciences de l'homme et institutions universitaires : la circulation des savoirs », EHESS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2006, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2007, Paris, France</w:t>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00283305v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The rebirth of Liberalism and the decline of French Neo-liberalism</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Denord</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Workshop « How neoliberalism became a transnational movement », International Center for Advanced Studies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2005, New York, États-Unis</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2007, Amiens, France</w:t>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00283312v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les postérités des relèves néo-libérales en France au tournant des années 1950</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Denord</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque « Les relèves en Europe d'un après-guerre à l'autre : racines, réseaux, projets et postérités »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2005, Luxembourg, Luxembourg</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2007, Shanghaï, Chine</w:t>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00283313v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Méthodes géométriques et capital social. Comment analyser l'émergence d'un groupe ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Denord</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire « nouvelles approches en histoire des institutions et des mouvements sociaux. Trajectoires d'engagement, réseaux d'organisations », EHESS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2005, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2007, Paris, France</w:t>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00283310v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">De quel capital social parle-t-on ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Denord</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire franco-finlandais sur le Capital Social, Université de Jyvaskyla</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2005, Jyvaskyla, Finlande</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2006, Paris, France</w:t>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00283321v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les origines du néo-libéralisme français</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Denord</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire « Travail, éducation, ville », Clersé</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2005, Villeneuve d'Ascq, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2006, Paris, France</w:t>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00283317v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le néo-libéralisme : analyse d'une doctrine économique, d'un milieu et de sa structure relationnelle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Denord</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire « Réseaux &amp; régulation », Clersé-Lasmas</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2005, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
-[...275 lines deleted...]
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00283316v1</w:t>
-              </w:r>
-[...343 lines deleted...]
-                <w:t xml:space="preserve">halshs-00283312v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louis Rougier, philosophe antirationaliste et libéral</w:t>
               </w:r>
@@ -6325,51 +6325,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les vieux habits du &amp;quot;monde d'après</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Denord</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Lagneau-Ymonet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Allan Popelard; Antony Burlaud; Grégory Rzepski. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le nouveau monde. Tableau de la France néolibérale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Editions Amsterdam, pp.61-71, 2021, L'ordinaire Du Capital, 9782354802301</w:t>
@@ -6392,50 +6392,236 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03373410v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">The Power Structure and Affiliation Network Analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Denord</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Lagneau-Ymonet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Laurens</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Researching Elites and Power</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Springer International Publishing, pp.17-31, 2020, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-030-45175-2_2⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03093811v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Researching Elites and Power. Theory, Methods, Analyses. Conclusion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Denord</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Francois Denord; Mikael Palme; Bertrand Réau. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Researching Elites and Power. Theory, Methods, Analyses</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 16, Springer International Publishing, pp.265-271, 2020, Methodos Series, 978-3-030-45174-5. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-030-45175-2_21⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03093784v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Researching Elites and Power. Theory, Methods, Analyses. Introduction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Denord</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
@@ -6451,496 +6637,310 @@
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Réau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Francois Denord; Mikael Palme; Bertrand Réau. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Researching Elites and Power. Theory, Methods, Analyses</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 16, Springer International Publishing, pp.1-14, 2020, Methodos Series, 978-3-030-45174-5. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-030-45175-2_1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03093787v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId132" w:history="1">
-[...68 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/978-3-030-45175-2_2⟩</w:t>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The Long Road of French Neoliberalism</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Denord</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Postwar Conservatism, A Transnational Investigation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Springer International Publishing, pp.79-94, 2017, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-319-40271-0_4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId132" w:history="1">
-[...68 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/978-3-030-45175-2_21⟩</w:t>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03093789v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chapitre 4. Géométrie des réseaux sociaux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Denord</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La méthodologie de Pierre Bourdieu en action</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dunod, pp.59, 2015, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/dunod.lebar.2015.01.0059⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId135" w:history="1">
-[...64 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/978-3-319-40271-0_4⟩</w:t>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03093732v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les néolibéraux de l’entre-deux-guerres face au marché</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Denord</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Genèse des marchés</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Institut de la gestion publique et du développement économique, pp.237-246, 2015, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/books.igpde.3927⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId137" w:history="1">
-[...77 lines deleted...]
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03093801v1</w:t>
-              </w:r>
-[...76 lines deleted...]
-                <w:t xml:space="preserve">hal-03093732v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bettelheim, Charles</w:t>
               </w:r>
@@ -7090,1614 +7090,1614 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Ethnocentrisme</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Denord</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dictionnaire international Bourdieu</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03916443v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Champ du pouvoir</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Denord</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dictionnaire international Bourdieu</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03916416v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sociodicée</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Denord</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dictionnaire international Bourdieu</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03916469v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Relations objectives</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Denord</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dictionnaire international Bourdieu</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03916461v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Autorité</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Denord</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dictionnaire international Bourdieu</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03916399v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Champ de production idéologique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Denord</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dictionnaire international Bourdieu</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03916409v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nature</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Denord</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dictionnaire international Bourdieu</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03916455v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Libéralisme</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Denord</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dictionnaire international Bourdieu</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03916451v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Impérialisme</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Denord</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dictionnaire international Bourdieu</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03916445v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corps (effet de)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Denord</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dictionnaire international Bourdieu</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03916430v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Monde Diplomatique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Denord</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dictionnaire international Bourdieu</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03916453v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Classe dominante</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Denord</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dictionnaire international Bourdieu</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03916420v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bourgeoisies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Denord</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dictionnaire international Bourdieu</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03916400v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Intégration</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Denord</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dictionnaire international Bourdieu</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03916450v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Capital symbolique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Denord</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dictionnaire international Bourdieu</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03916407v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Imposition</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Denord</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dictionnaire international Bourdieu</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03916447v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Néolibéralisme</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Denord</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dictionnaire international Bourdieu</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03916457v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Concentration</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Denord</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dictionnaire international Bourdieu</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03916424v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Domination</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Denord</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dictionnaire international Bourdieu</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03916438v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Capital social</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Denord</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dictionnaire international Bourdieu</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03916403v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Domestication des dominés</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Denord</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dictionnaire international Bourdieu</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03916433v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cooptation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Denord</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dictionnaire international Bourdieu</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03916427v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Réseaux (Théorie des)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Denord</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dictionnaire international Bourdieu</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03916466v1</w:t>
-              </w:r>
-[...1516 lines deleted...]
-                <w:t xml:space="preserve">hal-03916433v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Autre publication scientifique (3)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -8771,151 +8771,151 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00283332v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Dès 1958, la &amp;quot;réforme&amp;quot; par l'Europe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Denord</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2007</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00283336v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Compte-rendu du livre de Daniel Benamouzig (La Santé au miroir de l'économie, Paris, PUF, 2005)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Denord</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2007</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00283335v1</w:t>
-              </w:r>
-[...60 lines deleted...]
-                <w:t xml:space="preserve">halshs-00283336v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Rapport (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -9224,51 +9224,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05027410v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felix B&#252;hlmann" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Ahler Christesen" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Cousin" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Denord" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christoph Houman Ellersgaard" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1468-4446.13203" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03698113v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Caveng" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Darbus" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Serre" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Thine" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02381516v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/arss.224.0076" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03093813v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Lagneau-Ymonet" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ser/mwx033" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04337176v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03688992v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remy Caveng" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01520507v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/soco.089.0073" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03093719v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-02108954v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul-Andre Rosental" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/gap.132.0183" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03093702v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/arss.190.0024" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00625920v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johs. Hjellbrekke" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olav Korsnes" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Lebaron" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Le Roux" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1467-954x.2010.01994.x" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-QTQPHS18-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03093819v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/s039526490004097x" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03093740v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Schwartz" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/pox.089.0035" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03093743v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/travailemploi.4158" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03093757v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/hes.081.0023" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00283251v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03093797v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/philosophiascientiae.435" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00283257v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00283255v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03093750v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/histoiremesure.2593" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02381246v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Henry" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/soco.068.0083" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03093724v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Zunigo" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/arss.158.0008" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00283261v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00199602v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03093753v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mouv.035.0017" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00199599v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03093712v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/arss.145.0009" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03093728v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lms.195.0009" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03916296v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03916289v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gis&#232;le Sapiro" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03916311v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03916307v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03916394v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03916381v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03916373v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03916313v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03916318v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03916396v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03916379v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03916327v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03916303v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03916320v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03916331v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03916336v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03916360v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03916355v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03916348v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03916365v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00283266v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00283273v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00283292v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00283281v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00283286v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00283269v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00283294v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00283276v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00283270v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00283285v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00283305v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00283301v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00283306v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00283302v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00283296v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00283316v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00283317v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00283313v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00283321v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00283310v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00283312v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00283325v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05027415v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand R&#233;au" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-83012-9" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03093793v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikael Palme" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-45175-2" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03508084v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Poupeau" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Duval" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Sellier" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00283326v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03251596v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.openedition.org/ined/16360?lang=fr" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03373410v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03093787v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-45175-2_1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03093811v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Laurens" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-45175-2_2" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03093784v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-45175-2_21" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03093789v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-40271-0_4" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03093801v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.igpde.3927" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03093732v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dunod.lebar.2015.01.0059" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00283328v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00199600v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03916466v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03916427v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03916445v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03916451v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03916430v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03916443v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03916416v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03916461v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03916399v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03916409v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03916455v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03916469v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03916400v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03916453v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03916420v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03916450v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03916407v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03916447v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03916457v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03916424v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03916438v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03916403v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03916433v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00283332v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00283335v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00283336v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-02286040v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Brugidou" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Evrard" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Pollard" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole-Anne S&#233;nit" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05027410v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felix B&#252;hlmann" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Ahler Christesen" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Cousin" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Denord" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christoph Houman Ellersgaard" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1468-4446.13203" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02381516v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Caveng" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Darbus" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Serre" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Thine" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/arss.224.0076" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03093813v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Lagneau-Ymonet" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ser/mwx033" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04337176v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03698113v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03688992v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remy Caveng" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01520507v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/soco.089.0073" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03093719v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-02108954v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul-Andre Rosental" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/gap.132.0183" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00625920v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johs. Hjellbrekke" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olav Korsnes" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Lebaron" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Le Roux" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1467-954x.2010.01994.x" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-QTQPHS18-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03093702v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/arss.190.0024" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03093819v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/s039526490004097x" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03093740v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Schwartz" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/pox.089.0035" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03093743v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/travailemploi.4158" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03093757v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/hes.081.0023" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00283251v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00283257v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03093797v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/philosophiascientiae.435" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03093750v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/histoiremesure.2593" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00283255v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02381246v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Henry" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/soco.068.0083" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03093724v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Zunigo" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/arss.158.0008" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00283261v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00199602v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00199599v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03093753v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mouv.035.0017" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03093712v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/arss.145.0009" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03093728v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lms.195.0009" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03916296v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03916289v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gis&#232;le Sapiro" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03916373v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03916381v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03916394v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03916307v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03916311v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03916313v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03916379v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03916303v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03916327v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03916320v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03916318v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03916396v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03916331v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03916348v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03916360v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03916355v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03916365v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03916336v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00283266v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00283294v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00283269v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00283281v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00283286v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00283276v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00283270v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00283285v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00283292v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00283273v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00283302v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00283296v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00283306v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00283301v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00283305v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00283312v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00283313v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00283310v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00283321v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00283317v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00283316v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00283325v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05027415v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand R&#233;au" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-83012-9" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03093793v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikael Palme" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-45175-2" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03508084v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Poupeau" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Duval" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Sellier" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00283326v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03251596v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.openedition.org/ined/16360?lang=fr" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03373410v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03093811v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Laurens" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-45175-2_2" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03093784v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-45175-2_21" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03093787v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-45175-2_1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03093789v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-40271-0_4" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03093732v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dunod.lebar.2015.01.0059" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03093801v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.igpde.3927" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00283328v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00199600v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03916443v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03916416v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03916469v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03916461v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03916399v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03916409v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03916455v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03916451v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03916445v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03916430v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03916453v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03916420v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03916400v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03916450v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03916407v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03916447v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03916457v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03916424v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03916438v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03916403v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03916433v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03916427v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03916466v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00283332v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00283336v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00283335v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-02286040v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Brugidou" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Evrard" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Pollard" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole-Anne S&#233;nit" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>