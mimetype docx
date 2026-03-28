--- v0 (2026-03-07)
+++ v1 (2026-03-28)
@@ -632,295 +632,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03658122v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluation of a new Histoplasma spp. reverse transcriptase quantitative PCR assay</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">No Impact of Fluconazole to Echinocandins Replacement as First-Line Therapy on the Epidemiology of Yeast Fungemia (Hospital-Driven Active Surveillance, 2004–2017, Paris, France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Bretagne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Desnos-Ollivier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Sitbon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Lortholary</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexandre Alanio</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Marion Benazra</w:t>
+                <w:t xml:space="preserve">Didier Che</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Molecular Diagnostics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jmoldx.2021.02.007⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 8, pp.641965. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fmed.2021.641965⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">pasteur-03149041v1</w:t>
+                <w:t xml:space="preserve">pasteur-03208488v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">No Impact of Fluconazole to Echinocandins Replacement as First-Line Therapy on the Epidemiology of Yeast Fungemia (Hospital-Driven Active Surveillance, 2004–2017, Paris, France)</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Olivier Lortholary</w:t>
+                <w:t xml:space="preserve">Evaluation of a new Histoplasma spp. reverse transcriptase quantitative PCR assay</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Alanio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maud Gits-Muselli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Lanternier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aude Sturny-Leclère</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Didier Che</w:t>
+                <w:t xml:space="preserve">Marion Benazra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Medicine</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 8, pp.641965. </w:t>
+              <w:t xml:space="preserve">Journal of Molecular Diagnostics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 23 (6), pp.698-709. </w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fmed.2021.641965⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jmoldx.2021.02.007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">pasteur-03208488v1</w:t>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-03149041v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Azoles susceptibility profiles of more than 9,000 clinical yeast isolates belonging to 40 common and rare species</w:t>
               </w:r>
@@ -1164,278 +1164,278 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03404538v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yarrowia lipolytica causes sporadic cases and local outbreaks of infections and colonisation</w:t>
+                <w:t xml:space="preserve">Epidemiological investigation for grouped cases of Trichosporon asahii using whole genome and IGS1 sequencing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Desnos-Ollivier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cécile Neuvéglise</w:t>
+                <w:t xml:space="preserve">Corinne Maufrais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Pihet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Aznar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Dromer</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mycoses</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, 63 (7), pp.737-745. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/myc.13095⟩</w:t>
+              <w:t xml:space="preserve">, 2020, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/myc.13126⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02927050v1</w:t>
+                <w:t xml:space="preserve">hal-02862513v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Epidemiological investigation for grouped cases of Trichosporon asahii using whole genome and IGS1 sequencing</w:t>
+                <w:t xml:space="preserve">Yarrowia lipolytica causes sporadic cases and local outbreaks of infections and colonisation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Desnos-Ollivier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Marc Pihet</w:t>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Letscher-Bru</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christine Aznar</w:t>
+                <w:t xml:space="preserve">Cécile Neuvéglise</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Dromer</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mycoses</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, </w:t>
+              <w:t xml:space="preserve">, 2020, 63 (7), pp.737-745. </w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/myc.13126⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/myc.13095⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02862513v1</w:t>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02927050v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Saprochaete clavata Outbreak Infecting Cancer Center through Dishwasher</w:t>
               </w:r>
@@ -1594,51 +1594,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dea Garcia-Hermoso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Dromer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanny Lanternier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Maulin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1683,498 +1683,498 @@
                 </w:rPr>
                 <w:t xml:space="preserve">pasteur-03222501v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of Routine Cryptococcal Antigen Screening and Targeted Preemptive Fluconazole Therapy in Antiretroviral-naive Human Immunodeficiency Virus–infected Adults With CD4 Cell Counts &amp;lt;100/μL: A Systematic Review and Meta-analysis</w:t>
+                <w:t xml:space="preserve">Correction: Cryptococcus neoformans resists to drastic conditions by switching to viable but non-culturable cell phenotype</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elvis Temfack</w:t>
+                <w:t xml:space="preserve">Benjamin Hommel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aude Sturny-Leclère</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean Joel Bigna</w:t>
+                <w:t xml:space="preserve">Stevenn Volant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Henry Luma</w:t>
+                <w:t xml:space="preserve">Nathanaël Veluppillai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rene Spijker</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Graeme Meintjes</w:t>
+                <w:t xml:space="preserve">Magalie Duchateau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Clinical Infectious Diseases</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/cid/ciy567⟩</w:t>
+              <w:t xml:space="preserve">PLoS Pathogens</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 15 (9), pp.e1008070. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.ppat.1008070⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">pasteur-02193022v1</w:t>
+                <w:t xml:space="preserve">pasteur-02612897v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isavuconazole MIC distribution of 29 yeast species responsible for invasive infections (2015–2017)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Impact of Routine Cryptococcal Antigen Screening and Targeted Preemptive Fluconazole Therapy in Antiretroviral-naive Human Immunodeficiency Virus–infected Adults With CD4 Cell Counts &amp;lt;100/μL: A Systematic Review and Meta-analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elvis Temfack</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Desnos-Ollivier</w:t>
+                <w:t xml:space="preserve">Jean Joel Bigna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Bretagne</w:t>
+                <w:t xml:space="preserve">Henry Luma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Boullie</w:t>
+                <w:t xml:space="preserve">Rene Spijker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Gautier</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">F. Dromer</w:t>
+                <w:t xml:space="preserve">Graeme Meintjes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Clinical Microbiology and Infection</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.cmi.2019.02.007⟩</w:t>
+              <w:t xml:space="preserve">Clinical Infectious Diseases</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 68 (4), pp.688-698. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/cid/ciy567⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">pasteur-02192580v1</w:t>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-02193022v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Correction: Cryptococcus neoformans resists to drastic conditions by switching to viable but non-culturable cell phenotype</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Isavuconazole MIC distribution of 29 yeast species responsible for invasive infections (2015–2017)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Desnos-Ollivier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benjamin Hommel</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Aude Sturny-Leclère</w:t>
+                <w:t xml:space="preserve">S. Bretagne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stevenn Volant</w:t>
+                <w:t xml:space="preserve">A Boullie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nathanaël Veluppillai</w:t>
+                <w:t xml:space="preserve">C. Gautier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Magalie Duchateau</w:t>
+                <w:t xml:space="preserve">F. Dromer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS Pathogens</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 15 (9), pp.e1008070. </w:t>
+              <w:t xml:space="preserve">Clinical Microbiology and Infection</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 25 (5), pp.634.e1-634.e4. </w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1371/journal.ppat.1008070⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.cmi.2019.02.007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">pasteur-02612897v1</w:t>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-02192580v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cryptococcus neoformans resists to drastic conditions by switching to viable but non-culturable cell phenotype</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Hommel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aude Sturny-Leclère</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stevenn Volant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathanaël Veluppillai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magalie I Duchateau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2225,51 +2225,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Titan cells formation in Cryptococcus neoformans is finely tuned by environmental conditions and modulated by positive and negative genetic regulators</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Hommel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Liliane Mukaremera</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2398,51 +2398,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nabila Youssouf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Síle Molloy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Alanio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Melanie Alufandika</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2493,51 +2493,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cryptococcal Antigen Screening in Asymptomatic HIV-Infected Antiretroviral Naïve Patients in Cameroon and Evaluation of the New Semi-Quantitative Biosynex CryptoPS Test</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elvis Temfack</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Kouanfack</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2889,295 +2889,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">pasteur-01854076v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Predisposing factors and outcome of uncommon yeast species-related fungaemia based on an exhaustive surveillance programme (2002–14)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The risk and clinical outcome of candidemia depending on underlying malignancy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Lortholary</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlotte Renaudat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Sitbon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Desnos-Ollivier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Bretagne</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Olivier Lortholary</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Antimicrobial Chemotherapy</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 72 (6), pp.1784 - 1793. </w:t>
+              <w:t xml:space="preserve">Intensive Care Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 43 (5), pp.652 - 662. </w:t>
             </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/jac/dkx045⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s00134-017-4743-y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">pasteur-01855354v1</w:t>
+                <w:t xml:space="preserve">pasteur-01854453v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The risk and clinical outcome of candidemia depending on underlying malignancy</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Predisposing factors and outcome of uncommon yeast species-related fungaemia based on an exhaustive surveillance programme (2002–14)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Bretagne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlotte Renaudat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Desnos-Ollivier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Sitbon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Lortholary</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Stéphane Bretagne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Intensive Care Medicine</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 43 (5), pp.652 - 662. </w:t>
+              <w:t xml:space="preserve">Journal of Antimicrobial Chemotherapy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 72 (6), pp.1784 - 1793. </w:t>
             </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s00134-017-4743-y⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/jac/dkx045⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">pasteur-01854453v1</w:t>
+                <w:t xml:space="preserve">pasteur-01855354v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cryptococcal meningitis: A neglected NTD?</w:t>
               </w:r>
@@ -3565,64 +3565,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diversity of Pneumocystis jirovecii during Infection Revealed by Ultra-Deep Pyrosequencing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Alanio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maud Gits-Muselli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine Mercier-Delarue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3689,291 +3689,291 @@
                 </w:rPr>
                 <w:t xml:space="preserve">pasteur-01405203v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cryptococcosis Serotypes Impact Outcome and Provide Evidence of Cryptococcus neoformans Speciation.</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">International Society of Human and Animal Mycology (ISHAM)-ITS reference DNA barcoding database—the quality controlled standard tool for routine identification of human and animal pathogenic fungi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sweta Patel</w:t>
+                <w:t xml:space="preserve">Laszlo Irinyi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dorothée Raoux-Barbot</w:t>
+                <w:t xml:space="preserve">Carolina Serena</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dea Garcia-Hermoso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Joseph Heitman</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Michael Arabatzis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Desnos-Ollivier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">mBio</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 6 (3), pp.e00311-15. </w:t>
+              <w:t xml:space="preserve">Medical Mycology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 53 (4), pp.313-337. </w:t>
             </w:r>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1128/mBio.00311-15⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/mmy/myv008⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">pasteur-01178954v1</w:t>
+                <w:t xml:space="preserve">hal-04466511v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">International Society of Human and Animal Mycology (ISHAM)-ITS reference DNA barcoding database—the quality controlled standard tool for routine identification of human and animal pathogenic fungi</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Cryptococcosis Serotypes Impact Outcome and Provide Evidence of Cryptococcus neoformans Speciation.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Desnos-Ollivier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laszlo Irinyi</w:t>
+                <w:t xml:space="preserve">Sweta Patel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Carolina Serena</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Dea Garcia-Hermoso</w:t>
+                <w:t xml:space="preserve">Dorothée Raoux-Barbot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michael Arabatzis</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Joseph Heitman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Dromer</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Medical Mycology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 53 (4), pp.313-337. </w:t>
+              <w:t xml:space="preserve">mBio</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 6 (3), pp.e00311-15. </w:t>
             </w:r>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/mmy/myv008⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1128/mBio.00311-15⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04466511v1</w:t>
+                <w:t xml:space="preserve">pasteur-01178954v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Absence of Fungal Spore Internalization by Bronchial Epithelium in Mouse Models Evidenced by a New Bioimaging Approach and Transmission Electronic Microscopy</w:t>
               </w:r>
@@ -4093,77 +4093,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cryptococcus neoformans host adaptation: toward biological evidence of dormancy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Alanio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérique Vernel-Pauillac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aude Sturny-Leclère</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Dromer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4204,295 +4204,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">pasteur-01405218v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Worrisome trends in incidence and mortality of candidemia in intensive care units (Paris area, 2002-2010)</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Multicenter Outbreak of Infections by Saprochaete clavata , an Unrecognized Opportunistic Fungal Pathogen</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yoann Madec</w:t>
+                <w:t xml:space="preserve">Sophie Vaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis Criscuolo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Desnos-Ollivier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lise Denoeud-Ndam</w:t>
+                <w:t xml:space="preserve">Laure Diancourt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Tarnaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Intensive Care Medicine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00134-014-3408-3⟩</w:t>
+              <w:t xml:space="preserve">mBio</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 5 (6), pp.e02309-14. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1128/mBio.02309-14⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">pasteur-01405246v1</w:t>
+                <w:t xml:space="preserve">hal-01484251v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multicenter Outbreak of Infections by Saprochaete clavata , an Unrecognized Opportunistic Fungal Pathogen</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Marie Desnos-Ollivier</w:t>
+                <w:t xml:space="preserve">Worrisome trends in incidence and mortality of candidemia in intensive care units (Paris area, 2002-2010)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Lortholary</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlotte Renaudat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Sitbon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laure Diancourt</w:t>
+                <w:t xml:space="preserve">Yoann Madec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chloé Tarnaud</w:t>
+                <w:t xml:space="preserve">Lise Denoeud-Ndam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">mBio</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 5 (6), pp.e02309-14. </w:t>
+              <w:t xml:space="preserve">Intensive Care Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 40 (9), pp.1303--1312. </w:t>
             </w:r>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1128/mBio.02309-14⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s00134-014-3408-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId167" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01484251v1</w:t>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-01405246v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Misidentification of Saprochaete clavata as Magnusiomyces capitatus in clinical isolates: utility of internal transcribed spacer sequencing and matrix-assisted laser desorption ionization-time of flight mass spectrometry and importance of reliable databases</w:t>
               </w:r>
@@ -4530,51 +4530,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dea Garcia-Hermoso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Hoinard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Alanio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Clinical Microbiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 52 (6), pp.2196--2198. </w:t>
@@ -4740,559 +4740,559 @@
                 </w:rPr>
                 <w:t xml:space="preserve">pasteur-01384537v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antifungal Susceptibility Profiles of 1698 Yeast Reference Strains Revealing Potential Emerging Human Pathogens</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Candida spp. with acquired echinocandin resistance, France, 2004-2010.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Dannaoui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Desnos-Ollivier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId184" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Dorothée Raoux-Barbot</w:t>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dea Garcia-Hermoso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marizeth Groenewald</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Fredéric Grenouillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Cassaing</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0032278⟩</w:t>
+              <w:t xml:space="preserve">Emerging Infectious Diseases</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 18 (1), pp.86-90. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3201/eid1801.110556⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">pasteur-02195013v1</w:t>
+                <w:t xml:space="preserve">hal-00759177v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Experimental murine model of disseminated infection by Saksenaea vasiformis : successful treatment with posaconazole</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentina Salas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F Javier Pastor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enrique Calvo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dea Sutton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dea Garcia-Hermoso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Medical Mycology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 50 (7), pp.710-715. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3109/13693786.2012.673137⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">pasteur-02262343v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genetic Diversity and Genomic Plasticity of Cryptococcus neoformans AD Hybrid Strains</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wenjun Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anna Floyd Averette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Desnos-Ollivier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Min Ni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Dromer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">G3</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 2 (1), pp.83-97. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1534/g3.111.001255⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">pasteur-02194832v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Candida spp. with acquired echinocandin resistance, France, 2004-2010.</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Antifungal Susceptibility Profiles of 1698 Yeast Reference Strains Revealing Potential Emerging Human Pathogens</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Desnos-Ollivier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fredéric Grenouillet</w:t>
+                <w:t xml:space="preserve">Vincent Robert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dorothée Raoux-Barbot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sophie Cassaing</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Marizeth Groenewald</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Dromer</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Emerging Infectious Diseases</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 18 (1), pp.86-90. </w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 7 (3), pp.e32278. </w:t>
             </w:r>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3201/eid1801.110556⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0032278⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId198" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00759177v1</w:t>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-02195013v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A global analysis of mucormycosis in France: the RetroZygo Study (2005-2007).</w:t>
               </w:r>
@@ -5406,529 +5406,529 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00818503v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dynamics of Cryptococcus neoformans-macrophage interactions reveal that fungal background influences outcome during cryptococcal meningoencephalitis in humans</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Marie Desnos-Ollivier</w:t>
+                <w:t xml:space="preserve">Imported acquired immunodeficiency syndrome-related histoplasmosis in metropolitan France: a comparison of pre-highly active anti-retroviral therapy and highly active anti-retroviral therapy eras.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Peigne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Dromer</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Elie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Lidove</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Lortholary</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">mBio</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1128/mBio.00158-11⟩</w:t>
+              <w:t xml:space="preserve">American Journal of Tropical Medicine and Hygiene</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 85 (5), pp.934-41. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4269/ajtmh.2011.11-0224⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">pasteur-01405254v1</w:t>
+                <w:t xml:space="preserve">hal-00818505v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Development of Echinocandin Resistance in Clavispora lusitaniae during Caspofungin Treatment</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Epidemiological trends in invasive aspergillosis in France: the SAIF network (2005-2007).</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Lortholary</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Gangneux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Sitbon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernadette Lebeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédérique de Monbrison</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Clinical Microbiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1128/JCM.00325-11⟩</w:t>
+              <w:t xml:space="preserve">Clinical Microbiology and Infection</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 17 (12), pp.1882-9. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/j.1469-0691.2011.03548.x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId212" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01348287v1</w:t>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00680990v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Epidemiological trends in invasive aspergillosis in France: the SAIF network (2005-2007).</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Dynamics of Cryptococcus neoformans-macrophage interactions reveal that fungal background influences outcome during cryptococcal meningoencephalitis in humans</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Alanio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Desnos-Ollivier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Dromer</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Clinical Microbiology and Infection</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, 17 (12), pp.1882-9. </w:t>
+              <w:t xml:space="preserve">mBio</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 2 (4), </w:t>
             </w:r>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/j.1469-0691.2011.03548.x⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1128/mBio.00158-11⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId217" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00680990v1</w:t>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-01405254v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Imported acquired immunodeficiency syndrome-related histoplasmosis in metropolitan France: a comparison of pre-highly active anti-retroviral therapy and highly active anti-retroviral therapy eras.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Development of Echinocandin Resistance in Clavispora lusitaniae during Caspofungin Treatment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Desnos-Ollivier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vincent Peigne</w:t>
+                <w:t xml:space="preserve">Olivier Moquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Taieb Chouaki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Marie Guérin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Dromer</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">American Journal of Tropical Medicine and Hygiene</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, 85 (5), pp.934-41. </w:t>
+              <w:t xml:space="preserve">Journal of Clinical Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 49 (6), pp.2304-2306. </w:t>
             </w:r>
             <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4269/ajtmh.2011.11-0224⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1128/JCM.00325-11⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00818505v1</w:t>
+                <w:t xml:space="preserve">hal-01348287v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Recent exposure to caspofungin or fluconazole influences the epidemiology of candidemia: a prospective multicenter study involving 2,441 patients.</w:t>
               </w:r>
@@ -6176,350 +6176,350 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00818510v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genotyping of Candida albicans using length fragment and high-resolution melting analyses together with minisequencing of a polymorphic microsatellite locus</w:t>
+                <w:t xml:space="preserve">Molecular Phylogeny and Proposal of Two New Species of the Emerging Pathogenic Fungus Saksenaea</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Marc Costa</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Dea Garcia-Hermoso</w:t>
+                <w:t xml:space="preserve">E. Alvarez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Garcia-Hermoso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Martine Olivi</w:t>
+                <w:t xml:space="preserve">D. A Sutton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Odile Cabaret</w:t>
+                <w:t xml:space="preserve">J.F. Cano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cécile Farrugia</w:t>
+                <w:t xml:space="preserve">A.M. Stchigel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Microbiological Methods</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2010, 80 (3), pp.306-309. </w:t>
+              <w:t xml:space="preserve">Journal of Clinical Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 48 (12), pp.4410-4416. </w:t>
             </w:r>
             <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.mimet.2010.01.002⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1128/JCM.01646-10⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId240" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">pasteur-02263502v1</w:t>
+                <w:t xml:space="preserve">pasteur-02263513v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId241" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Molecular Phylogeny and Proposal of Two New Species of the Emerging Pathogenic Fungus Saksenaea</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Genotyping of Candida albicans using length fragment and high-resolution melting analyses together with minisequencing of a polymorphic microsatellite locus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Costa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dea Garcia-Hermoso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E. Alvarez</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">D. Garcia-Hermoso</w:t>
+                <w:t xml:space="preserve">Martine Olivi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D. A Sutton</w:t>
+                <w:t xml:space="preserve">Odile Cabaret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J.F. Cano</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">A.M. Stchigel</w:t>
+                <w:t xml:space="preserve">Cécile Farrugia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Clinical Microbiology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Microbiological Methods</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 80 (3), pp.306-309. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.mimet.2010.01.002⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1128/JCM.01646-10⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">pasteur-02263513v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-02263502v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mixed Infections and In Vivo Evolution in the Human Fungal Pathogen Cryptococcus neoformans</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Desnos-Ollivier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sweta Patel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adam R Spaulding</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6877,51 +6877,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comparison of microsatellite length polymorphism and multilocus sequence typing for DNA-Based typing of Candida albicans</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dea Garcia-Hermoso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Odile Cabaret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaêl Lecellier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7464,51 +7464,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Dromer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Lortholary</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Dannaoui</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Clinical Microbiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, 44 (10), pp.3517-3523. </w:t>
             </w:r>
             <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
@@ -8828,51 +8828,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04782888v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Vernel-Pauillac" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Laurent-Winter" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Fiette" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Janbon" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vishukumar Aimanianda" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mbio.02733-24" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05308673v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Lawrence" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Muthoga" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Meya" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lillian Tugume" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Darlisha Williams" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S2214-109X(22)00450-8" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04066253v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Desnos-Ollivier" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Bretagne" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Lortholary" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Dromer" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=The French Mycoses Study Group" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/aac.01725-21" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03658122v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Sitbon" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dea Garcia-Hermoso" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Letscher-Bru" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mbio.00920-22" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03149041v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Alanio" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Gits-Muselli" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Lanternier" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Sturny-Lecl&#232;re" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Benazra" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmoldx.2021.02.007" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03208488v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Che" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmed.2021.641965" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03197059v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AAC.02615-20" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03404538v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Botterel" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Delli&#232;re" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/Spectrum.01138-21" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02927050v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Neuv&#233;glise" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/myc.13095" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-02862513v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Maufrais" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Pihet" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Aznar" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/myc.13126" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03165193v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Menu" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Criscuolo" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Cassagne" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne D&#8217;incan" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3201/eid2609.200341" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03222501v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Bronnimann" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Maulin" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mmy/myaa086" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02193022v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elvis Temfack" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Joel Bigna" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henry Luma" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rene Spijker" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Graeme Meintjes" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/cid/ciy567" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02192580v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Desnos-Ollivier" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bretagne" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Boullie" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Gautier" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Dromer" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cmi.2019.02.007" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02612897v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Hommel" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stevenn Volant" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathana&#235;l Veluppillai" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magalie Duchateau" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.ppat.1008070" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02330812v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magalie I Duchateau" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.ppat.1007945" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01854297v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liliane Mukaremera" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Radames Cordero" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolina Coelho" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Desjardins" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.ppat.1006982" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-05290471v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nabila Youssouf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#237;le Molloy" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melanie Alufandika" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13063-018-3026-4" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01852122v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Kouanfack" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leonella Mossiang" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angela Loyse" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Fonkoua" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2018.00409" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01854232v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soo Chan Lee" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Legrand" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Chaouat" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mBio.00573-18" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01854076v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victoria B&#243;rmida" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Poirier" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Nourrisson" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dinorah Pan" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11046-017-0224-7" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01855354v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Renaudat" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jac/dkx045" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01854453v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00134-017-4743-y" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01570237v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.F. Molloy" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Chiller" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G.S. Greene" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Burry" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N.P. Govender" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pntd.0005575" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01854032v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Massimo Cogliati" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erika Puccianti" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Montagna" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonella de Donno" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serdar Susever" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1462-2920.13915" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01405209v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Gu&#233;gan" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Ahmed" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Moguelet" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ofid/ofw106" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01405203v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Mercier-Delarue" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2016.00733" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01178954v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sweta Patel" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doroth&#233;e Raoux-Barbot" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Heitman" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mBio.00311-15" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04466511v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laszlo Irinyi" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolina Serena" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Arabatzis" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mmy/myv008" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02196053v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blandine Rammaert" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Jouvion" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice de Chaumont" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Szczepaniak" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ajpath.2015.04.027" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01405218v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mBio.02580-14" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01405246v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Madec" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise Denoeud-Ndam" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00134-014-3408-3" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01484251v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Vaux" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Diancourt" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Tarnaud" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mBio.02309-14" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01405243v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Blanc" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Hoinard" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JCM.00039-14" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01384537v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Darragh Duffy" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Rouilly" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentina Libri" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milena Hasan" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Beitz" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.immuni.2014.03.002" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02195013v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Robert" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marizeth Groenewald" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0032278" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02262343v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentina Salas" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Javier Pastor" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enrique Calvo" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dea Sutton" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3109/13693786.2012.673137" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02194832v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wenjun Li" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Floyd Averette" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Min Ni" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1534/g3.111.001255" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00759177v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Dannaoui" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fred&#233;ric Grenouillet" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Cassaing" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3201/eid1801.110556" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00818503v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Lanternier" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Dannaoui" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Morizot" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Elie" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Garcia-Hermoso" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/cid/cir880" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01405254v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mBio.00158-11" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01348287v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Moquet" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taieb Chouaki" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Gu&#233;rin" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JCM.00325-11" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00680990v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Gangneux" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernadette Lebeau" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique de Monbrison" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1469-0691.2011.03548.x" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00818505v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Peigne" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Elie" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Lidove" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4269/ajtmh.2011.11-0224" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00818523v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Fontanet" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AAC.01128-10" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00818510v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Blanchard" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Boukris-Sitbon" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AAC.00690-11" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02263502v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Costa" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Olivi" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Cabaret" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Farrugia" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mimet.2010.01.002" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-XW8MSBTB-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02263513v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Alvarez" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. A Sutton" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.F. Cano" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.M. Stchigel" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JCM.01646-10" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02195111v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam R Spaulding" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Charlier" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mBio.00091-10" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00676313v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Albano" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-France Mamzer-Bruneel" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irina Kacso" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1086/595688" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00465877v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Charles Gantier" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Grenouillet" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JCM.02094-08" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00321130v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#234;l Lecellier" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JCM.01261-07" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02659753v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lasheras" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.M. Rogues" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Peyrere" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Boulard" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.M. Bebear" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhin.2006.10.009" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-P64L13XD-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02658964v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Schwarz" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JCM.44.2.340-349.2006" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02667780v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwendoline Poizat" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Zeller" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Segolene Neuville" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Oibieux" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/01.aids.0000252060.80704.68" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02667092v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JCM.00862-06" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02683056v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isma&#238;l Iraqui" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susana Garc&#237;a-S&#225;nchez" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Aubert" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Ghigo" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2958.2004.04475.x" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04882089v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/IAI.72.6.3359-3365.2004" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04901184v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Moyrand" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Birgit Klaproth" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Uwe Himmelreich" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1046/j.1365-2958.2002.03059.x" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01604360v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Lavie-Richard" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stella Ibata-Ombetta" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Bordon-Pallier" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Jouault" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1046/j.1365-2958.2002.02926.x" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04882082v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simone Mathoulin-Pelissier" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JCM.39.4.1402-1406.2001" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04901195v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luce Improvisi" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1046/j.1365-2958.2001.02651.x" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04882077v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JCM.37.10.3204-3209.1999" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04882072v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Mathoulin-P&#233;lissier" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Couprie" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O Ronin" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Dupont" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/jcm.35.10.2683-2685.1997" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04882062v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Improvisi" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Provost" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AAC.39.3.656" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04782888v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Vernel-Pauillac" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Laurent-Winter" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Fiette" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Janbon" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vishukumar Aimanianda" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mbio.02733-24" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05308673v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Lawrence" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Muthoga" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Meya" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lillian Tugume" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Darlisha Williams" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S2214-109X(22)00450-8" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04066253v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Desnos-Ollivier" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Bretagne" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Lortholary" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Dromer" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=The French Mycoses Study Group" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/aac.01725-21" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03658122v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Sitbon" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dea Garcia-Hermoso" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Letscher-Bru" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mbio.00920-22" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03208488v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Che" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmed.2021.641965" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03149041v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Alanio" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Gits-Muselli" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Lanternier" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Sturny-Lecl&#232;re" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Benazra" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmoldx.2021.02.007" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03197059v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AAC.02615-20" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03404538v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Botterel" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Delli&#232;re" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/Spectrum.01138-21" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-02862513v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Maufrais" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Pihet" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Aznar" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/myc.13126" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02927050v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Neuv&#233;glise" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/myc.13095" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03165193v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Menu" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Criscuolo" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Cassagne" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne D&#8217;incan" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3201/eid2609.200341" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03222501v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Bronnimann" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Maulin" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mmy/myaa086" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02612897v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Hommel" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stevenn Volant" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathana&#235;l Veluppillai" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magalie Duchateau" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.ppat.1008070" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02193022v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elvis Temfack" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Joel Bigna" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henry Luma" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rene Spijker" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Graeme Meintjes" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/cid/ciy567" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02192580v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Desnos-Ollivier" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bretagne" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Boullie" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Gautier" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Dromer" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cmi.2019.02.007" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02330812v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magalie I Duchateau" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.ppat.1007945" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01854297v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liliane Mukaremera" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Radames Cordero" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolina Coelho" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Desjardins" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.ppat.1006982" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-05290471v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nabila Youssouf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#237;le Molloy" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melanie Alufandika" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13063-018-3026-4" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01852122v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Kouanfack" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leonella Mossiang" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angela Loyse" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Fonkoua" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2018.00409" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01854232v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soo Chan Lee" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Legrand" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Chaouat" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mBio.00573-18" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01854076v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victoria B&#243;rmida" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Poirier" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Nourrisson" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dinorah Pan" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11046-017-0224-7" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01854453v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Renaudat" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00134-017-4743-y" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01855354v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jac/dkx045" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01570237v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.F. Molloy" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Chiller" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G.S. Greene" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Burry" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N.P. Govender" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pntd.0005575" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01854032v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Massimo Cogliati" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erika Puccianti" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Montagna" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonella de Donno" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serdar Susever" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1462-2920.13915" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01405209v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Gu&#233;gan" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Ahmed" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Moguelet" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ofid/ofw106" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01405203v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Mercier-Delarue" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2016.00733" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04466511v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laszlo Irinyi" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolina Serena" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Arabatzis" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mmy/myv008" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01178954v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sweta Patel" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doroth&#233;e Raoux-Barbot" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Heitman" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mBio.00311-15" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02196053v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blandine Rammaert" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Jouvion" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice de Chaumont" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Szczepaniak" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ajpath.2015.04.027" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01405218v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mBio.02580-14" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01484251v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Vaux" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Diancourt" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Tarnaud" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mBio.02309-14" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01405246v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Madec" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise Denoeud-Ndam" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00134-014-3408-3" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01405243v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Blanc" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Hoinard" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JCM.00039-14" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01384537v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Darragh Duffy" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Rouilly" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentina Libri" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milena Hasan" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Beitz" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.immuni.2014.03.002" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00759177v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Dannaoui" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fred&#233;ric Grenouillet" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Cassaing" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3201/eid1801.110556" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02262343v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentina Salas" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Javier Pastor" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enrique Calvo" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dea Sutton" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3109/13693786.2012.673137" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02194832v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wenjun Li" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Floyd Averette" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Min Ni" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1534/g3.111.001255" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02195013v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Robert" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marizeth Groenewald" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0032278" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00818503v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Lanternier" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Dannaoui" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Morizot" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Elie" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Garcia-Hermoso" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/cid/cir880" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00818505v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Peigne" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Elie" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Lidove" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4269/ajtmh.2011.11-0224" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00680990v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Gangneux" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernadette Lebeau" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique de Monbrison" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1469-0691.2011.03548.x" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01405254v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mBio.00158-11" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01348287v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Moquet" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taieb Chouaki" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Gu&#233;rin" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JCM.00325-11" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00818523v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Fontanet" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AAC.01128-10" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00818510v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Blanchard" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Boukris-Sitbon" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AAC.00690-11" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02263513v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Alvarez" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. A Sutton" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.F. Cano" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.M. Stchigel" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JCM.01646-10" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02263502v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Costa" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Olivi" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Cabaret" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Farrugia" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mimet.2010.01.002" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-XW8MSBTB-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02195111v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam R Spaulding" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Charlier" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mBio.00091-10" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00676313v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Albano" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-France Mamzer-Bruneel" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irina Kacso" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1086/595688" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00465877v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Charles Gantier" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Grenouillet" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JCM.02094-08" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00321130v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#234;l Lecellier" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JCM.01261-07" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02659753v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lasheras" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.M. Rogues" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Peyrere" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Boulard" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.M. Bebear" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhin.2006.10.009" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-P64L13XD-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02658964v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Schwarz" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JCM.44.2.340-349.2006" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02667780v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwendoline Poizat" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Zeller" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Segolene Neuville" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Oibieux" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/01.aids.0000252060.80704.68" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02667092v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JCM.00862-06" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02683056v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isma&#238;l Iraqui" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susana Garc&#237;a-S&#225;nchez" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Aubert" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Ghigo" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2958.2004.04475.x" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04882089v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/IAI.72.6.3359-3365.2004" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04901184v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Moyrand" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Birgit Klaproth" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Uwe Himmelreich" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1046/j.1365-2958.2002.03059.x" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01604360v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Lavie-Richard" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stella Ibata-Ombetta" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Bordon-Pallier" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Jouault" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1046/j.1365-2958.2002.02926.x" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04882082v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simone Mathoulin-Pelissier" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JCM.39.4.1402-1406.2001" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04901195v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luce Improvisi" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1046/j.1365-2958.2001.02651.x" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04882077v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JCM.37.10.3204-3209.1999" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04882072v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Mathoulin-P&#233;lissier" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Couprie" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O Ronin" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Dupont" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/jcm.35.10.2683-2685.1997" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04882062v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Improvisi" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Provost" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AAC.39.3.656" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>