--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -2074,2007 +2074,2007 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05490139v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Photo taken by Françoise Robin│ Research on the Tibetan diaspora in France │Teacher and pupil in the Saturday Tibetan community class, Metz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Robin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">CNRS-IFRAE, Metz, France. 2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Image</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (photographie)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05490160v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Photography taken by Françoise Robin│ Research on the Tibetan diaspora in France │Momos in a Tibetan restaurant, Metz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Robin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">CNRS-IFRAE, Metz, France. 2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Image</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (photographie)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05492550v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Photography taken by Françoise Robin│ Research on the Tibetan diaspora in France │Family altar for Tibetan New Year</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Robin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">CNRS-IFRAE, Metz, France. 2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Image</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (photographie)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05492744v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Photography taken by Françoise Robin│ Research on the Tibetan diaspora in France │Detail of an offering on the family altar for Tibetan New Year</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Robin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">CNRS-IFRAE, Metz, France. 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Image</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (photographie)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05492729v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Photography taken by Françoise Robin│ Research on the Tibetan diaspora in France │Tibetan restaurant, inside view, Metz 003</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Robin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">CNRS-IFRAE, Metz, France. 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Image</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (photographie)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05492597v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Photo taken by Françoise Robin│ Research on the Tibetan diaspora in France │Tibetan schoolboy from the Saturday Tibetan community class, Metz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Robin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">CNRS-IFRAE, Metz, France. 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Image</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (photographie)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05490162v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Photo taken by Françoise Robin│ Research on the Tibetan diaspora in France │Bedroom of Tibetan refugee children, Metz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Robin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">CNRS-IFRAE, Metz, France. 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Image</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (photographie)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05490158v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">Photography taken by Françoise Robin│ Research on the Tibetan diaspora in France │Family altar for Tibetan New Year</w:t>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Photo taken by Françoise Robin│ Research on the Tibetan diaspora in France │Logo of a Tibetan restaurant in Strasbourg</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Robin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">CNRS-IFRAE, Strasbourg, France. 2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Image</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (photographie)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05489975v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Photo taken by Françoise Robin│ Research on the Tibetan diaspora in France │Interior of a Tibetan refugee's car</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Robin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">CNRS-IFRAE, Strasbourg, France. 2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Image</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (photographie)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05490147v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Photography taken by Françoise Robin│ Research on the Tibetan diaspora in France │Details of the right side of the family altar for Tibetan New Yea</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Robin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">CNRS-IFRAE, Metz, France. 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Image</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (photographie)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Photography taken by Françoise Robin│ Research on the Tibetan diaspora in France │Momos in a Tibetan restaurant, Metz</w:t>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05492672v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Photography taken by Françoise Robin│ Research on the Tibetan diaspora in France │Tibetan restaurant menu card, Metz 002</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Robin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">CNRS-IFRAE, Metz, France. 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Image</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (photographie)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Photo taken by Françoise Robin│ Research on the Tibetan diaspora in France │Teacher and pupil in the Saturday Tibetan community class, Metz</w:t>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05492527v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Photography taken by Françoise Robin│ Research on the Tibetan diaspora in France │Tibetan kitchen and offering at the tap</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Robin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">CNRS-IFRAE, Metz, France. 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Image</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (photographie)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Photo taken by Françoise Robin│ Research on the Tibetan diaspora in France │Logo of a Tibetan restaurant in Strasbourg</w:t>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05492761v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Photography taken by Françoise Robin│ Research on the Tibetan diaspora in France │Children and Their Parents at the Tibetan Saturday School, Metz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Robin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">CNRS-IFRAE, Metz, France. 2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Image</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (photographie)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05492422v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Photography taken by Françoise Robin│ Research on the Tibetan diaspora in France│Tibetan restaurant in Strasbourg</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Robin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">CNRS-IFRAE, Strasbourg, France. 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Image</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (photographie)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Photo taken by Françoise Robin│ Research on the Tibetan diaspora in France │Interior of a Tibetan refugee's car</w:t>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05490142v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Photography taken by Françoise Robin│ Research on the Tibetan diaspora in France │Tibetan restaurant, inside view, Metz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Robin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">CNRS-IFRAE, Metz, France. 2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Image</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (photographie)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05492570v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Photography taken by Françoise Robin│ Research on the Tibetan diaspora in France │Khabsé (Tibetan doughnuts) and tea</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Robin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">CNRS-IFRAE, Metz, France. 2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Image</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (photographie)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05492644v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Photography taken by Françoise Robin│ Research on the Tibetan diaspora in France │Tibetan restaurant, inside view, Metz 002</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Robin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">CNRS-IFRAE, Metz, France. 2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Image</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (photographie)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05492585v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Photo taken by Françoise Robin│ Research on the Tibetan diaspora in France │Sunday morning sgra snyan (Tibetan lute) lessons, Strasbourg</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Robin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">CNRS-IFRAE, Strasbourg, France. 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Image</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (photographie)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Photography taken by Françoise Robin│ Research on the Tibetan diaspora in France │Details of the right side of the family altar for Tibetan New Yea</w:t>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05490154v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Photo taken by Françoise Robin│ Research on the Tibetan diaspora in France │Young Tibetan boy and sgra snyan (Tibetan lute) during Sunday morning Tibetan music class, Strasbourg</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Robin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">CNRS-IFRAE, Strasbourg, France. 2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Image</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (photographie)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05490151v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Photo taken by Françoise Robin│ Research on the Tibetan diaspora in France │Children from the Tibetan Saturday school, Metz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Robin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">CNRS-IFRAE, Metz, France. 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Image</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (photographie)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Photography taken by Françoise Robin│ Research on the Tibetan diaspora in France │Tibetan restaurant menu card, Metz 002</w:t>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05490165v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Photo taken by Françoise Robin│ Research on the Tibetan diaspora in France │Tibetan restaurant menu in Strasbourg 002</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Robin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">CNRS-IFRAE, Strasbourg, France. 2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Image</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (photographie)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05489999v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Photo taken by Françoise Robin│ Research on the Tibetan diaspora in France │Tibetan restaurant menu in Strasbourg</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Robin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">CNRS-IFRAE, Strasbourg, France. 2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Image</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (photographie)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05489986v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Photography taken by Françoise Robin│ Research on the Tibetan diaspora in France │Inside a Tibetan restaurant, Metz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Robin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">CNRS-IFRAE, Metz, France. 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Image</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (photographie)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Photography taken by Françoise Robin│ Research on the Tibetan diaspora in France │Tibetan kitchen and offering at the tap</w:t>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05492485v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Photography taken by Françoise Robin│ Research on the Tibetan diaspora in France │Tibetan restaurant, Metz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Robin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">CNRS-IFRAE, Metz, France. 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Image</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (photographie)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">CNRS-IFRAE, Metz, France. 2025</w:t>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05492455v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Photography taken by Françoise Robin│ Research on the Tibetan diaspora in France │Tibetans commemorating the awarding of the Nobel Peace Prize to the Dalai Lama</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Robin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">CNRS-IFRAE, Paris, France. 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Image</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (photographie)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">CNRS-IFRAE, Strasbourg, France. 2025</w:t>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05489943v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Photo taken by Françoise Robin│ Research on the Tibetan diaspora in France │Tibetan handwriting 002</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Robin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">CNRS-IFRAE, Paris, France. 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Image</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (photographie)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">CNRS-IFRAE, Metz, France. 2025</w:t>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05489833v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Photography taken by Françoise Robin│ Research on the Tibetan diaspora in France │Tibetan handwriting 005</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Robin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">CNRS-IFRAE, Paris, France. 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Image</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (photographie)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">CNRS-IFRAE, Metz, France. 2025</w:t>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05489880v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Photo taken by Françoise Robin│ Research on the Tibetan diaspora in France │Tibetan handwriting 003</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Robin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">CNRS-IFRAE, Paris, France. 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Image</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (photographie)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">CNRS-IFRAE, Metz, France. 2025</w:t>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05489856v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Photo taken by Françoise Robin│ Research on the Tibetan diaspora in France │Tibetans in the Paris underground</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Robin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">CNRS-IFRAE, Paris, France. 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Image</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (photographie)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">CNRS-IFRAE, Strasbourg, France. 2025</w:t>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05489967v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Photo taken by Françoise Robin│ Research on the Tibetan diaspora in France │Young Tibetan musicians commemorating the awarding of the Nobel Peace Prize to the Dalai Lama</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Robin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">CNRS-IFRAE, Paris, France. 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Image</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (photographie)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
-[...725 lines deleted...]
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05489931v1</w:t>
-              </w:r>
-[...64 lines deleted...]
-                <w:t xml:space="preserve">hal-05489856v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Photography taken by Françoise Robin│ Research on the Tibetan diaspora in France│Tibetan handwriting 004</w:t>
               </w:r>
@@ -6135,187 +6135,337 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04531171v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
+        <w:t xml:space="preserve">Article de blog scientifique (1)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La Guerre en Ukraine vue d'Asie : réactions publiques et parallèles historiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Serfass</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Cabestan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guibourg Delamotte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Froissart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliette Genevaz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2022</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article de blog scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05553401v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Son (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Histoire du prince Norzang, fragments d’un manuscrit tibétain retrouvé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Henrion-Dourcy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morgane Milhat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tenzin Gönpo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Robin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Jacqueau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Son</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">medihal-02102278v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId122"/>
+      <w:footerReference w:type="default" r:id="rId128"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -6462,51 +6612,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05492009v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Robin" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05492007v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05491139v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Simon" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tsering Wangdue" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.inalco.fr/publication/le-tibetain-parle-exercices-pratiques-volume-2" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03610669v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dorjee Nyima" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02410991v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gossot V&#233;ronique" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=La Rouge S&#232;nga" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02411176v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicola Schneider" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Sihl&#233;" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01694637v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Blondeau" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernand Meyer" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01647974v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Achard" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Chayet" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina Scherrer-Schaub" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03737194v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric M&#233;lac" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05492021v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1215/00219118-12258527" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05491993v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02410974v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00688858v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05492000v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05492003v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lhasham-Gyal Xxx" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05492006v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tsering Dondrup" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05492660v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05492699v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05490163v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05492511v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05492905v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05492611v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05492535v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05492634v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05490139v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05492729v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05492597v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05490162v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05490158v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05492744v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05492550v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05490160v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05489975v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05490147v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05492672v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05492527v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05492761v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05492422v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05490142v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05492570v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05492644v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05492585v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05490154v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05490151v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05490165v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05489999v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05489986v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05492485v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05492455v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05489943v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05489833v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05489880v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05489967v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05489931v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05489856v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05489867v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05489907v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05489018v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05488400v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05492927v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05488414v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05494055v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04774725v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05494049v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17521483.2022.2075176" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05491991v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ateliers.10495" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01974165v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lhamokyab Noyontsang" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01940567v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01940562v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00415784v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Vittrant" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05347425v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04566967v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X&#233;nia de Heering" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Bentz" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01765942v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ad&#232;le Jatteau" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01569956v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05065438v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03210056v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ateliers.10487" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01974132v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.campus-aar.fr/hal-04780155v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Sepulveda" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitri Galitzine" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/medihal-02092163v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Th&#233;voz" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Gomez" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Ruscio" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04531171v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/medihal-02102278v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Henrion-Dourcy" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Milhat" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tenzin G&#246;npo" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Jacqueau" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05492009v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Robin" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05492007v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05491139v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Simon" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tsering Wangdue" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.inalco.fr/publication/le-tibetain-parle-exercices-pratiques-volume-2" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03610669v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dorjee Nyima" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02410991v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gossot V&#233;ronique" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=La Rouge S&#232;nga" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02411176v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicola Schneider" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Sihl&#233;" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01694637v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Blondeau" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernand Meyer" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01647974v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Achard" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Chayet" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina Scherrer-Schaub" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03737194v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric M&#233;lac" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05492021v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1215/00219118-12258527" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05491993v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02410974v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00688858v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05492000v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05492003v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lhasham-Gyal Xxx" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05492006v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tsering Dondrup" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05492660v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05492699v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05490163v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05492511v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05492905v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05492611v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05492535v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05492634v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05490139v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05490160v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05492550v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05492744v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05492729v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05492597v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05490162v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05490158v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05489975v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05490147v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05492672v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05492527v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05492761v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05492422v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05490142v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05492570v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05492644v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05492585v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05490154v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05490151v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05490165v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05489999v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05489986v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05492485v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05492455v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05489943v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05489833v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05489880v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05489856v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05489967v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05489931v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05489867v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05489907v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05489018v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05488400v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05492927v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05488414v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05494055v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04774725v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05494049v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17521483.2022.2075176" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05491991v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ateliers.10495" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01974165v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lhamokyab Noyontsang" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01940567v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01940562v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00415784v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Vittrant" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05347425v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04566967v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X&#233;nia de Heering" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Bentz" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01765942v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ad&#232;le Jatteau" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01569956v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05065438v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03210056v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ateliers.10487" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01974132v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.campus-aar.fr/hal-04780155v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Sepulveda" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitri Galitzine" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/medihal-02092163v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Th&#233;voz" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Gomez" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Ruscio" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04531171v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05553401v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Serfass" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Cabestan" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guibourg Delamotte" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Froissart" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Genevaz" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/medihal-02102278v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Henrion-Dourcy" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Milhat" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tenzin G&#246;npo" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Jacqueau" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>