--- v0 (2026-03-06)
+++ v1 (2026-03-26)
@@ -264,213 +264,213 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05487670v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pfrieger's Digest Niemann-Pick Diseases Issue 14; May 2025-August 2025</w:t>
+                <w:t xml:space="preserve">Pfrieger's Digest Niemann-Pick Diseases Issue 12; August 2024-December 2024</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pfrieger Fw</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025, pp.1-14</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05268731v1</w:t>
+                <w:t xml:space="preserve">hal-04895750v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pfrieger's Digest Niemann-Pick Diseases Issue 13; January 2025-Apri 2025</w:t>
+                <w:t xml:space="preserve">Pfrieger's Digest Niemann-Pick Diseases Issue 14; May 2025-August 2025</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pfrieger Fw</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">2025, pp.1-13</w:t>
+              <w:t xml:space="preserve">2025, pp.1-14</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05083212v1</w:t>
+                <w:t xml:space="preserve">hal-05268731v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pfrieger's Digest Niemann-Pick Diseases Issue 12; August 2024-December 2024</w:t>
+                <w:t xml:space="preserve">Pfrieger's Digest Niemann-Pick Diseases Issue 13; January 2025-Apri 2025</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pfrieger Fw</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">2025, pp.1-14</w:t>
+              <w:t xml:space="preserve">2025, pp.1-13</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04895750v1</w:t>
+                <w:t xml:space="preserve">hal-05083212v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pfrieger's Digest Niemann-Pick Diseases Issue 11; March 2024-July 2024</w:t>
               </w:r>
@@ -1462,697 +1462,697 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04235098v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Release of VAMP5‐positive extracellular vesicles by retinal Müller glia in vivo</w:t>
+                <w:t xml:space="preserve">GnRH replacement rescues cognition in Down syndrome</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valerie Demais</w:t>
+                <w:t xml:space="preserve">Maria Manfredi-Lozano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne Pohl</w:t>
+                <w:t xml:space="preserve">Valerie Leysen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kirsten Wunderlich</w:t>
+                <w:t xml:space="preserve">Michela Adamo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anna Pfaller</w:t>
+                <w:t xml:space="preserve">Isabel Paiva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lew Kaplan</w:t>
+                <w:t xml:space="preserve">Renaud Rovera</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Extracellular Vesicles</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 11 (9), </w:t>
+              <w:t xml:space="preserve">Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 377 (6610), pp.eabq4515. </w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/jev2.12254⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1126/science.abq4515⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03778845v1</w:t>
+                <w:t xml:space="preserve">inserm-03841247v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tanycytes control hypothalamic liraglutide uptake and its anti-obesity actions</w:t>
+                <w:t xml:space="preserve">Release of VAMP5‐positive extracellular vesicles by retinal Müller glia in vivo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Monica Imbernon</w:t>
+                <w:t xml:space="preserve">Valerie Demais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chiara Saponaro</w:t>
+                <w:t xml:space="preserve">Anne Pohl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hans Christian Cederberg Helms</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Manon Duquenne</w:t>
+                <w:t xml:space="preserve">Kirsten Wunderlich</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Daniela Fernandois</w:t>
+                <w:t xml:space="preserve">Anna Pfaller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lew Kaplan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cell Metabolism</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.cmet.2022.06.002⟩</w:t>
+              <w:t xml:space="preserve">Journal of Extracellular Vesicles</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 11 (9), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/jev2.12254⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03778811v1</w:t>
+                <w:t xml:space="preserve">hal-03778845v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">GnRH replacement rescues cognition in Down syndrome</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Tanycytes control hypothalamic liraglutide uptake and its anti-obesity actions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valerie Leysen</w:t>
+                <w:t xml:space="preserve">Monica Imbernon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michela Adamo</w:t>
+                <w:t xml:space="preserve">Chiara Saponaro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isabel Paiva</w:t>
+                <w:t xml:space="preserve">Hans Christian Cederberg Helms</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manon Duquenne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Renaud Rovera</w:t>
+                <w:t xml:space="preserve">Daniela Fernandois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 377 (6610), pp.eabq4515. </w:t>
+              <w:t xml:space="preserve">Cell Metabolism</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 34 (7), pp.1054 - 1063.e7. </w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1126/science.abq4515⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.cmet.2022.06.002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inserm-03841247v1</w:t>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03778811v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reactive astrocyte nomenclature, definitions, and future directions</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Glial contribution to cyclodextrin-mediated reversal of cholesterol accumulation in murine NPC1-deficient neurons in vivo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Barthelemy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Carole Escartin</w:t>
+                <w:t xml:space="preserve">Valérie Demais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elena Galea</w:t>
+                <w:t xml:space="preserve">Izabela-Cristina Stancu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">András Lakatos</w:t>
+                <w:t xml:space="preserve">Eugeniu Vasile</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">James O’callaghan</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Gabor Petzold</w:t>
+                <w:t xml:space="preserve">Tom Houben</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Neuroscience</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41593-020-00783-4⟩</w:t>
+              <w:t xml:space="preserve">Neurobiology of Disease</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 158, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.nbd.2021.105469⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03437017v1</w:t>
+                <w:t xml:space="preserve">hal-03436977v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Glial contribution to cyclodextrin-mediated reversal of cholesterol accumulation in murine NPC1-deficient neurons in vivo</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Amélie Barthelemy</w:t>
+                <w:t xml:space="preserve">Reactive astrocyte nomenclature, definitions, and future directions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Escartin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valérie Demais</w:t>
+                <w:t xml:space="preserve">Elena Galea</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Izabela-Cristina Stancu</w:t>
+                <w:t xml:space="preserve">András Lakatos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eugeniu Vasile</w:t>
+                <w:t xml:space="preserve">James O’callaghan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tom Houben</w:t>
+                <w:t xml:space="preserve">Gabor Petzold</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neurobiology of Disease</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 158, </w:t>
+              <w:t xml:space="preserve">Nature Neuroscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 24, pp.312-325. </w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.nbd.2021.105469⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41593-020-00783-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03436977v1</w:t>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03437017v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">TeamTree analysis: A new approach to evaluate scientific production</w:t>
               </w:r>
@@ -2288,1273 +2288,1273 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03491738v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mapping astrocyte activity domains by light sheet imaging and spatio-temporal correlation screening</w:t>
+                <w:t xml:space="preserve">Understanding and Treating Niemann–Pick Type C Disease: Models Matter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cuong Pham</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Valentina Pallottini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frank W Pfrieger</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">NeuroImage</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.neuroimage.2020.117069⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Molecular Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 21 (23), pp.8979. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/ijms21238979⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02989010v1</w:t>
+                <w:t xml:space="preserve">hal-03037493v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Understanding and Treating Niemann–Pick Type C Disease: Models Matter</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Mapping astrocyte activity domains by light sheet imaging and spatio-temporal correlation screening</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cuong Pham</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniela Herrera Moro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Mouffle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Steve Didienne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valentina Pallottini</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Régine Hepp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Molecular Sciences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 21 (23), pp.8979. </w:t>
+              <w:t xml:space="preserve">NeuroImage</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 220, pp.117069. </w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/ijms21238979⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.neuroimage.2020.117069⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03037493v1</w:t>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02989010v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Expression Patterns of Inducible Cre Recombinase Driven by Differential Astrocyte-Specific Promoters in Transgenic Mouse Lines.</w:t>
+                <w:t xml:space="preserve">Loss of Mevalonate/Cholesterol Homeostasis in the Brain: A Focus on Autism Spectrum Disorder and Rett Syndrome</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Neng-Yuan Hu</w:t>
+                <w:t xml:space="preserve">Marco Segatto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudia Tonini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frank Pfrieger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ya-Ting Chen</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Viviana Trezza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentina Pallottini</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neuroscience bulletin</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s12264-019-00451-z⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Molecular Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 20 (13), pp.3317. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/ijms20133317⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02884513v1</w:t>
+                <w:t xml:space="preserve">hal-02408639v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Glucocorticoid receptor in astrocytes regulates midbrain dopamine neurodegeneration through connexin hemichannel activity</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Expression Patterns of Inducible Cre Recombinase Driven by Differential Astrocyte-Specific Promoters in Transgenic Mouse Lines.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Neng-Yuan Hu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ya-Ting Chen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Qian Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Layal Maatouk</w:t>
+                <w:t xml:space="preserve">Wei Jie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chenju Yi</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Stéphane Hunot</w:t>
+                <w:t xml:space="preserve">Yi-Si Liu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cell Death and Differentiation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41418-018-0150-3⟩</w:t>
+              <w:t xml:space="preserve">Neuroscience bulletin</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 36, pp.530-544. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s12264-019-00451-z⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01900936v1</w:t>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02884513v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Loss of Mevalonate/Cholesterol Homeostasis in the Brain: A Focus on Autism Spectrum Disorder and Rett Syndrome</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Glucocorticoid receptor in astrocytes regulates midbrain dopamine neurodegeneration through connexin hemichannel activity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Layal Maatouk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chenju Yi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria-Angeles Carrillo-de Sauvage</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marco Segatto</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Frank Pfrieger</w:t>
+                <w:t xml:space="preserve">Anne-Claire Compagnion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Viviana Trezza</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Stéphane Hunot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Molecular Sciences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 20 (13), pp.3317. </w:t>
+              <w:t xml:space="preserve">Cell Death and Differentiation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 26, pp.580-596. </w:t>
             </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/ijms20133317⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41418-018-0150-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02408639v1</w:t>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01900936v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Altered Brain Cholesterol/Isoprenoid Metabolism in a Rat Model of Autism Spectrum Disorders.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Cholesterol and the journey of extracellular vesicles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frank Pfrieger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Veronica Cartocci</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Nicolas Vitale</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neuroscience</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.neuroscience.2017.12.053⟩</w:t>
+              <w:t xml:space="preserve">Journal of Lipid Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 59 (12), pp.2255-2261. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1194/jlr.R084210⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02884509v1</w:t>
+                <w:t xml:space="preserve">hal-02408858v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Astrocyte-derived Jagged-1 mitigates deleterious Notch signaling in amyotrophic lateral sclerosis</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Altered Brain Cholesterol/Isoprenoid Metabolism in a Rat Model of Autism Spectrum Disorders.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Veronica Cartocci</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martina Catallo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Annelies Nonneman</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Dietmar Thal</w:t>
+                <w:t xml:space="preserve">Massimo Tempestilli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marco Segatto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frank Pfrieger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neurobiology of Disease</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.nbd.2018.07.012⟩</w:t>
+              <w:t xml:space="preserve">Neuroscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 372, pp.27-37. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.neuroscience.2017.12.053⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02408650v1</w:t>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02884509v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cholesterol and the journey of extracellular vesicles</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Frank Pfrieger</w:t>
+                <w:t xml:space="preserve">Astrocyte-derived Jagged-1 mitigates deleterious Notch signaling in amyotrophic lateral sclerosis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annelies Nonneman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathan Criem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastian Lewandowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rik Nuyts</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Vitale</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Dietmar Thal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Lipid Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 59 (12), pp.2255-2261. </w:t>
+              <w:t xml:space="preserve">Neurobiology of Disease</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 119, pp.26-40. </w:t>
             </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1194/jlr.R084210⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.nbd.2018.07.012⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId126" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02408858v1</w:t>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02408650v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Suppression of SNARE-dependent exocytosis in retinal glial cells and its effect on ischemia-induced neurodegeneration.</w:t>
+                <w:t xml:space="preserve">An autocrine purinergic signaling controls astrocyte-induced neuronal excitation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lysann Wagner</w:t>
+                <w:t xml:space="preserve">Weida Shen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Pannicke</w:t>
+                <w:t xml:space="preserve">Ljiljana Nikolic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vanessa Rupprecht</w:t>
+                <w:t xml:space="preserve">Claire Meunier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frank Pfrieger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ina Frommherz</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Etienne Audinat</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Glia</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/glia.23144⟩</w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 7 (1), pp.11280. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41598-017-11793-x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02884490v1</w:t>
+                <w:t xml:space="preserve">hal-02336072v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An autocrine purinergic signaling controls astrocyte-induced neuronal excitation</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Suppression of SNARE-dependent exocytosis in retinal glial cells and its effect on ischemia-induced neurodegeneration.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lysann Wagner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Weida Shen</w:t>
+                <w:t xml:space="preserve">Thomas Pannicke</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ljiljana Nikolic</w:t>
+                <w:t xml:space="preserve">Vanessa Rupprecht</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claire Meunier</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Frank Pfrieger</w:t>
+                <w:t xml:space="preserve">Ina Frommherz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etienne Audinat</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Cornelia Volz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 7 (1), pp.11280. </w:t>
+              <w:t xml:space="preserve">Glia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 65 (7), pp.1059-1071. </w:t>
             </w:r>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41598-017-11793-x⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/glia.23144⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId136" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02336072v1</w:t>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02884490v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A molecular mechanism for the topographic alignment of convergent neural maps.</w:t>
               </w:r>
@@ -3668,295 +3668,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02882614v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modulation of the Isoprenoid/Cholesterol Biosynthetic Pathway During Neuronal Differentiation In Vitro.</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Marco Segatto</w:t>
+                <w:t xml:space="preserve">Reversal of Pathologic Lipid Accumulation in NPC1-Deficient Neurons by Drug-Promoted Release of LAMP1-Coated Lamellar Inclusions.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valerie Demais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ilenia Di Tunno</w:t>
+                <w:t xml:space="preserve">Amélie Barthélémy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Perraut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stefano Leone</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Frank Pfrieger</w:t>
+                <w:t xml:space="preserve">Nicole Ungerer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Keime</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Cellular Biochemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/jcb.25500⟩</w:t>
+              <w:t xml:space="preserve">Journal of Neuroscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 36 (30), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1523/JNEUROSCI.0900-16.2016⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02882605v1</w:t>
+                <w:t xml:space="preserve">hal-02882612v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reversal of Pathologic Lipid Accumulation in NPC1-Deficient Neurons by Drug-Promoted Release of LAMP1-Coated Lamellar Inclusions.</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Martine Perraut</w:t>
+                <w:t xml:space="preserve">Modulation of the Isoprenoid/Cholesterol Biosynthetic Pathway During Neuronal Differentiation In Vitro.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Veronica Cartocci</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marco Segatto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicole Ungerer</w:t>
+                <w:t xml:space="preserve">Ilenia Di Tunno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Céline Keime</w:t>
+                <w:t xml:space="preserve">Stefano Leone</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frank Pfrieger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Neuroscience</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 36 (30), </w:t>
+              <w:t xml:space="preserve">Journal of Cellular Biochemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 117 (9), </w:t>
             </w:r>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1523/JNEUROSCI.0900-16.2016⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/jcb.25500⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId152" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02882612v1</w:t>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02882605v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Role of Hypothalamic NF-κB Signaling in the Response of the HPT-Axis to Acute Inflammation in Female Mice.</w:t>
               </w:r>
@@ -4801,587 +4801,587 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02878161v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">CXCR4 prevents dispersion of granule neuron precursors in the adult dentate gyrus.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">[Cellular communication between neurons and glial cells: an overview].</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frank Pfrieger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clara Schultheiss</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Michael Reber</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Hippocampus</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/hipo.22180⟩</w:t>
+              <w:t xml:space="preserve">Médecine/Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 29 (2), pp.142-144. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/medsci/2013292009⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId204" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02882618v1</w:t>
+                <w:t xml:space="preserve">hal-02878156v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">[Cellular communication between neurons and glial cells: an overview].</w:t>
-[...26 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">CXCR4 prevents dispersion of granule neuron precursors in the adult dentate gyrus.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clara Schultheiss</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philipp Abe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frauke Hoffmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wiebke Mueller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anna-Elisabeth Kreuder</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Médecine/Sciences</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Hippocampus</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 23 (12), pp.1345-1358. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/hipo.22180⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1051/medsci/2013292009⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02878156v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02882618v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Relevance of exocytotic glutamate release from retinal glia.</w:t>
+                <w:t xml:space="preserve">Isolation and characterization of living primary astroglial cells using the new GLAST-specific monoclonal antibody ACSA-1.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michal Slezak</w:t>
+                <w:t xml:space="preserve">Melanie Jungblut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antje Grosche</w:t>
+                <w:t xml:space="preserve">Marie Catherine Tiveron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aurore Niemiec</w:t>
+                <w:t xml:space="preserve">Serena Barral</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Naoyuki Tanimoto</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Thomas Pannicke</w:t>
+                <w:t xml:space="preserve">Bjarke Abrahamsen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastian Knöbel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neuron</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.neuron.2012.03.027⟩</w:t>
+              <w:t xml:space="preserve">Glia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 60 (6), pp.894-907. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/glia.22322⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00728041v1</w:t>
+                <w:t xml:space="preserve">hal-02882610v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isolation and characterization of living primary astroglial cells using the new GLAST-specific monoclonal antibody ACSA-1.</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Relevance of exocytotic glutamate release from retinal glia.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Serena Barral</w:t>
+                <w:t xml:space="preserve">Michal Slezak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bjarke Abrahamsen</w:t>
+                <w:t xml:space="preserve">Antje Grosche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sebastian Knöbel</w:t>
+                <w:t xml:space="preserve">Aurore Niemiec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Naoyuki Tanimoto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Pannicke</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Glia</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/glia.22322⟩</w:t>
+              <w:t xml:space="preserve">Neuron</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 74 (3), pp.504-16. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.neuron.2012.03.027⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId221" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-02882610v1</w:t>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00728041v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cholesterol metabolism in neurons and astrocytes.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frank Pfrieger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicole Ungerer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Progress in Lipid Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 50 (4), pp.357-371. </w:t>
             </w:r>
             <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5428,51 +5428,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genetic approaches to study glial cells in the rodent brain.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frank Pfrieger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michal Slezak</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Glia</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 60 (5), pp.681-701. </w:t>
             </w:r>
             <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5658,251 +5658,251 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02884497v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Role of astroglial connexin30 in hippocampal gap junction coupling.</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Role of glial cells in the formation and maintenance of synapses.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frank Pfrieger</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Glia</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/glia.21120⟩</w:t>
+              <w:t xml:space="preserve">Brain research reviews</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 63 (1-2), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.brainresrev.2009.11.002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId241" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02878201v1</w:t>
+                <w:t xml:space="preserve">hal-02875973v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId242" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Role of glial cells in the formation and maintenance of synapses.</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Role of astroglial connexin30 in hippocampal gap junction coupling.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominic Gosejacob</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pavel Dublin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peter Bedner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kerstin Hüttmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jiong Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Brain research reviews</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Glia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 59 (3), pp.511-519. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/glia.21120⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.brainresrev.2009.11.002⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02875973v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02878201v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Origin of new glial cells in intact and injured adult spinal cord.</w:t>
               </w:r>
@@ -6150,183 +6150,183 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02884512v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Letter from the guest editor: The relevance of cell adhesion for synapse-glia interactions.</w:t>
+                <w:t xml:space="preserve">Roles of glial cells in synapse development.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frank Pfrieger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cell adhesion and migration</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, 3 (1), </w:t>
+              <w:t xml:space="preserve">Cellular and Molecular Life Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 66 (13), </w:t>
             </w:r>
             <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4161/cam.3.1.8295⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s00018-009-0005-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02875976v1</w:t>
+                <w:t xml:space="preserve">hal-02875972v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Roles of glial cells in synapse development.</w:t>
+                <w:t xml:space="preserve">Letter from the guest editor: The relevance of cell adhesion for synapse-glia interactions.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frank Pfrieger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cellular and Molecular Life Sciences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, 66 (13), </w:t>
+              <w:t xml:space="preserve">Cell adhesion and migration</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 3 (1), </w:t>
             </w:r>
             <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s00018-009-0005-7⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4161/cam.3.1.8295⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02875972v1</w:t>
+                <w:t xml:space="preserve">hal-02875976v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Glial cells promote dendrite formation and the reception of synaptic input in Purkinje cells from postnatal mice.</w:t>
               </w:r>
@@ -6825,77 +6825,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Transgenic mice for conditional gene manipulation in astroglial cells.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michal Slezak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Göritz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurore Niemiec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonas Frisén</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6965,356 +6965,365 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00188914v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Regional variations in the glial influence on synapse development in the mouse CNS.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Synaptic plasticity, astrocytes and morphological homeostasis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michal Slezak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C C Steinmetz</w:t>
+                <w:t xml:space="preserve">Frank W. Pfrieger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">I Buard</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Frank Pfrieger</w:t>
+                <w:t xml:space="preserve">Zbigniew Sołtys</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Journal of Physiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1113/jphysiol.2006.117358⟩</w:t>
+              <w:t xml:space="preserve">Journal of Physiology - Paris</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 99 (2-3), pp.84-91. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId287" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jphysparis.2005.12.082⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02881680v1</w:t>
+                <w:t xml:space="preserve">hal-00092661v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId289" w:history="1">
+            <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synaptic plasticity, astrocytes and morphological homeostasis.</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Michal Slezak</w:t>
+                <w:t xml:space="preserve">Regional variations in the glial influence on synapse development in the mouse CNS.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId289" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C C Steinmetz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId290" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I Buard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Claudepierre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K Nägler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frank Pfrieger</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Zbigniew Soltys</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physiology - Paris</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jphysparis.2005.12.082⟩</w:t>
+              <w:t xml:space="preserve">The Journal of Physiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 577 (Pt 1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId292" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1113/jphysiol.2006.117358⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId289" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02878193v1</w:t>
+            <w:hyperlink r:id="rId288" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02881680v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId292" w:history="1">
+            <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synaptic plasticity, astrocytes and morphological homeostasis</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Pfrieger Fw</w:t>
+                <w:t xml:space="preserve">Synaptic plasticity, astrocytes and morphological homeostasis.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michal Slezak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frank Pfrieger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Z. Soltys</w:t>
+                <w:t xml:space="preserve">Zbigniew Soltys</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Physiology - Paris</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2006, 99, pp.84-91</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2006, 99 (2-3), pp.84-91. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId287" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jphysparis.2005.12.082⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId292" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00092661v1</w:t>
+            <w:hyperlink r:id="rId293" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02878193v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multiple mechanisms mediate cholesterol-induced synaptogenesis in a CNS neuron</w:t>
               </w:r>
@@ -7502,482 +7511,482 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02878205v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId301" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Purification of embryonic stem cell-derived neurons by immunoisolation.</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Karl Nägler</w:t>
+                <w:t xml:space="preserve">New roles for astrocytes: regulation of CNS synaptogenesis.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michal Slezak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frank Pfrieger</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Kurt Gottmann</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">FASEB Journal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1096/fj.03-0118fje⟩</w:t>
+              <w:t xml:space="preserve">Trends in Neurosciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, 26 (10), pp.531-535. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId302" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.tins.2003.08.005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId301" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02878207v1</w:t>
+                <w:t xml:space="preserve">hal-02878157v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId305" w:history="1">
+            <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cholesterol homeostasis and function in neurons of the central nervous system.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frank Pfrieger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cellular and Molecular Life Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2003, 60 (6), </w:t>
             </w:r>
-            <w:hyperlink r:id="rId306" w:history="1">
+            <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s00018-003-3018-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId305" w:history="1">
+            <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02875977v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId307" w:history="1">
+            <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">[New aspects of cholesterol in the central nervous system].</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Thomas Claudepierre</w:t>
+                <w:t xml:space="preserve">Purification of embryonic stem cell-derived neurons by immunoisolation.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId306" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kay Jüngling</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId299" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karl Nägler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frank Pfrieger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId307" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kurt Gottmann</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Médecine/Sciences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2003, 19 (5), pp.601-605. </w:t>
+              <w:t xml:space="preserve">FASEB Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, 17 (14), </w:t>
             </w:r>
             <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1051/medsci/2003195601⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1096/fj.03-0118fje⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId307" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02878177v1</w:t>
+            <w:hyperlink r:id="rId305" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02878207v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Role of cholesterol in synapse formation and function.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">[New aspects of cholesterol in the central nervous system].</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Claudepierre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frank Pfrieger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BBA - Biochimica et Biophysica Acta</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2003, 1610 (2), pp.271-280. </w:t>
+              <w:t xml:space="preserve">Médecine/Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, 19 (5), pp.601-605. </w:t>
             </w:r>
             <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/s0005-2736(03)00024-5⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1051/medsci/2003195601⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02875975v1</w:t>
+                <w:t xml:space="preserve">hal-02878177v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New roles for astrocytes: regulation of CNS synaptogenesis.</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Role of cholesterol in synapse formation and function.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frank Pfrieger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Trends in Neurosciences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2003, 26 (10), pp.531-535. </w:t>
+              <w:t xml:space="preserve">BBA - Biochimica et Biophysica Acta</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, 1610 (2), pp.271-280. </w:t>
             </w:r>
             <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.tins.2003.08.005⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/s0005-2736(03)00024-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02878157v1</w:t>
+                <w:t xml:space="preserve">hal-02875975v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Role of glia-derived cholesterol in synaptogenesis: new revelations in the synapse-glia affair.</w:t>
               </w:r>
@@ -8086,226 +8095,226 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02882593v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId317" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Role of glia in synapse development.</w:t>
+                <w:t xml:space="preserve">Outsourcing in the brain: do neurons depend on cholesterol delivery by astrocytes?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frank Pfrieger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Current Opinion in Neurobiology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2002, 12 (5), pp.486-490. </w:t>
+              <w:t xml:space="preserve">BioEssays</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002, 25 (1), </w:t>
             </w:r>
             <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/s0959-4388(02)00358-6⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/bies.10195⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId317" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02875978v1</w:t>
+                <w:t xml:space="preserve">hal-02875974v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Outsourcing in the brain: do neurons depend on cholesterol delivery by astrocytes?</w:t>
+                <w:t xml:space="preserve">Role of glia in synapse development.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frank Pfrieger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BioEssays</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2002, 25 (1), </w:t>
+              <w:t xml:space="preserve">Current Opinion in Neurobiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002, 12 (5), pp.486-490. </w:t>
             </w:r>
             <w:hyperlink r:id="rId320" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/bies.10195⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/s0959-4388(02)00358-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02875974v1</w:t>
+                <w:t xml:space="preserve">hal-02875978v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">CNS synaptogenesis promoted by glia-derived cholesterol.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId322" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D H Mauch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId287" w:history="1">
+            <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K Nägler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId323" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S Schumacher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8570,235 +8579,235 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02878163v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId333" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">What the fly's glia tell the fly's brain.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Characterization of the signaling interactions that promote the survival and growth of developing retinal ganglion cells in culture.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId334" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Meyer-Franke</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId335" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M R Kaplan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frank Pfrieger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId328" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B A Barres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cell</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/0092-8674(95)90178-7⟩</w:t>
+              <w:t xml:space="preserve">Neuron</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1995, 15 (4), pp.805-819. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId336" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/0896-6273(95)90172-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId333" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02878159v1</w:t>
+                <w:t xml:space="preserve">hal-02878204v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId335" w:history="1">
+            <w:hyperlink r:id="rId337" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization of the signaling interactions that promote the survival and growth of developing retinal ganglion cells in culture.</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">What the fly's glia tell the fly's brain.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frank Pfrieger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId328" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B A Barres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neuron</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1995, 15 (4), pp.805-819. </w:t>
+              <w:t xml:space="preserve">Cell</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1995, 83 (5), </w:t>
             </w:r>
             <w:hyperlink r:id="rId338" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/0896-6273(95)90172-8⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/0092-8674(95)90178-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId335" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02878204v1</w:t>
+            <w:hyperlink r:id="rId337" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02878159v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId339" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The formation of glutamatergic synapses in cultured central neurons: selective increase in miniature synaptic currents.</w:t>
               </w:r>
@@ -9638,51 +9647,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="B4679575"/>
+    <w:nsid w:val="2ECD6C8E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -9869,51 +9878,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/frank-pfrieger" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7085-1431" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/102417091" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/AAX-3208-2020" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05487670v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pfrieger Fw" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05268731v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05083212v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04895750v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04773701v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04788686v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04790639v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04788666v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Pfrieger" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04790660v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05268697v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank W Pfrieger" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05219518v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05488899v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05440767v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angel Baudon" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Grelot" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kai-Yi Wang" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ferdinand Althammer" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Denis" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-025-68114-4" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05208765v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martina Parente" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Barthelemy" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Tonini" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Caputo" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandra Sacchi" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms26125769" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04772165v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Duquenne" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eleonora Deligia" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cintia Folgueira" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Bourouh" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Caron" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molmet.2024.101996" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04235098v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.plipres.2023.101225" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03778845v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Demais" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Pohl" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kirsten Wunderlich" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Pfaller" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lew Kaplan" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jev2.12254" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03778811v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monica Imbernon" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chiara Saponaro" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hans Christian Cederberg Helms" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniela Fernandois" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cmet.2022.06.002" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03841247v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Manfredi-Lozano" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Leysen" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michela Adamo" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabel Paiva" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Rovera" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.abq4515" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03437017v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Escartin" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Galea" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#225;s Lakatos" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James O&#8217;callaghan" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabor Petzold" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41593-020-00783-4" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03436977v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Demais" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Izabela-Cristina Stancu" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eugeniu Vasile" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom Houben" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nbd.2021.105469" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03295797v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0253847" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03491738v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnagi.2021.766587" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02989010v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cuong Pham" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniela Herrera Moro" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Mouffle" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steve Didienne" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gine Hepp" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuroimage.2020.117069" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03037493v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentina Pallottini" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms21238979" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02884513v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Neng-Yuan Hu" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ya-Ting Chen" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qian Wang" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wei Jie" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yi-Si Liu" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12264-019-00451-z" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01900936v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Layal Maatouk" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chenju Yi" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria-Angeles Carrillo-de Sauvage" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Claire Compagnion" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Hunot" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41418-018-0150-3" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02408639v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Segatto" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viviana Trezza" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms20133317" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02884509v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronica Cartocci" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martina Catallo" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Massimo Tempestilli" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuroscience.2017.12.053" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02408650v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annelies Nonneman" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Criem" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Lewandowski" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rik Nuyts" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dietmar Thal" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nbd.2018.07.012" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02408858v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Vitale" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1194/jlr.R084210" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02884490v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lysann Wagner" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Pannicke" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Rupprecht" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ina Frommherz" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cornelia Volz" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/glia.23144" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02336072v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Weida Shen" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ljiljana Nikolic" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Meunier" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Audinat" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-017-11793-x" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02882614v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lise Savier" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephen J Eglen" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Bath&#233;l&#233;my" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Perraut" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7554/eLife.20470" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02882605v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilenia Di Tunno" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano Leone" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jcb.25500" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02882612v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Barth&#233;l&#233;my" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Ungerer" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Keime" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1523/JNEUROSCI.0900-16.2016" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02882613v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E M de Vries" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Nagel" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Haenold" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S M Sundaram" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1210/en.2016-1027" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02882611v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Sultan" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liyi Li" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Moss" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Petrelli" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Cass&#233;" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuron.2015.10.037" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01266802v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melissa Barber" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoko Arai" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoshihiro Morishita" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Vigier" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Causeret" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cub.2015.08.028" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01362700v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yo Otsu" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kiri Couchman" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Declan G. Lyons" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mayeul Collot" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amit Agarwal" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nn.3906" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02875980v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Buard" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mcn.2014.06.003" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02884507v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Mathis" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Bastien Bott" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Clesse" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicholas Bevins" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00429-014-0745-5" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02878161v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mauricio G Mart&#237;n" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos G Dotti" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15252/embr.201439225" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02882618v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Schultheiss" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philipp Abe" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frauke Hoffmann" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wiebke Mueller" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna-Elisabeth Kreuder" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/hipo.22180" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-0B5BHRZZ-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02878156v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Reber" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/medsci/2013292009" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00728041v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michal Slezak" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antje Grosche" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Niemiec" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naoyuki Tanimoto" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuron.2012.03.027" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02882610v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melanie Jungblut" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Catherine Tiveron" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serena Barral" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bjarke Abrahamsen" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Kn&#246;bel" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/glia.22322" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/95F2A7EF08ED8AEA38F53A7AE3180C041A0043D1/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02878162v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.plipres.2011.06.002" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02875979v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/glia.22283" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-GP6VFC4V-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02884497v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Claudepierre" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Paques" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Simonutti" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose Sahel" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mcn.2009.10.007" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-XGNQG3QX-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02878201v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominic Gosejacob" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pavel Dublin" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Bedner" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kerstin H&#252;ttmann" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiong Zhang" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/glia.21120" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-RG67CR08-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02875973v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.brainresrev.2009.11.002" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02884496v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanie Barnab&#233;-Heider" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian G&#246;ritz" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanna Sabelstr&#246;m" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hirohide Takebayashi" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.stem.2010.07.014" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02884512v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oliver Ehm" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcela Covic" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iris Sch&#228;ffner" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tobias J Schwarz" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1523/JNEUROSCI.1567-10.2010" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02875976v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4161/cam.3.1.8295" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02875972v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00018-009-0005-7" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02878206v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine C Steinmetz" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/glia.20943" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-C8HRR864-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00400252v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katja Nieweg" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert Schaller" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1471-4159.2009.05917.x" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02882608v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Koncina" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Bagnard" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Aunis" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/dvdy.21759" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02884491v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Thiebaut" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc-Henri Tessier" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christoph Moehle" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/glia.20531" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-JS5TQFD0-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00188914v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonas Fris&#233;n" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Chambon" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/glia.20570" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-MKWH5TJP-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02881680v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C C Steinmetz" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I Buard" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K N&#228;gler" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1113/jphysiol.2006.117358" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02878193v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zbigniew Soltys" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jphysparis.2005.12.082" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00092661v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Slezak" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Soltys" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02881681v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniela H. Mauch" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mcn.2005.02.006" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02878205v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karl N&#228;gler" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1469-7793.2001.00665.x" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02878207v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kay J&#252;ngling" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kurt Gottmann" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1096/fj.03-0118fje" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02875977v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00018-003-3018-7" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02878177v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/medsci/2003195601" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02875975v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/s0005-2736(03)00024-5" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02878157v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tins.2003.08.005" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02882593v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniela H Mauch" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/s0928-4257(02)00014-1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-9K2BVWFW-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02875978v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/s0959-4388(02)00358-6" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02875974v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/bies.10195" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02882619v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D H Mauch" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Schumacher" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C G&#246;ritz" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E C M&#252;ller" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.294.5545.1354" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02878154v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B A Barres" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.277.5332.1684" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02878163v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/s0959-4388(96)80093-6" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-BD4CFLRR-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02878159v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0092-8674(95)90178-7" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02878204v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Meyer-Franke" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M R Kaplan" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0896-6273(95)90172-8" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02878203v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K Gottmann" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H D Lux" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0165-3806(94)90070-1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02878194v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0896-6273(94)90155-4" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02878202v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N S Veselovsky" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05195807v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05195798v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05195835v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Czernecki" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shirley Dixit" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Riezman" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Innocenti" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Bornmann" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03037507v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/frank-pfrieger" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7085-1431" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/102417091" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/AAX-3208-2020" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05487670v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pfrieger Fw" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04895750v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05268731v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05083212v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04773701v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04788686v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04790639v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04788666v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Pfrieger" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04790660v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05268697v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank W Pfrieger" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05219518v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05488899v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05440767v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angel Baudon" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Grelot" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kai-Yi Wang" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ferdinand Althammer" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Denis" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-025-68114-4" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05208765v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martina Parente" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Barthelemy" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Tonini" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Caputo" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandra Sacchi" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms26125769" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04772165v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Duquenne" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eleonora Deligia" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cintia Folgueira" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Bourouh" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Caron" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molmet.2024.101996" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04235098v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.plipres.2023.101225" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03841247v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Manfredi-Lozano" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Leysen" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michela Adamo" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabel Paiva" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Rovera" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.abq4515" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03778845v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Demais" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Pohl" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kirsten Wunderlich" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Pfaller" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lew Kaplan" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jev2.12254" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03778811v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monica Imbernon" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chiara Saponaro" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hans Christian Cederberg Helms" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniela Fernandois" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cmet.2022.06.002" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03436977v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Demais" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Izabela-Cristina Stancu" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eugeniu Vasile" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom Houben" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nbd.2021.105469" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03437017v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Escartin" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Galea" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#225;s Lakatos" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James O&#8217;callaghan" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabor Petzold" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41593-020-00783-4" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03295797v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0253847" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03491738v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnagi.2021.766587" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03037493v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentina Pallottini" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms21238979" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02989010v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cuong Pham" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniela Herrera Moro" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Mouffle" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steve Didienne" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gine Hepp" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuroimage.2020.117069" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02408639v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Segatto" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viviana Trezza" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms20133317" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02884513v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Neng-Yuan Hu" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ya-Ting Chen" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qian Wang" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wei Jie" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yi-Si Liu" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12264-019-00451-z" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01900936v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Layal Maatouk" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chenju Yi" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria-Angeles Carrillo-de Sauvage" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Claire Compagnion" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Hunot" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41418-018-0150-3" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02408858v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Vitale" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1194/jlr.R084210" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02884509v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronica Cartocci" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martina Catallo" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Massimo Tempestilli" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuroscience.2017.12.053" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02408650v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annelies Nonneman" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Criem" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Lewandowski" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rik Nuyts" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dietmar Thal" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nbd.2018.07.012" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02336072v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Weida Shen" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ljiljana Nikolic" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Meunier" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Audinat" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-017-11793-x" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02884490v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lysann Wagner" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Pannicke" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Rupprecht" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ina Frommherz" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cornelia Volz" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/glia.23144" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02882614v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lise Savier" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephen J Eglen" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Bath&#233;l&#233;my" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Perraut" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7554/eLife.20470" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02882612v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Barth&#233;l&#233;my" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Ungerer" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Keime" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1523/JNEUROSCI.0900-16.2016" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02882605v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilenia Di Tunno" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano Leone" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jcb.25500" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02882613v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E M de Vries" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Nagel" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Haenold" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S M Sundaram" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1210/en.2016-1027" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02882611v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Sultan" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liyi Li" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Moss" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Petrelli" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Cass&#233;" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuron.2015.10.037" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01266802v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melissa Barber" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoko Arai" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoshihiro Morishita" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Vigier" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Causeret" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cub.2015.08.028" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01362700v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yo Otsu" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kiri Couchman" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Declan G. Lyons" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mayeul Collot" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amit Agarwal" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nn.3906" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02875980v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Buard" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mcn.2014.06.003" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02884507v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Mathis" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Bastien Bott" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Clesse" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicholas Bevins" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00429-014-0745-5" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02878161v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mauricio G Mart&#237;n" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos G Dotti" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15252/embr.201439225" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02878156v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Reber" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/medsci/2013292009" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02882618v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Schultheiss" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philipp Abe" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frauke Hoffmann" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wiebke Mueller" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna-Elisabeth Kreuder" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/hipo.22180" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-0B5BHRZZ-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02882610v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melanie Jungblut" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Catherine Tiveron" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serena Barral" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bjarke Abrahamsen" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Kn&#246;bel" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/glia.22322" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/95F2A7EF08ED8AEA38F53A7AE3180C041A0043D1/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00728041v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michal Slezak" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antje Grosche" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Niemiec" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naoyuki Tanimoto" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuron.2012.03.027" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02878162v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.plipres.2011.06.002" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02875979v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/glia.22283" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-GP6VFC4V-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02884497v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Claudepierre" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Paques" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Simonutti" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose Sahel" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mcn.2009.10.007" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-XGNQG3QX-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02875973v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.brainresrev.2009.11.002" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02878201v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominic Gosejacob" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pavel Dublin" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Bedner" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kerstin H&#252;ttmann" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiong Zhang" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/glia.21120" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-RG67CR08-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02884496v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanie Barnab&#233;-Heider" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian G&#246;ritz" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanna Sabelstr&#246;m" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hirohide Takebayashi" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.stem.2010.07.014" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02884512v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oliver Ehm" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcela Covic" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iris Sch&#228;ffner" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tobias J Schwarz" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1523/JNEUROSCI.1567-10.2010" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02875972v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00018-009-0005-7" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02875976v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4161/cam.3.1.8295" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02878206v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine C Steinmetz" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/glia.20943" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-C8HRR864-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00400252v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katja Nieweg" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert Schaller" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1471-4159.2009.05917.x" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02882608v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Koncina" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Bagnard" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Aunis" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/dvdy.21759" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02884491v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Thiebaut" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc-Henri Tessier" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christoph Moehle" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/glia.20531" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-JS5TQFD0-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00188914v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonas Fris&#233;n" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Chambon" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/glia.20570" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-MKWH5TJP-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00092661v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank W. Pfrieger" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zbigniew So&#322;tys" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jphysparis.2005.12.082" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02881680v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C C Steinmetz" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I Buard" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K N&#228;gler" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1113/jphysiol.2006.117358" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02878193v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zbigniew Soltys" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02881681v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniela H. Mauch" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mcn.2005.02.006" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02878205v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karl N&#228;gler" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1469-7793.2001.00665.x" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02878157v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tins.2003.08.005" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02875977v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00018-003-3018-7" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02878207v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kay J&#252;ngling" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kurt Gottmann" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1096/fj.03-0118fje" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02878177v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/medsci/2003195601" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02875975v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/s0005-2736(03)00024-5" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02882593v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniela H Mauch" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/s0928-4257(02)00014-1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-9K2BVWFW-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02875974v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/bies.10195" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02875978v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/s0959-4388(02)00358-6" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02882619v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D H Mauch" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Schumacher" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C G&#246;ritz" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E C M&#252;ller" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.294.5545.1354" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02878154v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B A Barres" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.277.5332.1684" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02878163v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/s0959-4388(96)80093-6" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-BD4CFLRR-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02878204v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Meyer-Franke" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M R Kaplan" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0896-6273(95)90172-8" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02878159v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0092-8674(95)90178-7" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02878203v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K Gottmann" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H D Lux" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0165-3806(94)90070-1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02878194v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0896-6273(94)90155-4" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02878202v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N S Veselovsky" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05195807v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05195798v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05195835v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Czernecki" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shirley Dixit" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Riezman" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Innocenti" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Bornmann" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03037507v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>