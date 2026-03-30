--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -71,2178 +71,9357 @@
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> IdHAL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId7" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="#410a8c"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">frank-wien</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve"> ResearcherID : </w:t>
+        <w:t xml:space="preserve"> ORCID : </w:t>
       </w:r>
       <w:hyperlink r:id="rId8" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="#410a8c"/>
             <w:u w:val="single"/>
           </w:rPr>
-          <w:t xml:space="preserve">B-7846-2012</w:t>
+          <w:t xml:space="preserve">0000-0002-0752-8735</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"> IdRef : </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId9" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="#410a8c"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t xml:space="preserve">224372157</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"> ResearcherID : </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId10" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="#410a8c"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t xml:space="preserve">http://www.researcherid.com/rid/B-7846-2012</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="600"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="400"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (5)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (57)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">EXPLORING THE ORIGIN OF CHIRALITY IN THE CHOLESTERIC PHASES OF CELLULOSE NANOCRYSTALS</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">DNA methylation enhances cooperative disentanglement by the Hfq nucleoid-associated protein</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frank Wien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Isabelle Capron</w:t>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nykola Jones</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Søren Vrønning Hoffmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Arluison</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EPNOE 2025</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-05281423v1</w:t>
+              <w:t xml:space="preserve">European Biophysics Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00249-025-01800-9⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05354828v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multiscale chirality transfer in cholesteric cellulose nanocrystal suspensions</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Hfq influences ciprofloxacin accumulation in Escherichia coli independently of ompC and ompF post-transcriptional regulation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Turbant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Natalia Lewandowska</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylwia Bloch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frank Wien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugo Chauvet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">RBPGO 2024</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-05281458v1</w:t>
+              <w:t xml:space="preserve">Journal of Applied Genetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 66 (2), pp.449-457. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s13353-025-00945-9⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05298220v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exploring chirality transfer in cholesteric cellulose nanocrystal suspensions</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Amyloid-like DNA bridging: a new mode of DNA shaping</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frank Wien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcos Gragera</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tatsuhito Matsuo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gautier Moroy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">María Teresa Bueno-Carrasco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plénières SLAMM 2024</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-05281444v1</w:t>
+              <w:t xml:space="preserve">Nucleic Acids Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 53 (5), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/nar/gkaf169⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05298217v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Site-directed mutagenesis and structural investigation of the antigenicity of wheat allergen LTP1 (Tri a 14)</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Chantal Brossard</w:t>
+                <w:t xml:space="preserve">Evaluation of synthetic mRNA with selected UTR sequences and alternative Poly(A) tail, in vitro and in vivo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ayoub Medjmedj</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugo Genon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dounia Hezili</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Albert Ngalle Loth</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rudy Clemençon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Rencontre Francophone d'Allergologie Moléculaire - RFAM6</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-04708930v1</w:t>
+              <w:t xml:space="preserve">Molecular Therapy - Nucleic Acids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 36 (3), pp.102648. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.omtn.2025.102648⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05343261v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Secondary structure and thermodynamics of natural collagen extracted from bovine bones, by synchrotron radiation circular dichroism</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">A workflow to define structural classes and classify nucleic acids circular dichroism spectra</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kevin Mosca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Søren Vrønning Hoffmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice Grangier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frank Wien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Veronique Arluison</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EPF2017 - European Polymer Congress</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-02734437v1</w:t>
+              <w:t xml:space="preserve">QRB Discovery</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 6, pp.e22. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/qrd.2025.10008⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05298222v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Determining the effects of pseudouridine incorporation on human tRNAs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anna Biela</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jakub Nowak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Artur Biela</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sunandan Mukherjee</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Seyed Naeim Moafinejad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">EMBO Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 44 (13), pp.3553-3585. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s44318-025-00443-y⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05298226v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Monomers, Dimers, and Oligomers of Pyroglutamate-Modified α-Synuclein Fragments Exhibit Distinct Biophysical Characteristics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandra Bluhm</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wei Xiang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frank Wien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurelien Thureau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maelenn Chevreuil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ACS Chemical Neuroscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 16 (10), pp.1919-1936. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acschemneuro.5c00106⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05263721v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Angle-Resolved Linear Dichroism to Probe the Organization of Highly Ordered Collagen Biomaterials</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Natacha Krins</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frank Wien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Margaux Schmeltz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Javier Pérez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dounia Dems</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Biomacromolecules</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 25 (9), pp.6181-6187. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.biomac.4c00860⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04735393v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The Amyloid Assembly of the Bacterial Hfq Is Lipid-Driven and Lipid-Specific</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Turbant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Machiels</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jehan Waeytens</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frank Wien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Arluison</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Journal of Molecular Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 25, pp.1434. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/ijms25031434⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04414496v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leu-Enkephalin Lipid Prodrug Nanoparticles: Relationship between Nanoparticles’ Structure, Interaction with Bovine Serum Albumin, and Analgesic Activity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sinda Lepetre-Mouelhi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Da Silva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucas Prades</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jiao Feng</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frank Wien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Chemistry of Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 36 (2), pp.694-707. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.chemmater.3c02070⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04474053v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Interactions and Insertion of Escherichia coli Hfq into Outer Membrane Vesicles as Revealed by Infrared and Orientated Circular Dichroism Spectroscopies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Turbant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jehan Waeytens</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anaïs Blache</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emeline Esnouf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Raussens</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Journal of Molecular Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 24 (14), pp.11424. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/ijms241411424⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04353217v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">NACDDB: Nucleic Acid Circular Dichroism Database</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrea Cappannini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kevin Mosca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sunandan Mukherjee</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S Naeim Moafinejad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard R Sinden</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Nucleic Acids Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 51 (D1), pp.D226-D231. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/nar/gkac829⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04353225v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Interactions and insertion of $Escherichia\ coli$ Hfq into Outer Membrane Vesicles as revealed by infrared and orientated circular dichroism spectroscopies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Turbant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emeline Esnouf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anaïs Blache</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grzegorz Węgrzyn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Arluison</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Journal of Molecular Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 24 (14), pp.11424. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/ijms241411424⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04307105v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Role of the Bacterial Amyloid-like Hfq in Fluoroquinolone Fluxes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Turbant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emeline Esnouf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francois Rosaz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frank Wien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grzegorz Węgrzyn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Microorganisms</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 12 (1), pp.53. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/microorganisms12010053⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04366103v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">BeStSel: webserver for secondary structure and fold prediction for protein CD spectroscopy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">András Micsonai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éva Moussong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frank Wien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eszter Boros</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henrietta Vadászi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Nucleic Acids Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/nar/gkac345⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03670788v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Disordered-Ordered Protein Binary Classification by Circular Dichroism Spectroscopy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">András Micsonai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éva Moussong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nikoletta Murvai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ágnes Tantos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Orsolya Tőke</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Frontiers in Molecular Biosciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fmolb.2022.863141⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03657391v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Electronic Structure and Solvation Effects from Core and Valence Photoelectron Spectroscopy of Serum Albumin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Renault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Huart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aleksandar R Milosavljević</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">John D Bozek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jerôme Palaudoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Journal of Molecular Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 23 (15), pp.8227. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/ijms23158227⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-03746660v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Critical structural elements for the antigenicity of wheat allergen LTP1 (Tri a 14) revealed by site-directed mutagenesis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hamza Mameri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Charles Gaudin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Lollier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Tranquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chantal Brossard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 12 (1), pp.12253. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41598-022-15811-5⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03736832v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amyloid-like Hfq interaction with single-stranded DNA: involvement in recombination and replication in Escherichia coli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Krzysztof Kubiak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frank Wien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Indresh Yadav</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nykola Jones</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Søren Vrønning Hoffmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">QRB Discovery</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 3, pp.e15. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/qrd.2022.15⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04353804v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The Amyloid Region of Hfq Riboregulator Promotes DsrA:rpoS RNAs Annealing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Turbant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pengzhi Wu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frank Wien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Veronique Arluison</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/biology10090900⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04353246v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Investigation by Synchrotron Radiation Circular Dichroism of the Secondary Structure Evolution of Pepsin under Oxidative Environment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laetitia Theron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aline Bonifacie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémy Delabre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Sayd</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Aubry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Foods</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 10 (5), pp.998. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/foods10050998⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03294474v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Supramolecular organization and biological interaction of the squalenoyl siRNA nanoparticles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Caillaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Gobeaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Miryana Hémadi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Suzan Boutary</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Guenoun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Journal of Pharmaceutics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 609, pp.121117. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijpharm.2021.121117⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03379142v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Crucial Role of the C-Terminal Domain of Hfq Protein in Genomic Instability</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virali J. Parekh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frank Wien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wilfried Grange</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas A. de Long</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Veronique Arluison</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Microorganisms</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 8 (10), pp.1598. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/microorganisms8101598⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03408207v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Native Collagen: Electrospinning of Pure, Cross-Linker-Free, Self-Supported Membrane</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dounia Dems</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Rodrigues da Silva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Hélary</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frank Wien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Marchand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ACS Applied Bio Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acsabm.0c00006⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02541707v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Interactions between DNA and the Hfq Amyloid-like Region Trigger a Viscoelastic Response</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Omar El Hamoui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Indresh Yadav</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Milad Radiom</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frank Wien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Francois Berret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Biomacromolecules</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.biomac.0c00747⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02926069v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">In Situ Analysis of Weakly Bound Proteins Reveals Molecular Basis of Soft Corona Formation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Sanchez-Guzman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaël Giraudon--Colas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Marichal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Boulard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frank Wien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ACS Nano</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 17, pp.9073-9088. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acsnano.0c04165⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-02894519v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Human serum albumin in the presence of AGuIX nanoagents: Structure stabilisation without direct interaction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xiaomin Yang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marta Bolsa-Ferruz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Marichal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erika Porcel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniela Salado-Leza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Journal of Molecular Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 21 (13), pp.4673. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/ijms21134673⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-02886720v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Albumin-driven disassembly of lipidic nanoparticles: the specific case of the squalene-adenosine nanodrug</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Gobeaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joëlle Bizeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Firmin Samson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Marichal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Grillo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Nanoscale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 12, pp.2793-2809. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/C9NR06485K⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-02434394v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Role of Hfq in Genome Evolution: Instability of G-Quadruplex Sequences in E. coli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virali Parekh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brittany Niccum</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rachna Shah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marisa Rivera</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mark Novak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Microorganisms</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/microorganisms8010028⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04353279v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The bacterial amyloid-like Hfq promotes in vitro DNA alignment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frank Wien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Martinez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Le Brun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nykola Jones</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Søren Vrønning Hoffmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Microorganisms</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 7 (12), pp.639. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/microorganisms7120639⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04353289v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Time resolved transient circular dichroism spectroscopy using synchrotron natural polarization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Auvray</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Dennetiere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Giuliani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Jamme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frank Wien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Structural Dynamics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 6, pp.054307. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/1.5120346⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02351456v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Reversible assembly of a drug peptide into amyloid fibrils: a dynamic circular dichroism study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Gobeaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frank Wien</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Langmuir</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 34, pp.7180-7191. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.langmuir.8b00094⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-01797038v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Revised role for Hfq bacterial regulator on DNA topology</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Malabirade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Partouche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Omar El Hamoui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Turbant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Geinguenaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 8 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41598-018-35060-9⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02092740v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Epigallocatechin Gallate Remodelling of Hfq Amyloid-Like Region Affects Escherichia coli Survival</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Partouche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Turbant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Omar El Hamoui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Campidelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marianne Bombled</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Pathogens</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/pathogens7040095⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04353323v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">BeStSel: a web server for accurate protein secondary structure prediction and fold recognition from the circular dichroism spectra</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">András Micsonai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frank Wien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éva Bulyáki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Judit Kun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éva Moussong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Nucleic Acids Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01824353v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Probing Structural Changes during Self-assembly of Surface-Active Hydrophobin Proteins that Form Functional Amyloids in Fungi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chi L.L. Pham</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Borja Rodríguez de Francisco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabel Valsecchi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Régine Dazzoni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ariane Pille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Molecular Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 430 (20), pp.3784-3801. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jmb.2018.07.025⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-02306660v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Publisher Correction: Membrane association of the bacterial riboregulator Hfq and functional perspectives</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Malabirade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Javier Morgado-Brajones</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Trépout</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frank Wien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ileana Marquez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 7 (1), pp.15651. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41598-017-15019-y⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02390051v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Structural proteomics: Topology and relative accessibility of plant lipid droplet associated proteins</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Jolivet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Aymé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Giuliani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frank Wien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Chardot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Proteomics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 169, pp.87-98. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jprot.2017.09.005⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03079506v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The physicochemical properties of membranes correlate with the NADPH oxidase activity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hager Souabni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frank Wien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tania Bizouarn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chantal Houée-Levin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu M. Refregiers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Biochimica et Biophysica Acta (BBA) - General Subjects</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 1861 (1, Part B), pp.3520-3530. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.bbagen.2016.06.028⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01566812v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chiroptical properties of cryptophane-111</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Buffeteau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Pitrat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Daugey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Calin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Jean</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 19 (28), pp.18303 - 18310. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/c7cp02045g⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01682735v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The effect of origin of the gelatine and ageing on the secondary structure and water dissolution</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Duconseille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frank Wien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Audonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amidou Traore</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Refregiers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Food Hydrocolloids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 66, pp.378-388. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.foodhyd.2016.12.005⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01608331v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Membrane association of the bacterial riboregulator Hfq and functional perspectives.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Malabirade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Javier Morgado-Brajones</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Trépout</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frank Wien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ileana Marquez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 7, pp.10724. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41598-017-11157-5⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-01591449v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Unusual Chiroptical Properties of the Cryptophane-222 Skeleton</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Pitrat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Daugey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Jean</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Vanthuyne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frank Wien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Physical Chemistry B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 120 (49), pp.12650-12659. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.jpcb.6b09771⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01412985v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Refolding of Aggregation-Prone ScFv Antibody Fragments Assisted by Hydrophobically Modified Poly(sodium acrylate) Derivatives</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Narciso Costa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frank Wien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise M. Winnik</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Ortega</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Macromolecular Bioscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 17 (2), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/mabi.201600213⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01511084v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Can Changes in Temperature or Ionic Conditions Modify the DNA Organization in the Full Bacteriophage Capsid?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marta De Frutos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Leforestier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jéril Degrouard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nebraska Zambrano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frank Wien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Physical Chemistry B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.jpcb.6b01783⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01340679v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Structural Basis of IgE Binding to alpha- and gamma-Gliadins: Contribution of Disulfide Bonds and Repetitive and Nonrepetitive Domains</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hamza Mameri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chantal Brossard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Charles Gaudin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Gohon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evelyne Paty</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Agricultural and Food Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 63 (29), pp.6546 - 6554. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.jafc.5b01922⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01204207v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Accurate secondary structure prediction and fold recognition for circular dichroism spectroscopy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">András Micsonai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frank Wien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Linda Kernya</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Young-Ho Lee</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yuji Goto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 112, pp.E3095-E3103. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1073/pnas.1500851112⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01485547v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Neurodegenerative disease-associated mutants of a human mitochondrial aminoacyl-tRNA synthetase present individual molecular signatures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Sauter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Lorber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Gaudry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loukmane Karim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hagen Schwenzer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 5 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/srep17332⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01707736v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Titanium Dioxide Nanoparticles Increase Superoxide Anion Production by Acting on NADPH Oxidase</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rawand Masoud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tania Bizouarn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Trépout</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frank Wien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Baciou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 10 (12), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0144829⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01707694v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anisotropy Spectra of Amino Acids</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cornelia Meinert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jan Hendrik Bredehöft</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId273" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Jacques Filippi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Baraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Nahon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Angewandte Chemie International Edition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 51 (18), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId276" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/anie.201108997⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01285502v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">New insights into pb5, the receptor binding protein of bacteriophage T5, and its interaction with its Escherichia coli receptor FhuA</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId279" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ali Flayhan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frank Wien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId280" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maïté Paternostre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId281" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Boulanger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Breyton</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Biochimie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 94 (9), pp.1982-1989. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.biochi.2012.05.021⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-01201918v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId284" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">DISCO synchrotron-radiation circular-dichroism endstation at SOLEIL</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId285" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Réfrégiers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frank Wien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId286" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ha-Phuong Ta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId287" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lavanya Premvardhan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId288" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Bac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Synchrotron Radiation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 59, pp.1109 - 835. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId289" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1107/S0909049512030002⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId284" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01480932v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId290" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amphipols From A to Z</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Popot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId292" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thorsten Althoff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId293" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Bagnard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId294" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Louis Banères</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId295" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paola Bazzacco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Annual Review of Biophysics and Biomolecular Structure</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 40 (1), pp.379-408. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId296" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1146/annurev-biophys-042910-155219⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId290" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02327349v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId297" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Spatio-temporal radiation biology: new insights and biomedical perspectives</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId298" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Lacombe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId299" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Sabatier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frank Wien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId300" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Gauduel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cell Death and Disease</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 1, pp.e4. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId301" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/cddis.2009.5⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId297" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00575479v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId302" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Synchrotron UV Fluorescence Microscopy Uncovers New Probes in Cells and Tissues</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId303" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Jamme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId304" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Villette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Giuliani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId305" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valerie Rouam</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frank Wien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Microscopy and Microanalysis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 16 (5), pp.507-514. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId306" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/S1431927610093852⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId302" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00609593v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId307" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Structure and assembly properties of the N-terminal domain of the prion Ure2p in isolation and in its natural context.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId308" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Bousset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId309" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Bonnefoy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId310" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Sourigues</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frank Wien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId311" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ronald Melki</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 5 (3), pp.e9760. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId312" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0009760⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId307" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01183211v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId313" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Database searching for thymidine and thymidylate kinase inhibitors using three-dimensional structure-based methods.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId314" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David T Manallack</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId315" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mark R Sanderson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId316" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maninder Sohi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frank Wien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId317" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Helene Munier-Lehmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Enzyme Inhibition and Medicinal Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002, 17 (3), pp.167-74. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId318" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/14756360290032949⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId313" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-00167044v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (7)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (6)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluation of synthetic mRNA with selected UTR sequences and alternative Poly(A) tail, in vitro and in vivo</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">EXPLORING THE ORIGIN OF CHIRALITY IN THE CHOLESTERIC PHASES OF CELLULOSE NANOCRYSTALS</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId320" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugo Voisin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frank Wien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId321" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Capron</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Therapy - Nucleic Acids</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-05343261v1</w:t>
+              <w:t xml:space="preserve">EPNOE 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2025, Sundsvall, Sweden</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId319" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05281423v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId322" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hfq influences ciprofloxacin accumulation in Escherichia coli independently of ompC and ompF post-transcriptional regulation</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Multiscale chirality transfer in cholesteric cellulose nanocrystal suspensions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId320" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugo Voisin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId323" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Estelle Bonnin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId324" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Cousin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frank Wien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId321" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Capron</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Applied Genetics</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-05298220v1</w:t>
+              <w:t xml:space="preserve">RBPGO 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2024, Rennes, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId322" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05281458v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId325" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Amyloid Assembly of the Bacterial Hfq Is Lipid-Driven and Lipid-Specific</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Exploring chirality transfer in cholesteric cellulose nanocrystal suspensions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId320" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugo Voisin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId323" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Estelle Bonnin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId324" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Cousin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frank Wien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Véronique Arluison</w:t>
+            <w:hyperlink r:id="rId321" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Capron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Molecular Sciences</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-04414496v1</w:t>
+              <w:t xml:space="preserve">Plénières SLAMM 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2024, Le croisic, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId325" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05281444v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId326" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interactions and insertion of $Escherichia\ coli$ Hfq into Outer Membrane Vesicles as revealed by infrared and orientated circular dichroism spectroscopies</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Véronique Arluison</w:t>
+                <w:t xml:space="preserve">Site-directed mutagenesis and structural investigation of the antigenicity of wheat allergen LTP1 (Tri a 14)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hamza Mameri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Charles Gaudin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Lollier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Tranquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chantal Brossard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Molecular Sciences</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-04307105v1</w:t>
+              <w:t xml:space="preserve">Rencontre Francophone d'Allergologie Moléculaire - RFAM6</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2023, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId326" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04708930v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId327" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Critical structural elements for the antigenicity of wheat allergen LTP1 (Tri a 14) revealed by site-directed mutagenesis</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Chantal Brossard</w:t>
+                <w:t xml:space="preserve">The fate of squalene-based nanoparticles in biological medium: interactions with serum albumin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joëlle Bizeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Gobeaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Renault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Marichal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId328" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick P. Guenoun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-03736832v1</w:t>
+              <w:t xml:space="preserve">International Conference On Nanomedicine And Nanobiotechnology (ICONAN 2018)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2018, Rome, Italy</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId327" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-02327951v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId329" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Time resolved transient circular dichroism spectroscopy using synchrotron natural polarization</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Secondary structure and thermodynamics of natural collagen extracted from bovine bones, by synchrotron radiation circular dichroism</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId330" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincenza Ferraro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId331" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Réfrégiers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId332" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Wien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId333" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Santé-Lhoutellier</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Structural Dynamics</w:t>
-[...164 lines deleted...]
-                <w:t xml:space="preserve">hal-02327349v1</w:t>
+              <w:t xml:space="preserve">EPF2017 - European Polymer Congress</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2017, Lyon, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId329" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02734437v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Poster de conférence (4)</w:t>
+        <w:t xml:space="preserve">Poster de conférence (7)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId334" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">INVESTIGATING THE INTERACTION BETWEEN FLAVIVIRIDAE CAPSID PROTEINS (CPs) AND LIPID DROPLETS (LDs) IN HETERELOGOUS SYSTEM</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId335" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Rapoport</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Gohon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId336" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sihem Hentati-Mansouri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frank Wien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId337" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Chevalier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Molecular basis for membrane remodelling and organisation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2025, Roscoff, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId334" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05187009v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId338" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Structural study of unconventional proteins, the membrane Hairpin Proteins, using DISCO light.</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Alexandre A. Giuliani</w:t>
+                <w:t xml:space="preserve">Structural Analysis Of HCV Core Protein Associated With Lipid Droplets Using SRCD And Synchrotron NanoIR</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId335" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Rapoport</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId336" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sihem Hentati-Mansouri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId339" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tiphaine Disparti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frank Wien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId340" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Sandt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SOLEIL Users’ Meeting, Satellite Workshop 2015 INRA-SOLEIL: The Synchrotron Approach in Agriculture, Food and Environment Sciences (INRA-SOLEIL2015)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2015, Gif-sur-Yvette, France. , 2015</w:t>
+              <w:t xml:space="preserve">Soleil Users' Meeting 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2023, Gif-sur-Yevette, France. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02743898v1</w:t>
+            <w:hyperlink r:id="rId338" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04484120v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId341" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dynamic and structural studies of lipid droplets using synchrotron light</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Roselyne Tâche</w:t>
+                <w:t xml:space="preserve">Structural convergence of lipid droplet associated hairpin proteins? From research to biotechnology</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Gohon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId342" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Gissot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId343" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michèle Winkler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId344" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Grillot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frank Wien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conférence Jacques Monod, Analyses Moléculaires de l'Organisation et du Remodelage des Membranes</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2014, Roscoff, France. 2014</w:t>
+              <w:t xml:space="preserve">Conférence Jacques Monod. Analyses moléculaires de l’organisation et du remodelage des membranes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2022, Roscoff, France. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02742432v1</w:t>
+            <w:hyperlink r:id="rId341" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04484147v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId345" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Small photo-activatable molecules to control biological processes with light</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId346" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Joyeux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId347" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Gamet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId348" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bastien Nay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId349" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Romero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId350" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maurine Marteau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1st IP Paris Annual Forum of Engeneering for Health</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2022, Palaiseau, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId345" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04303913v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId351" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Structural study of unconventional proteins, the membrane Hairpin Proteins, using DISCO light.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId352" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-David Vindigni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId353" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roselyne Tâche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId354" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Cebo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId355" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franjo Jagic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId356" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre A. Giuliani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">SOLEIL Users’ Meeting, Satellite Workshop 2015 INRA-SOLEIL: The Synchrotron Approach in Agriculture, Food and Environment Sciences (INRA-SOLEIL2015)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2015, Gif-sur-Yvette, France. , 2015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId351" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02743898v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId357" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Dynamic and structural studies of lipid droplets using synchrotron light</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Jamme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId358" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-David J.-D. Vindigni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId356" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre A. Giuliani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId332" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Wien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId353" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roselyne Tâche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Conférence Jacques Monod, Analyses Moléculaires de l'Organisation et du Remodelage des Membranes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2014, Roscoff, France. 2014</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId357" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02742432v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId359" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dynamic and structural studies of lipid droplets using synchrotron light</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId303" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Jamme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId358" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-David J.-D. Vindigni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId356" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre A. Giuliani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId332" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Wien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId353" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roselyne Tâche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physics and Biological Systems (PhysBio) 2014</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2014, Gif-sur-Yvette, France. 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId359" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02743719v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2252,302 +9431,707 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId360" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Use of Synchrotron Radiation Circular Dichroism to Analyze the Interaction and Insertion of Proteins into Bacterial Outer Membrane Vesicles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Turbant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anaïs Blache</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grzegorz Węgrzyn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId361" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wafa Achouak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frank Wien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Methods in Molecular Biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2843, Springer, pp.73-94, 2024, 978-1-0716-4054-8. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId362" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-1-0716-4055-5_6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId360" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04674404v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId363" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">SOLEIL light reveals common allergenic structures involved in wheat allergies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId364" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandra Denery-Papini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Charles Gaudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hamza Mameri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chantal Brossard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frank Wien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">INRA SOLEIL 10 years</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 89 p., 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId363" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02940530v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Pré-publication, Document de travail (2)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId365" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Critical structural elements for the antigenicity of wheat allergen LTP1 (Tri a 14) revealed by site-directed mutagenesis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hamza Mameri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId364" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandra Denery-Papini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Charles Gaudin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Lollier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Tranquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2022</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (preprint/prepublication)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId365" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03624917v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId366" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">SAXS-WAXS monitoring of the amyloid fibril assembly of a hormone peptide analogue upon pH change.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Gobeaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId367" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Carriere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frank Wien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId368" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rajeev Dattani</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId366" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-03322335v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Chapitre de rapport (1)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId369" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">SOLEIL sheds the light on lipid bodies protein structure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Gohon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId358" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-David J.-D. Vindigni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId370" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Froissard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId356" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre A. Giuliani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frank Wien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2016</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre de rapport</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId369" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02799035v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId86"/>
+      <w:footerReference w:type="default" r:id="rId371"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -2615,51 +10199,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="E522B298"/>
+    <w:nsid w:val="15988AEF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2846,51 +10430,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/frank-wien" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/B-7846-2012" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05281423v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Voisin" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Wien" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Capron" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05281458v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Bonnin" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Cousin" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05281444v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04708930v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamza Mameri" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Charles Gaudin" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Lollier" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Tranquet" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Brossard" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734437v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincenza Ferraro" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu R&#233;fr&#233;giers" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Wien" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Sant&#233;-Lhoutellier" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-05343261v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ayoub Medjmedj" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Genon" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dounia Hezili" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albert Ngalle Loth" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rudy Clemen&#231;on" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.omtn.2025.102648" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05298220v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Turbant" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalia Lewandowska" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylwia Bloch" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Chauvet" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13353-025-00945-9" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04414496v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Machiels" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jehan Waeytens" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Arluison" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms25031434" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04307105v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Esnouf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Blache" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Grzegorz W&#281;grzyn" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms241411424" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03736832v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-022-15811-5" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02351456v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Auvray" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Dennetiere" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Giuliani" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Jamme" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5120346" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02327349v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Popot" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thorsten Althoff" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Bagnard" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Ban&#232;res" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paola Bazzacco" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1146/annurev-biophys-042910-155219" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05187009v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Rapoport" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Gohon" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sihem Hentati-Mansouri" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Chevalier" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743898v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-David Vindigni" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roselyne T&#226;che" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Cebo" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franjo Jagic" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre A. Giuliani" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02742432v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Jamme" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-David J.-D. Vindigni" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743719v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04674404v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wafa Achouak" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-0716-4055-5_6" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02940530v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Denery-Papini" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/frank-wien" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0752-8735" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/224372157" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/B-7846-2012" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05354828v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Wien" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nykola Jones" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#248;ren Vr&#248;nning Hoffmann" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Arluison" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00249-025-01800-9" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05298220v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Turbant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalia Lewandowska" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylwia Bloch" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Chauvet" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13353-025-00945-9" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05298217v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcos Gragera" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatsuhito Matsuo" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gautier Moroy" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;a Teresa Bueno-Carrasco" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkaf169" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-05343261v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ayoub Medjmedj" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Genon" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dounia Hezili" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albert Ngalle Loth" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rudy Clemen&#231;on" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.omtn.2025.102648" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05298222v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Mosca" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Grangier" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique Arluison" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/qrd.2025.10008" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05298226v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Biela" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jakub Nowak" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Artur Biela" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sunandan Mukherjee" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Seyed Naeim Moafinejad" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s44318-025-00443-y" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05263721v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Bluhm" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wei Xiang" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelien Thureau" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maelenn Chevreuil" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acschemneuro.5c00106" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04735393v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natacha Krins" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaux Schmeltz" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javier P&#233;rez" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dounia Dems" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.biomac.4c00860" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04414496v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Machiels" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jehan Waeytens" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms25031434" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04474053v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sinda Lepetre-Mouelhi" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Da Silva" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Prades" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiao Feng" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.chemmater.3c02070" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04353217v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Blache" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Esnouf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Raussens" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms241411424" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04353225v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Cappannini" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Naeim Moafinejad" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard R Sinden" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkac829" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04307105v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Grzegorz W&#281;grzyn" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04366103v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Rosaz" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms12010053" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03670788v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#225;s Micsonai" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;va Moussong" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eszter Boros" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henrietta Vad&#225;szi" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkac345" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03657391v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nikoletta Murvai" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#193;gnes Tantos" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Orsolya T&#337;ke" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmolb.2022.863141" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03746660v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Renault" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Huart" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aleksandar R Milosavljevi&#263;" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John D Bozek" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jer&#244;me Palaudoux" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms23158227" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03736832v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamza Mameri" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Charles Gaudin" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Lollier" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Tranquet" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Brossard" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-022-15811-5" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04353804v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Krzysztof Kubiak" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Indresh Yadav" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/qrd.2022.15" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04353246v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pengzhi Wu" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/biology10090900" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03294474v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Theron" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Bonifacie" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Delabre" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Sayd" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Aubry" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/foods10050998" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03379142v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Caillaud" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Gobeaux" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miryana H&#233;madi" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suzan Boutary" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Guenoun" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpharm.2021.121117" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03408207v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virali J. Parekh" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wilfried Grange" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas A. de Long" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms8101598" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02541707v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Rodrigues da Silva" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe H&#233;lary" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Marchand" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsabm.0c00006" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02926069v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Omar El Hamoui" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milad Radiom" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Francois Berret" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.biomac.0c00747" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02894519v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Sanchez-Guzman" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Giraudon--Colas" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Marichal" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Boulard" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsnano.0c04165" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02886720v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaomin Yang" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Bolsa-Ferruz" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erika Porcel" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniela Salado-Leza" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms21134673" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02434394v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;lle Bizeau" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Firmin Samson" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Grillo" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C9NR06485K" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04353279v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virali Parekh" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brittany Niccum" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachna Shah" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marisa Rivera" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Novak" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms8010028" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04353289v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Martinez" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Le Brun" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms7120639" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02351456v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Auvray" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Dennetiere" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Giuliani" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Jamme" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5120346" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01797038v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.langmuir.8b00094" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02092740v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Malabirade" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Partouche" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Geinguenaud" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-018-35060-9" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04353323v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Campidelli" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Bombled" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/pathogens7040095" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01824353v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;va Buly&#225;ki" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judit Kun" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02306660v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chi L.L. Pham" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Borja Rodr&#237;guez de Francisco" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabel Valsecchi" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gine Dazzoni" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariane Pille" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmb.2018.07.025" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-9N9KFJK5-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02390051v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javier Morgado-Brajones" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Tr&#233;pout" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ileana Marquez" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-017-15019-y" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03079506v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Jolivet" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Aym&#233;" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Chardot" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jprot.2017.09.005" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-HF54RTVK-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01566812v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hager Souabni" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tania Bizouarn" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Hou&#233;e-Levin" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu M. Refregiers" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbagen.2016.06.028" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01682735v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Buffeteau" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Pitrat" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Daugey" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Calin" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Jean" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c7cp02045g" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01608331v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Duconseille" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Audonnet" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amidou Traore" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Refregiers" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodhyd.2016.12.005" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-8LSRW4TM-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01591449v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-017-11157-5" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01412985v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Vanthuyne" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcb.6b09771" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01511084v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Martin" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Narciso Costa" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise M. Winnik" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Ortega" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mabi.201600213" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01340679v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta De Frutos" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Leforestier" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;ril Degrouard" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nebraska Zambrano" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcb.6b01783" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01204207v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Gohon" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Paty" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jafc.5b01922" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01485547v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linda Kernya" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Young-Ho Lee" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuji Goto" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1500851112" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01707736v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Sauter" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Lorber" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Gaudry" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loukmane Karim" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hagen Schwenzer" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep17332" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01707694v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rawand Masoud" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Baciou" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0144829" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01285502v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cornelia Meinert" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Hendrik Bredeh&#246;ft" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Filippi" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Baraud" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Nahon" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.201108997" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-2X9V6RRW-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01201918v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Flayhan" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#239;t&#233; Paternostre" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Boulanger" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Breyton" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biochi.2012.05.021" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480932v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu R&#233;fr&#233;giers" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ha-Phuong Ta" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lavanya Premvardhan" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Bac" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1107/S0909049512030002" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02327349v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Popot" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thorsten Althoff" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Bagnard" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Ban&#232;res" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paola Bazzacco" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1146/annurev-biophys-042910-155219" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://polytechnique.hal.science/hal-00575479v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Lacombe" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Sabatier" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Gauduel" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/cddis.2009.5" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00609593v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Jamme" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Villette" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Rouam" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1431927610093852" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01183211v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Bousset" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Bonnefoy" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Sourigues" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronald Melki" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0009760" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-00167044v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David T Manallack" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark R Sanderson" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maninder Sohi" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene Munier-Lehmann" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14756360290032949" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05281423v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Voisin" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Capron" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05281458v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Bonnin" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Cousin" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05281444v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04708930v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02327951v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick P. Guenoun" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734437v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincenza Ferraro" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu R&#233;fr&#233;giers" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Wien" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Sant&#233;-Lhoutellier" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05187009v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Rapoport" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sihem Hentati-Mansouri" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Chevalier" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04484120v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiphaine Disparti" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Sandt" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04484147v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Gissot" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Winkler" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Grillot" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04303913v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Joyeux" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Gamet" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Nay" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Romero" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurine Marteau" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743898v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-David Vindigni" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roselyne T&#226;che" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Cebo" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franjo Jagic" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre A. Giuliani" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02742432v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-David J.-D. Vindigni" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743719v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04674404v1" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wafa Achouak" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-0716-4055-5_6" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02940530v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Denery-Papini" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03624917v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03322335v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Carriere" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rajeev Dattani" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02799035v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Froissard" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>