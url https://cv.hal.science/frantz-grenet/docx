--- v0 (2026-03-09)
+++ v1 (2026-03-29)
@@ -3783,2006 +3783,2006 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03879273v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">The Legacy of Mary Boyce</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frantz Grenet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Iran-Nameh</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 28 (3), pp.152-169</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03879234v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">More Zoroastrian Scenes on the Wirkak (Shi Jun) Sarcophagus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frantz Grenet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bulletin of the Asia Institute</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 27, pp.1-12</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04040713v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId99" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">The Legacy of Mary Boyce</w:t>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mirāth-e Mary Boyce barāy-e bāstān shenāsi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frantz Grenet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Iran-Nameh</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 28 (3), pp.152-169</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...31 lines deleted...]
-              <w:t xml:space="preserve">, 2013, 28 (3), pp.152-169</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01583543v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Religion of the Kushans</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frantz Grenet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Encylopaedia Iranica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, pp.[En ligne]</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...31 lines deleted...]
-              <w:t xml:space="preserve">, 2013, pp.[En ligne]</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01583551v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pavel Lurje, Personal names in Sogdian texts, Vienne 2010</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frantz Grenet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Comptes Rendus de l'Academie des Sciences. Série IV, Physique, Astronomie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, pp.1057-1060</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...23 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...31 lines deleted...]
-              <w:t xml:space="preserve">, 2013, pp.1057-1060</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01612129v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I) La symbolique de la glyptique sassanide ; II) Analyse iconographique de quelques plats sassanides et péri-sassanides; III) En marge de la fouille du palais de Kazakli-yatkan : le Nowruz royal au Khorezm</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frantz Grenet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Annuaire de l’École pratique des hautes études. Section des sciences religieuses</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 120, pp.113-118</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...27 lines deleted...]
-            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...4 lines deleted...]
-                <w:t xml:space="preserve">I) La symbolique de la glyptique sassanide ; II) Analyse iconographique de quelques plats sassanides et péri-sassanides; III) En marge de la fouille du palais de Kazakli-yatkan : le Nowruz royal au Khorezm</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01583568v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Avant-propos</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frantz Grenet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cahiers d'Asie centrale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 21/22, pp.15-17</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03879186v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I) Les nērang pehlevis ; II) Fêtes calendaires et fêtes non calendaires ; III) Le Sīh-rōzag 1 (suite et fin)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frantz Grenet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annuaire de l’École pratique des hautes études. Section des sciences religieuses</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2013, 120, pp.113-118</w:t>
+              <w:t xml:space="preserve">, 2013, 120, pp.43-49</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2013, 21/22, pp.15-17</w:t>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01583563v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Where are the Sogdian Magi ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frantz Grenet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Azarnouche</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bulletin of the Asia institute / Asia institute (Detroit, Mich.)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 21, pp.139-157</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2013, 120, pp.43-49</w:t>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00696287v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le zoroastrisme a-t-il été l’une des religions de l’Asie centrale ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frantz Grenet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Religions &amp; Histoire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 44, pp.46-51</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Frantz Grenet</w:t>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01571167v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mary Boyce’s legacy to archaeologists</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frantz Grenet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bulletin of the Asia Institute</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, pp.29-46</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01579824v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Archéologie et services secrets: un sujet qui fâche</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frantz Grenet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les Nouvelles de l'archéologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 128 (juin ), pp.22</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01578516v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The nomadic element in the Kushan empire (1st - 3rd century AD)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frantz Grenet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Central Eurasian Studies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 3, pp.1-22</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01578749v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les calendriers zoroastriens.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frantz Grenet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lvret-Annuaire. Ecole pratique des Hautes Etudes. Section des Sciences religieuses</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, pp.111-117</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01578518v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Note additionnelle à F. Kidd et Alison Betts, &amp;quot; Entre le fleuve et la steppe : nouvelles perspectives sur le Khorezm ancien</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frantz Grenet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Comptes-rendus des séances de l'Académie des inscriptions et belles-lettres</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, pp.684-686</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00696219v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A composite text on the magic of stones and rain-making</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samra Azarnouche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">S. Azarnouche</w:t>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frantz Grenet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bulletin of the Asia Institute</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 21, pp.171-177</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01528333v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La vie religieuse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frantz Grenet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dossiers d'Archéologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 341, p. 51</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00566200v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samarcande et la route de la Soie.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frantz Grenet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dossiers d'Archéologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 341, p. 52-53</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00566205v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thaumaturgie sogdienne, nouvelle édition et commentaire du texte P.3</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samra Azarnouche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frantz Grenet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Studia Iranica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 39, pp.27-77</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01528331v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Note additionnelle à M. Scopello, Persica adversaria nobis gens.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frantz Grenet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Comptes-rendus des séances de l'Académie des inscriptions et belles-lettres</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, pp.948-950</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00696180v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samarcande et Gengis Khan.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frantz Grenet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dossiers d'Archéologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 341, p. 72-73</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00566217v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The ossuary from Sangyr-tepe (southern Sogdiana) : evidence of the Chionite invasions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frantz Grenet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mutalib Khasanov</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Inner Asian Art and Archaeology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 4, pp.69-81. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1484/J.JIAA.3.22⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00696212v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Iranian gods in Hindu garb. The Zoroastrian pantheon of the Bactrians and Sogdians, second - eighth centuries</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frantz Grenet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bulletin of the Asia institute / Asia institute (Detroit, Mich.)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2012, 21, pp.139-157</w:t>
+              <w:t xml:space="preserve">, 2010, 20, pp.87-89</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 44, pp.46-51</w:t>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00696197v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Commentaire historique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frantz Grenet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Comptes-rendus des séances de l'Académie des inscriptions et belles-lettres</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, pp. 1005, 1025-1033</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2012, pp.29-46</w:t>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00439807v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les plus anciens monuments de la langue sogdienne : les inscriptions de Kultobe au Kazakhstan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frantz Grenet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Podushkin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicholas Sims-Williams</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Comptes-rendus des séances de l'Académie des inscriptions et belles-lettres</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, pp.1005-1034</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 128 (juin ), pp.22</w:t>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00696171v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Principaux résultats de la Mission archéologique de Samarkand (2008)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frantz Grenet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Rapin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Timuride</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 32, pp.16-20</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 3, pp.1-22</w:t>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00696964v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les religions dans l'empire perse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frantz Grenet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le Monde de la Bible</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, janv.-fév., pp. 26-31</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
-[...982 lines deleted...]
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00439811v1</w:t>
-              </w:r>
-[...80 lines deleted...]
-                <w:t xml:space="preserve">halshs-00696964v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I) Le rayonnement de l'eschatologie et de l'apocalyptique iraniennes, II) Le Zand i Wahman Yasn</w:t>
               </w:r>
@@ -10136,84 +10136,330 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00364480v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (14)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (17)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">L’héritage d’Alexandre conquérant des extrémités du monde. De l’Asie Centrale au Tibet et aux musées japonais</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anca Dan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frantz Grenet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire de la Maison Franco-Japonaise de Tokyo</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Maison Franco-Japonaise de Tokyo, Jun 2025, Tokyo (Japan), Japon</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05546347v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Socio-cultural Trends in the “Hunnic” Kingdoms of Bactria-Sogdiana (4 th - 6 th CE)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anca Dan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frantz Grenet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Reconstructing Sogdiana: Archaeological Discoveries and Historical Narratives</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Tang Center for Silk Road Studies, Berkeley; Institute for the Study of the Ancient World - NYU; Collège de France, Apr 2025, Berkeley (California), United States</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05546319v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The Roman She-Wolf in 8th-century Ustrushana (Northern Tajikistan): cross-craft interactions in theatrical representations between ancient Rome and China</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anca Dan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frantz Grenet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">«Between saying and doing». Ancient (Co)-Production processes and cross-craft interactions between theory, praxis and modern interpretative models</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Scuola Normale Superiore di Pisa, Dec 2025, Pisa, Italy</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05546427v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Central Asiatic Silverware in Sasanian Times: A Reinterpretation of the Freer Bowl</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anca Dan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
@@ -10222,73 +10468,155 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Sasanians in Context: Art, History, and Archaeology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2022, Washington, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03918237v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nouvelles interprétations de scènes classiques sur des bols d’argent « bactriens » des IVe-Ve s.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frantz Grenet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anca Dan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séance de la SOCIÉTÉ ASIATIQUE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société Asiatique, Jan 2022, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03919304v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Philhellene Huns: Greek literature and iconography between India and Central Asia (3rd-7th c. AD)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anca Dan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -10304,983 +10632,901 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Conférence Ecole Française d'Athènes - Ethniko Idryma Ereunon</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2022, Athènes, Greece</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03919138v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId208" w:history="1">
-[...19 lines deleted...]
-                <w:t xml:space="preserve">Frantz Grenet</w:t>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Savoir-faire itinérants de la Méditerranée à l’Asie Centrale : le cas de la vaisselle d’or et d’argent</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anca Dan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frantz Grenet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Savoir-faire itinérants de l’Europe à l’Asie antiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2022, Dijon, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03919277v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Übersetzen – Übertragen – Überformen: das Beispiel des baktrischen Tafelsilbers (3.–7. Jh. n. Chr.)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anca Dan</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...11 lines deleted...]
-              <w:t xml:space="preserve">, Société Asiatique, Jan 2022, Paris, France</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frantz Grenet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Tagung des Deutsches Archäologisches Institut, Cluster 6 : Connected Cultures? Konzepte, Phänomene, Praktien Kultureller Interaktion: ÜberSetzen - ÜberTragen - ÜberFormen. Konzepte und pRaktiken kultureller Interaktionen, von Frank Bernstein, Dirce Marzoli and Udo Schlotzhauer</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2022, Berlin, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId208" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Savoir-faire itinérants de la Méditerranée à l’Asie Centrale : le cas de la vaisselle d’or et d’argent</w:t>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03918128v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexander the Great’s pupils : Echoes of Greek paideia through theatre, between India and Central Asia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anca Dan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frantz Grenet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Savoir-faire itinérants de l’Europe à l’Asie antiques</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2022, Dijon, France</w:t>
+              <w:t xml:space="preserve">Seventh Interdisciplinary Symposium on the Hellenic heritage of Sicily and Southern Italy with special emphasis on paideia. Exedra Mediterranean Center</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Exedra Mediterranean Center, May 2022, Syracuse, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId209" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Übersetzen – Übertragen – Überformen: das Beispiel des baktrischen Tafelsilbers (3.–7. Jh. n. Chr.)</w:t>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03919256v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La connaissance de la littérature gréco-romaine reflétée sur quelques vases d’argent d’Asie centrale (IIIe-VIe s. de n.è.)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anca Dan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frantz Grenet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Tagung des Deutsches Archäologisches Institut, Cluster 6 : Connected Cultures? Konzepte, Phänomene, Praktien Kultureller Interaktion: ÜberSetzen - ÜberTragen - ÜberFormen. Konzepte und pRaktiken kultureller Interaktionen, von Frank Bernstein, Dirce Marzoli and Udo Schlotzhauer</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2022, Berlin, Germany</w:t>
+              <w:t xml:space="preserve">Séminaire du CERMI : Sociétés, politiques et cultures du monde iranien</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2022, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId210" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Alexander the Great’s pupils : Echoes of Greek paideia through theatre, between India and Central Asia</w:t>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03919271v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Irano-Judaica on Central Asian silverware: Greco- Roman topics adapted</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anca Dan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frantz Grenet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Seventh Interdisciplinary Symposium on the Hellenic heritage of Sicily and Southern Italy with special emphasis on paideia. Exedra Mediterranean Center</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Exedra Mediterranean Center, May 2022, Syracuse, Italy</w:t>
+              <w:t xml:space="preserve">Religious Dynamics in Sasanian Iran: The Israel Academy of Sciences and Humanities - commemoration of Professor Shaul Shaked</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2022, Jerusalem, Israel</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId211" w:history="1">
-[...34 lines deleted...]
-            <w:pPr/>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03918228v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre au Paradis, du Talmud à l’Occident latin par l’Asie Centrale : une version judéo-iranienne du Roman d’Alexandre sur un bol d’argent bactrien du 6e siècle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frantz Grenet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anca Dan</w:t>
               </w:r>
             </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séance de l'Académie des Inscriptions et Belles Lettres</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2021, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03919431v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A New Interpretation of the Kustanai Silver Bowl (Hermitage Museum): Oedipus the King</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frantz Grenet</w:t>
+              </w:r>
+            </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...20 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2022, Paris, France</w:t>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anca Dan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Gandhāran Studies: A Survey</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2021, Berkeley, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId212" w:history="1">
-[...69 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2022, Jerusalem, Israel</w:t>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03919324v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Exposer la Route de la Soie, 2019-2021</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frantz Grenet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Autour de la route de la soie : actualités de la recherche</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Annick Fenet; Labex TransferS, Mar 2019, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId213" w:history="1">
-[...69 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2021, Paris, France</w:t>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02072791v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Uzbeko-Frantsuzskaja Ekspeditsija v Sogdiane i khudoshestvenneoe nasledie Uzbekistana</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frantz Grenet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Mission archéologique franco-ouzbèke de Sogdiane et le patrimoine artistique de l'Ouzbékistan</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2006, Samarcande, Ouzbékistan. pp.74-79</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId214" w:history="1">
-[...69 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2021, Berkeley, United States</w:t>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00696362v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cosa sappiano dei pellegrinaggi nel modo iranico preislamico ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frantz Grenet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cosa sappiano dei pellegrinaggi nel modo iranico preislamico ?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2007, Torino, Italy. pp.167-181</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId215" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Annick Fenet; Labex TransferS, Mar 2019, Paris, France</w:t>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00696310v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The 7th c. ‘Ambassadors' Painting' at Samarkand</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frantz Grenet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">« The 7th c. ‘Ambassadors' Painting' at Samarkand »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, Tokyo, Japan. p. 9-19</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId216" w:history="1">
-[...206 lines deleted...]
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00364477v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -11290,167 +11536,167 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le fait urbain en Asie centrale préislamique : approche diachronique, approche synchronique. 2. Les « villes » du Khorezm antique en étaient-elles vraiment ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frantz Grenet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Doctoral. Collège de France, France. 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Cours</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04040787v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le fait urbain dans l'Asie centrale pré-islamique : approche diachronique, approche synchronique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frantz Grenet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Doctorat. Collège de France, France. 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Cours</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04040806v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId222"/>
+      <w:footerReference w:type="default" r:id="rId225"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -11597,51 +11843,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01610467v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frantz Grenet" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Jahoda" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria-Katharina Lang" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Vergati Stahl" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2307/j.ctt1pv891n" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01571101v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03878948v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.cdf.4252" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01132078v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri-Paul Francfort" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Lecuyot" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertille Lyonnet" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurianne Martinez-S&#232;ve" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03878942v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.cdf.3590" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00696388v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Rapin" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://college-de-france.hal.science/hal-05457338v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/15e1b" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05438195v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anca Dan" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://college-de-france.hal.science/hal-05304428v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kyle Harper" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1162/jinh.a.1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://college-de-france.hal.science/hal-05304412v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3998/ars.7028" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://college-de-france.hal.science/hal-05304422v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2143/JA.312.1.3293365" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04246328v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/annuaire-cdf.18500" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04265795v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/annuaire-cdf.17234" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03854684v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2143/JA.310.1.3290950" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04033120v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michele Minardi" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/15700577-12341389" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04033940v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04034036v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1484/J.AT.5.132654" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04033124v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chao-Jung Ching" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17816/wmo79679" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03746610v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samra Azarnouche" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Fragaki" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03334673v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04134043v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2143/CRA.2021.1.0000002" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04033110v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03878895v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/annuaire-cdf.14154" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02435487v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicholas Sims-Williams" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03878992v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/annuaire-cdf.12909" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03878891v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/15700577-12341327" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03097952v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04033115v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/crai.2018.96665" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01632568v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01571097v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01453134v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alison Betts" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lodie Bonnat" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fiona Kidd" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stanislas Khashimov" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01583867v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03878920v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vadim Yagodin" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1484/J.JIAAA.4.2017007" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01571176v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01612104v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03878963v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03878982v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/annuaire-cdf.12715" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03879163v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01583676v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01583598v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01583672v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Fray" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mutallib Khasanov" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Reutova" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03879005v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/annuaire-cdf.11929" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01571170v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03879273v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2143/SI.43.2.3071289" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04040713v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03879234v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01583543v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01583551v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01612129v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01583568v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03879186v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01583563v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00696287v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Azarnouche" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01571167v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01579824v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01578516v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01578749v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01578518v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00696219v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01528333v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00566200v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01528331v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00566205v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00696180v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00566217v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00696212v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mutalib Khasanov" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1484/J.JIAA.3.22" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/NDQ-TB0HQSXM-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00696197v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00439807v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00696171v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Podushkin" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00439811v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00696964v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00439827v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00364748v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00364750v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. R. Lee" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Martinez" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Ory" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00439834v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00364476v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00364753v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Riboud" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00364451v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00364475v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ur-Rahman" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Sims-Williams" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00364443v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00364474v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00364764v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Baud" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sh. Rakhmanov" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00364447v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00364418v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04673494v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.brepols.net/products/IS-9782503604381-1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04034093v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04033392v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.harrassowitz-verlag.de/The_Reward_of_the_Righteous/titel_7056.ahtml" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04034001v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03881984v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/9789004503465_004" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04034016v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04033909v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.peeters-leuven.be/detail.php?search_key=9782877543927&amp;amp;series_number_str=0&amp;amp;lang=fr" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04033098v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pu-valenciennes.fr/mond02.htm" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04033103v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04033099v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04033086v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alison V G Betts" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stanislav Khashimov" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghairat Khodzhaniyazov" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04040547v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/9781316146040.019" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04040700v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04040734v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03878906v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2307/j.ctt1pv891n.9" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01571161v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01583681v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01583686v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01583693v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01583619v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03879014v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/9789004291973_019" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01583605v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01583616v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01583608v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01571143v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01578721v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/9789004251670_010" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01579864v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01579868v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01612195v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01566532v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01583593v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01583872v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01578514v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01609505v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00696372v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00696320v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00696341v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00440088v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00696296v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00696293v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00440089v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00364767v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00364480v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03918237v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03919138v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03919304v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03919277v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03918128v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03919256v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03919271v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03918228v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03919431v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03919324v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02072791v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00696362v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00696310v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00364477v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04040787v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04040806v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01610467v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frantz Grenet" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Jahoda" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria-Katharina Lang" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Vergati Stahl" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2307/j.ctt1pv891n" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01571101v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03878948v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.cdf.4252" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01132078v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri-Paul Francfort" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Lecuyot" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertille Lyonnet" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurianne Martinez-S&#232;ve" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03878942v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.cdf.3590" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00696388v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Rapin" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://college-de-france.hal.science/hal-05457338v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/15e1b" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05438195v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anca Dan" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://college-de-france.hal.science/hal-05304428v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kyle Harper" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1162/jinh.a.1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://college-de-france.hal.science/hal-05304412v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3998/ars.7028" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://college-de-france.hal.science/hal-05304422v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2143/JA.312.1.3293365" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04246328v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/annuaire-cdf.18500" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04265795v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/annuaire-cdf.17234" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03854684v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2143/JA.310.1.3290950" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04033120v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michele Minardi" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/15700577-12341389" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04033940v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04034036v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1484/J.AT.5.132654" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04033124v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chao-Jung Ching" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17816/wmo79679" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03746610v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samra Azarnouche" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Fragaki" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03334673v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04134043v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2143/CRA.2021.1.0000002" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04033110v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03878895v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/annuaire-cdf.14154" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02435487v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicholas Sims-Williams" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03878992v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/annuaire-cdf.12909" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03878891v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/15700577-12341327" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03097952v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04033115v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/crai.2018.96665" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01632568v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01571097v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01453134v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alison Betts" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lodie Bonnat" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fiona Kidd" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stanislas Khashimov" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01583867v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03878920v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vadim Yagodin" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1484/J.JIAAA.4.2017007" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01571176v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01612104v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03878963v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03878982v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/annuaire-cdf.12715" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03879163v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01583676v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01583598v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01583672v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Fray" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mutallib Khasanov" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Reutova" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03879005v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/annuaire-cdf.11929" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01571170v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03879273v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2143/SI.43.2.3071289" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03879234v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04040713v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01583543v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01583551v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01612129v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01583568v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03879186v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01583563v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00696287v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Azarnouche" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01571167v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01579824v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01578516v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01578749v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01578518v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00696219v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01528333v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00566200v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00566205v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01528331v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00696180v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00566217v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00696212v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mutalib Khasanov" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1484/J.JIAA.3.22" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/NDQ-TB0HQSXM-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00696197v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00439807v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00696171v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Podushkin" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00696964v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00439811v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00439827v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00364748v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00364750v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. R. Lee" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Martinez" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Ory" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00439834v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00364476v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00364753v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Riboud" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00364451v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00364475v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ur-Rahman" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Sims-Williams" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00364443v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00364474v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00364764v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Baud" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sh. Rakhmanov" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00364447v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00364418v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04673494v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.brepols.net/products/IS-9782503604381-1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04034093v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04033392v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.harrassowitz-verlag.de/The_Reward_of_the_Righteous/titel_7056.ahtml" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04034001v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03881984v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/9789004503465_004" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04034016v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04033909v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.peeters-leuven.be/detail.php?search_key=9782877543927&amp;amp;series_number_str=0&amp;amp;lang=fr" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04033098v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pu-valenciennes.fr/mond02.htm" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04033103v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04033099v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04033086v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alison V G Betts" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stanislav Khashimov" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghairat Khodzhaniyazov" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04040547v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/9781316146040.019" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04040700v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04040734v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03878906v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2307/j.ctt1pv891n.9" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01571161v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01583681v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01583686v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01583693v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01583619v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03879014v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/9789004291973_019" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01583605v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01583616v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01583608v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01571143v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01578721v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/9789004251670_010" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01579864v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01579868v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01612195v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01566532v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01583593v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01583872v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01578514v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01609505v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00696372v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00696320v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00696341v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00440088v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00696296v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00696293v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00440089v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00364767v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00364480v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05546347v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05546319v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05546427v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03918237v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03919304v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03919138v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03919277v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03918128v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03919256v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03919271v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03918228v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03919431v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03919324v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02072791v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00696362v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00696310v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00364477v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04040787v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04040806v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>