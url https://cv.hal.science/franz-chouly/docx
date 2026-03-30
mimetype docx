--- v0 (2026-03-06)
+++ v1 (2026-03-30)
@@ -472,508 +472,508 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04208610v4</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Nitsche method for the elastoplastic torsion problem</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">HHT-α and TR-BDF2 schemes for dynamic contact problems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hao Huang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Pignet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Drouet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franz Chouly</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Patrick Hild</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ESAIM: Mathematical Modelling and Numerical Analysis</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/m2an/2023034⟩</w:t>
+              <w:t xml:space="preserve">Computational Mechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00466-023-02405-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03891827v1</w:t>
+                <w:t xml:space="preserve">hal-04362273v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hierarchical a posteriori error estimation of Bank-Weiser type in the FEniCS Project</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Raphaël Bulle</w:t>
+                <w:t xml:space="preserve">A Nitsche method for the elastoplastic torsion problem</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franz Chouly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jack S Hale</w:t>
+                <w:t xml:space="preserve">Tom Gustafsson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexei Lozinski</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Franz Chouly</w:t>
+                <w:t xml:space="preserve">Patrick Hild</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computers &amp; Mathematics with Applications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.camwa.2022.11.009⟩</w:t>
+              <w:t xml:space="preserve">ESAIM: Mathematical Modelling and Numerical Analysis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 57 (3), pp.1731 - 1746. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/m2an/2023034⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03137595v1</w:t>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03891827v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An a posteriori error estimator for the spectral fractional power of the Laplacian</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId29" w:history="1">
+                <w:t xml:space="preserve">Hierarchical a posteriori error estimation of Bank-Weiser type in the FEniCS Project</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Bulle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olga Barrera</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+                <w:t xml:space="preserve">Jack S Hale</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexei Lozinski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane P.A. Bordas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franz Chouly</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jack S Hale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computer Methods in Applied Mechanics and Engineering</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.cma.2023.115943⟩</w:t>
+              <w:t xml:space="preserve">Computers &amp; Mathematics with Applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 131, pp.103-123. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.camwa.2022.11.009⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03567028v1</w:t>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03137595v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">HHT-α and TR-BDF2 schemes for dynamic contact problems</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Pignet</w:t>
+                <w:t xml:space="preserve">An a posteriori error estimator for the spectral fractional power of the Laplacian</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaël Bulle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guillaume Drouet</w:t>
+                <w:t xml:space="preserve">Olga Barrera</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane P.A. Bordas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franz Chouly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jack S Hale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computational Mechanics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, </w:t>
+              <w:t xml:space="preserve">Computer Methods in Applied Mechanics and Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 407, pp.115943. </w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s00466-023-02405-9⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.cma.2023.115943⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04362273v1</w:t>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03567028v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Residual a Posteriori Error Estimation for Frictional Contact with Nitsche Method</w:t>
               </w:r>
@@ -1271,51 +1271,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nitsche method for contact with Coulomb friction: existence results for the static and dynamic finite element formulations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franz Chouly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Hild</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Lleras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1388,51 +1388,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On a finite element approximation for the elastoplastic torsion problem</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franz Chouly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Hild</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applied Mathematics Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 132, pp.108191. </w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1596,51 +1596,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franz Chouly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Ern</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Pignet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SIAM Journal on Scientific Computing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 42, pp.2300-2324. </w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1674,90 +1674,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Removing the saturation assumption in Bank-Weiser error estimator analysis in dimension three</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Bulle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franz Chouly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jack S Hale</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexei Lozinski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applied Mathematics Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 107, pp.106429. </w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2228,51 +2228,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alfonso Caiazzo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franz Chouly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexei Lozinski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joaquin Mura</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2540,51 +2540,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franz Chouly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Fabre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Hild</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Pousin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3211,51 +3211,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Nitsche finite element method for dynamic contact : 2. Stability of the schemes and numerical experiments</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franz Chouly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Hild</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Renard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3315,51 +3315,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Nitsche finite element method for dynamic contact : 1. Semi-discrete problem analysis and time-marching schemes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franz Chouly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Hild</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Renard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3419,51 +3419,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Symmetric and non-symmetric variants of Nitsche's method for contact problems in elasticity: theory and numerical experiments</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franz Chouly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Hild</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Renard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3592,51 +3592,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Parareal multi-model numerical zoom for parabolic multiscale problems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franz Chouly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexei Lozinski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Comptes Rendus. Mathématique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 352 (6), pp.535-540</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3674,51 +3674,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Nitsche-based method for unilateral contact problems: numerical analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franz Chouly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Hild</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SIAM Journal on Numerical Analysis</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 51 (2), p. 1295-1307. </w:t>
             </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3765,51 +3765,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On convergence of the penalty method for unilateral contact problems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franz Chouly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Hild</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applied Numerical Mathematics: an IMACS journal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 65, pp.27-40. </w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3837,209 +3837,209 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00688641v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A local projection stabilized method for fictitious domains</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A Nitsche-based domain decomposition method for hypersingular integral equations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franz Chouly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gabriel Raúl Barrenechea</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Franz Chouly</w:t>
+                <w:t xml:space="preserve">Norbert Heuer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Mathematics Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 25 (12), pp.2071-2076. </w:t>
+              <w:t xml:space="preserve">Numerische Mathematik</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 121 (4), pp.705-729. </w:t>
             </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.aml.2012.04.020⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s00211-012-0451-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00648631v1</w:t>
+                <w:t xml:space="preserve">hal-03622294v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Nitsche-based domain decomposition method for hypersingular integral equations</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A local projection stabilized method for fictitious domains</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriel Raúl Barrenechea</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franz Chouly</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Norbert Heuer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Numerische Mathematik</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 121 (4), pp.705-729. </w:t>
+              <w:t xml:space="preserve">Applied Mathematics Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 25 (12), pp.2071-2076. </w:t>
             </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s00211-012-0451-2⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.aml.2012.04.020⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03622294v1</w:t>
+                <w:t xml:space="preserve">hal-00648631v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comparison of computations of asymptotic flow models in a constricted channel</w:t>
               </w:r>
@@ -4110,364 +4110,364 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00714429v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modelling the human pharyngeal airway: validation of numerical simulations using in vitro experiments</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A ﬁnite element method for the resolution of the Reduced Navier-Stokes/Prandtl equations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriel R. Barrenechea</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franz Chouly</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Yohan Payan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Medical and Biological Engineering and Computing</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s11517-008-0412-1⟩</w:t>
+              <w:t xml:space="preserve">Journal of Applied Mathematics and Mechanics / Zeitschrift für Angewandte Mathematik und Mechanik</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 89 (1), pp.54-68. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/zamm.200800068⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00340538v1</w:t>
+                <w:t xml:space="preserve">hal-00364839v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An added-mass free semi-implicit coupling scheme for fluid-structure interaction</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Modelling the human pharyngeal airway: validation of numerical simulations using in vitro experiments</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franz Chouly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annemie van Hirtum</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Yves Lagrée</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Pelorson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Miguel Angel Fernández</w:t>
+                <w:t xml:space="preserve">Yohan Payan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Comptes rendus de l'Académie des sciences. Série I, Mathématique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, 347 (1-2), </w:t>
+              <w:t xml:space="preserve">Medical and Biological Engineering and Computing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 47 (1), pp.49-58. </w:t>
             </w:r>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.crma.2008.11.003⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s11517-008-0412-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId143" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">inria-00542751v1</w:t>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00340538v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A ﬁnite element method for the resolution of the Reduced Navier-Stokes/Prandtl equations</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Gabriel R. Barrenechea</w:t>
+                <w:t xml:space="preserve">An added-mass free semi-implicit coupling scheme for fluid-structure interaction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matteo Astorino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franz Chouly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Miguel Angel Fernández</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Applied Mathematics and Mechanics / Zeitschrift für Angewandte Mathematik und Mechanik</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Comptes rendus de l'Académie des sciences. Série I, Mathématique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 347 (1-2), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.crma.2008.11.003⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/zamm.200800068⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-00364839v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inria-00542751v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robin Based Semi-Implicit Coupling in Fluid-Structure Interaction: Stability Analysis and Numerics</w:t>
               </w:r>
@@ -4479,51 +4479,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matteo Astorino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franz Chouly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Miguel Angel Fernández</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SIAM Journal on Scientific Computing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 31 (6), pp.4041-4065. </w:t>
             </w:r>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4570,90 +4570,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Numerical and experimental study of expiratory flow in the case of major upper airway obstructions with fluid-structure interaction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franz Chouly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annemie van Hirtum</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Yves Lagrée</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Pelorson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yohan Payan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Fluids and Structures</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, 24 (2), pp.250-269. </w:t>
             </w:r>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4700,90 +4700,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simulation of the Retroglossal Fluid-Structure Interaction During Obstructive Sleep Apnea</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franz Chouly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annemie van Hirtum</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Yves Lagrée</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Roch Paoli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Pelorson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Lecture Notes in Computer Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, 4072, pp.48-57</w:t>
@@ -4812,51 +4812,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Obstructive sleep apnea syndrome. Part 1: In-vitro study of the fluid-structure interaction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annemie van Hirtum</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franz Chouly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4864,51 +4864,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Teulé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Coriandre Emmanuel Vilain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Pelorson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Archives of Physiology and Biochemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2003, 111, pp.60</w:t>
@@ -5086,64 +5086,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">HHT-alpha and TR-BDF2 schemes for Nitsche-based discrete dynamic contact</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hao Huang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Pignet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franz Chouly</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5181,90 +5181,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Schémas HHT-alpha et prédicteurs-correcteurs pour le contact dynamique avec méthode de Nitsche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hao Huang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franz Chouly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Drouet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Pignet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">CSMA 2022 : 15ème Colloque National en Calcul des Structures</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université Polytechnique Hauts-de-France [UPHF], May 2022, Giens, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5552,51 +5552,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nitsche-based finite element method for contact with Coulomb friction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franz Chouly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Hild</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Lleras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5650,273 +5650,273 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01654487v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">From experimental data to a numerical model of Keloid-Skin Composite structure</w:t>
+                <w:t xml:space="preserve">Model parameter Identification of keloid-skin composite undergoing large deformations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Danas Sutula</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Chambert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franz Chouly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Bordas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Jacquet</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Keloid Symposium</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2018, Rome, Italy</w:t>
+              <w:t xml:space="preserve">World Congress on Computational Mechanics / 2nd Pan American Congress on Computational Mechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2018, New York, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02131357v1</w:t>
+                <w:t xml:space="preserve">hal-02131315v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Model parameter Identification of keloid-skin composite undergoing large deformations</w:t>
+                <w:t xml:space="preserve">From experimental data to a numerical model of Keloid-Skin Composite structure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Danas Sutula</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marco Sensale</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Chambert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franz Chouly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId166" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Lejeune</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">World Congress on Computational Mechanics / 2nd Pan American Congress on Computational Mechanics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2018, New York, United States</w:t>
+              <w:t xml:space="preserve">International Keloid Symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, Rome, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId165" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02131315v1</w:t>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02131357v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Real-time Patient Specific Surgical Simulation using Corotational Cut Finite Element Method: Application to Needle Insertion Simulation</w:t>
               </w:r>
@@ -5941,64 +5941,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Satyendra Tomar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franz Chouly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexei Lozinski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Bordas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">13th World Congress in Computational Mechanics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2018, New York, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -6075,51 +6075,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andreas Zilian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gengdong Cheng</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Bordas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">7th GACM Colloquium on Computational Mechanics for Young Scientists from Academia and Industry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2017, Stuttgart, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -6170,51 +6170,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franz Chouly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Fabre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Hild</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rabii Mlika</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6511,51 +6511,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hydro-elastic finite element model of a vocal fold replica</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Hermant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Pelorson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Luizard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6632,51 +6632,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Nitsche finite element method for dynamic contact</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franz Chouly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Hild</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Renard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6753,51 +6753,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Silva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franz Chouly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Pelorson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">CFA 2014 - 12ème Congrès Français d'Acoustique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2014, Poitiers, France. pp.1821-1827</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -6835,51 +6835,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Finite element model of a vocal fold replica</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Hermant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Pelorson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franz Chouly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6956,51 +6956,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matteo Astorino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franz Chouly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Miguel Angel Fernández</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Third Chilean Workshop on Numerical Analysis of Partial Differential Equations, WONAPDE 2010</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, Chile</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -7038,51 +7038,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An Enhanced Parareal Algorithm for Partitioned Parabolic-Hyperbolic Coupling</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franz Chouly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Miguel Angel Fernández</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Conference on Numerical Analysis and Applied Mathematics 2009</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2009, Rethymno, Crete, Greece. pp.1517-1520, </w:t>
             </w:r>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
@@ -7129,90 +7129,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fluid-structure interaction in Obstructive Sleep Apnea: validation of numerical simulations using in-vitro measurements.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franz Chouly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annemie van Hirtum</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Yves Lagrée</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Pelorson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yohan Payan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">5th World Congress of Biomechanics, fluid-structure interaction thread</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, Munich, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -7250,90 +7250,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reproduction of hypopnea phenomenon using a physical and numerical model</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franz Chouly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annemie van Hirtum</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Yves Lagrée</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Pelorson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yohan Payan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2004, pp.1-6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -7403,51 +7403,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franz Chouly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Boutault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yohan Payan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2004, pp.419-424</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -7465,103 +7465,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">In-vitro study of pharyngeal pressure losses at the origin of obstructive sleep apnea</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annemie van Hirtum</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franz Chouly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Teulé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yohan Payan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Pelorson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">25th Annual Intemational Conference of the IEEE EMBS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2003, Cancun, Mexico. pp.371-374, </w:t>
             </w:r>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
@@ -7608,77 +7608,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Obstructive sleep apnea syndrome. Part 2: computer simulation of the fluid-structure interaction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franz Chouly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annemie van Hirtum</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Pelorson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yohan Payan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XXVIIIème Congrès de la Société de Biomécanique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2003, Poitiers, France. pp.54</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -7998,51 +7998,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lagrangian and Nitsche methods for frictional contact</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franz Chouly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Hild</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Renard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -8102,51 +8102,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Méthodes de lagrangien et de Nitsche pour l'approximation numérique des conditions de contact avec frottement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franz Chouly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Hild</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Renard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -8184,51 +8184,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">When a fluid-structure interaction keeps you awake : a physical approach to Obstructive Sleep Apnea</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annemie van Hirtum</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franz Chouly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8236,51 +8236,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Yves Lagrée</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Roch Paoli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yohan Payan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Robert T. Ferber. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Progress in Sleep Apnea Research</w:t>
@@ -8446,51 +8446,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Crouzeix-Raviart finite element approximation for elastoplastic torsion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franz Chouly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Hild</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2026</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -8534,51 +8534,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodolfo Araya</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franz Chouly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Hild</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -8880,171 +8880,171 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05435649v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimized Schwarz Waveform Relaxation methods for wave-heat coupling in one dimensional bounded domains</w:t>
+                <w:t xml:space="preserve">Some stability results for frictionless contact problems in elastodynamics formulated with Nitsche's method</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franz Chouly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId211" w:history="1">
-[...26 lines deleted...]
-              <w:t xml:space="preserve">2024</w:t>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hao Huang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Pignet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2026</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04817161v1</w:t>
+                <w:t xml:space="preserve">hal-04670133v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Finite element approximation of penalized elastoplastic torsion problem with nonconstant source term</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franz Chouly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tom Gustafsson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Hild</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -9056,203 +9056,203 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04675762v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stokes problem with slip boundary conditions using stabilized finite elements combined with Nitsche</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Optimized Schwarz Waveform Relaxation methods for wave-heat coupling in one dimensional bounded domains</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franz Chouly</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin J Gander</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Martin</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04077986v2</w:t>
+                <w:t xml:space="preserve">hal-04817161v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Some stability results for frictionless contact problems in elastodynamics formulated with Nitsche's method</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Stokes problem with slip boundary conditions using stabilized finite elements combined with Nitsche</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rodolfo Araya</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alfonso Caiazzo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franz Chouly</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...24 lines deleted...]
-            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04670133v1</w:t>
+                <w:t xml:space="preserve">hal-04077986v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Residual a posteriori error estimation for frictional contact with Nitsche method</w:t>
               </w:r>
@@ -9375,77 +9375,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">HHT-α and TR-BDF2 schemes for dynamic contact problems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hao Huang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Pignet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Drouet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franz Chouly</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -9716,51 +9716,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franz Chouly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jinan Loubani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexei Lozinski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bochra Méjri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9948,51 +9948,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franz Chouly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Perrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yohan Payan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -10744,51 +10744,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-05391211v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franz Chouly" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Gander" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Martin" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11075-025-02100-1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05051404v2" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Becker" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Duprez" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Richter" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Pierre-Yves Rohan" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/bs.aams.2025.10.002" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04208610v4" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Huu Phuoc Bui" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre&#8208;yves Rohan" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Lejeune" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Pierre Alain Bordas" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cnm.3897" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03891827v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom Gustafsson" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Hild" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/m2an/2023034" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03137595v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Bulle" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jack S Hale" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexei Lozinski" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane P.A. Bordas" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.camwa.2022.11.009" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03567028v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olga Barrera" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cma.2023.115943" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04362273v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hao Huang" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Pignet" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Drouet" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00466-023-02405-9" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04356406v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolfo Araya" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10915-023-02300-8" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03949272v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Beaude" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Laaziri" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Masson" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cma.2023.116124" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02906573v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Klein" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11075-021-01201-x" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02938032v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Lleras" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Renard" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cam.2022.114557" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03625283v2" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aml.2022.108191" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02016378v2" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karol L Cascavita" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Ern" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/imanum/drz038" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02283418v2" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1137/19M1286499" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02482235v2" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aml.2020.106429" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01616322v4" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marek Bucki" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apm.2019.07.055" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03036303v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danas Sutula" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aflah Elouneg" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Sensale" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Chambert" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmbbm.2020.103999" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01650138v2" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qingyuan Hu" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ping Hu" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gengdong Cheng" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cma.2018.05.024" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01725387v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Blank" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alfonso Caiazzo" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joaquin Mura" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/m2an/2018063" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01814774v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40323-018-0124-5" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01240068v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rabii Mlika" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00211-018-0950-x" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01143168v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Fabre" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Pousin" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/imanum/drx024" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01387113v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Bruneau" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Mottet" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Moulin" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;l Kerbiriou" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compbiomed.2017.12.003" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01427872v2" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cma.2017.07.015" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01361859v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Hermant" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Silva" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Luizard" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/zamm.201600208" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01115812v2" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farid Ammar-Khodja" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3934/xx.xx.xx.xx" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00746942v3" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matteo Astorino" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alfio Quarteroni" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00958710v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/m2an/2014046" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00958695v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/m2an/2014041" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00776619v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1090/S0025-5718-2014-02913-X" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00783827v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00934390v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00717711v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1137/12088344X" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00688641v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apnum.2012.10.003" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00648631v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Ra&#250;l Barrenechea" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aml.2012.04.020" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03622294v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Norbert Heuer" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00211-012-0451-2" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00714429v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Lagr&#233;e" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apm.2012.01.035" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00340538v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annemie van Hirtum" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Pelorson" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohan Payan" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11517-008-0412-1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00542751v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Angel Fern&#225;ndez" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crma.2008.11.003" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-FG7X0LS2-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00364839v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel R. Barrenechea" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/zamm.200800068" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00361284v2" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1137/090749694" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00260972v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jfluidstructs.2007.08.004" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00082252v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Roch Paoli" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00109391v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Teul&#233;" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coriandre Emmanuel Vilain" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04013887v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-56208-2_6" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04351863v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03683159v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02376993v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02376994v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01654487v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-96415-7_79" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02131357v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02131315v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Bordas" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Jacquet" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01717155v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Satyendra Tomar" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01654498v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Zilian" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01403003v2" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Pousin" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-71431-8_4" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01926869v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01503619v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Joly" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01181630v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01061496v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01016791v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00826523v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Richard" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00865205v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00793490v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3241387" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00108527v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00108703v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00108697v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Chabanas" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Marecaux" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Boutault" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00108988v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IEMBS.2003.1279665" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00109393v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00109249v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Luboz" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annaig Pedrono" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04476199v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Omnes" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shop.elsevier.com/books/error-control-adaptive-discretizations-and-applications-part-1/chouly/978-0-443-29448-8" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04242349v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781394340507.ch1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03152525v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00364611v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05474192v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristian C&#225;rcamo" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abner H. Poza" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05530708v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05047071v2" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05338823v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin J Gander" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05416943v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronica Anaya" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuliza Capu&#241;ay" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05435649v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandra Aimi" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Cattivelli" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chiara Guardasoni" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04817161v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04675762v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04077986v2" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04670133v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04044900v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03741809v2" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04021471v3" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03637834v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Blaise" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Rohan" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03897527v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raluca Eftimie" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwena&#235;l Rolin" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olusegun Adebayo" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Urcun" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02429962v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jinan Loubani" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bochra M&#233;jri" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamil Merito" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01596106v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel R Barrenechea" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cheherazada Gonzalez" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01383256v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatemeh Entezari Heravi" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad Ali Nazari" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Perrier" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00012061v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00981356v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cel.hal.science/hal-04693634v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cel.hal.science/hal-04204197v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cel.hal.science/hal-03277223v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Dupuis" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Killian Vuillemot" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cel.hal.science/hal-03212748v2" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cel.hal.science/cel-01564693v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-05391211v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franz Chouly" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Gander" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Martin" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11075-025-02100-1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05051404v2" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Becker" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Duprez" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Richter" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Pierre-Yves Rohan" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/bs.aams.2025.10.002" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04208610v4" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Huu Phuoc Bui" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre&#8208;yves Rohan" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Lejeune" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Pierre Alain Bordas" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cnm.3897" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04362273v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hao Huang" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Pignet" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Drouet" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00466-023-02405-9" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03891827v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom Gustafsson" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Hild" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/m2an/2023034" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03137595v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Bulle" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jack S Hale" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexei Lozinski" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane P.A. Bordas" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.camwa.2022.11.009" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03567028v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olga Barrera" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cma.2023.115943" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04356406v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolfo Araya" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10915-023-02300-8" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03949272v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Beaude" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Laaziri" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Masson" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cma.2023.116124" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02906573v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Klein" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11075-021-01201-x" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02938032v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Lleras" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Renard" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cam.2022.114557" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03625283v2" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aml.2022.108191" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02016378v2" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karol L Cascavita" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Ern" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/imanum/drz038" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02283418v2" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1137/19M1286499" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02482235v2" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aml.2020.106429" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01616322v4" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marek Bucki" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apm.2019.07.055" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03036303v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danas Sutula" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aflah Elouneg" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Sensale" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Chambert" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmbbm.2020.103999" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01650138v2" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qingyuan Hu" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ping Hu" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gengdong Cheng" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cma.2018.05.024" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01725387v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Blank" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alfonso Caiazzo" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joaquin Mura" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/m2an/2018063" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01814774v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40323-018-0124-5" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01240068v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rabii Mlika" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00211-018-0950-x" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01143168v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Fabre" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Pousin" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/imanum/drx024" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01387113v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Bruneau" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Mottet" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Moulin" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;l Kerbiriou" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compbiomed.2017.12.003" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01427872v2" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cma.2017.07.015" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01361859v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Hermant" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Silva" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Luizard" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/zamm.201600208" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01115812v2" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farid Ammar-Khodja" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3934/xx.xx.xx.xx" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00746942v3" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matteo Astorino" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alfio Quarteroni" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00958710v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/m2an/2014046" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00958695v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/m2an/2014041" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00776619v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1090/S0025-5718-2014-02913-X" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00783827v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00934390v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00717711v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1137/12088344X" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00688641v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apnum.2012.10.003" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03622294v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Norbert Heuer" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00211-012-0451-2" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00648631v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Ra&#250;l Barrenechea" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aml.2012.04.020" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00714429v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Lagr&#233;e" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apm.2012.01.035" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00364839v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel R. Barrenechea" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/zamm.200800068" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00340538v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annemie van Hirtum" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Pelorson" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohan Payan" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11517-008-0412-1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00542751v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Angel Fern&#225;ndez" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crma.2008.11.003" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-FG7X0LS2-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00361284v2" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1137/090749694" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00260972v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jfluidstructs.2007.08.004" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00082252v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Roch Paoli" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00109391v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Teul&#233;" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coriandre Emmanuel Vilain" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04013887v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-56208-2_6" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04351863v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03683159v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02376993v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02376994v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01654487v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-96415-7_79" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02131315v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Bordas" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Jacquet" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02131357v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01717155v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Satyendra Tomar" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01654498v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Zilian" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01403003v2" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Pousin" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-71431-8_4" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01926869v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01503619v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Joly" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01181630v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01061496v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01016791v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00826523v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Richard" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00865205v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00793490v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3241387" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00108527v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00108703v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00108697v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Chabanas" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Marecaux" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Boutault" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00108988v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IEMBS.2003.1279665" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00109393v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00109249v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Luboz" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annaig Pedrono" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04476199v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Omnes" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shop.elsevier.com/books/error-control-adaptive-discretizations-and-applications-part-1/chouly/978-0-443-29448-8" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04242349v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781394340507.ch1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03152525v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00364611v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05474192v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristian C&#225;rcamo" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abner H. Poza" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05530708v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05047071v2" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05338823v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin J Gander" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05416943v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronica Anaya" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuliza Capu&#241;ay" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05435649v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandra Aimi" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Cattivelli" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chiara Guardasoni" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04670133v2" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04675762v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04817161v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04077986v2" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04044900v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03741809v2" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04021471v3" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03637834v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Blaise" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Rohan" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03897527v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raluca Eftimie" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwena&#235;l Rolin" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olusegun Adebayo" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Urcun" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02429962v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jinan Loubani" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bochra M&#233;jri" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamil Merito" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01596106v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel R Barrenechea" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cheherazada Gonzalez" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01383256v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatemeh Entezari Heravi" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad Ali Nazari" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Perrier" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00012061v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00981356v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cel.hal.science/hal-04693634v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cel.hal.science/hal-04204197v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cel.hal.science/hal-03277223v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Dupuis" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Killian Vuillemot" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cel.hal.science/hal-03212748v2" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cel.hal.science/cel-01564693v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>