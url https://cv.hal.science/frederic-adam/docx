--- v0 (2026-03-04)
+++ v1 (2026-03-27)
@@ -66,329 +66,329 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (11)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (12)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Total Thrombus Formation system exploration of primary haemostasis in cirrhotic patients</w:t>
+                <w:t xml:space="preserve">β4GALT1-CDG uncovers a novel mechanism of Von Willebrand factor deficiency through impaired glycosylation and accelerated</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Johan Abdoul</w:t>
+                <w:t xml:space="preserve">Claire Auditeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Norman Luc</w:t>
+                <w:t xml:space="preserve">Frédéric Adam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bérangère Joly</w:t>
+                <w:t xml:space="preserve">Arnaud Bruneel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antoine Jehl</w:t>
+                <w:t xml:space="preserve">François Fenaille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adeline Blandinières</w:t>
+                <w:t xml:space="preserve">Christelle Repérant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Research and Practice in Thrombosis and Haemostasis</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2026, pp.103370. </w:t>
+              <w:t xml:space="preserve">Hämostaseologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, GTH Congress 2026 – 70th Annual Meeting of the Society of Thrombosis and Haemostasis Research Bonn, Germany, 17.–20.02.2026, 46 (S01), pp.S73-S74. </w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.rpth.2026.103370⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1055/s-0045-1814603⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05487282v1</w:t>
+                <w:t xml:space="preserve">hal-05534728v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Unveiling platelet aging with progressive β-galactose exposure as a signature of platelet senescence in humans and mice</w:t>
+                <w:t xml:space="preserve">Total Thrombus Formation system exploration of primary haemostasis in cirrhotic patients</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Catherine Angénieux</w:t>
+                <w:t xml:space="preserve">Johan Abdoul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Nipoti</w:t>
+                <w:t xml:space="preserve">Norman Luc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gabriel Rojas-Jiménez</w:t>
+                <w:t xml:space="preserve">Bérangère Joly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mélanie Daniel</w:t>
+                <w:t xml:space="preserve">Antoine Jehl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frédéric Adam</w:t>
+                <w:t xml:space="preserve">Adeline Blandinières</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Haematologica</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, </w:t>
+              <w:t xml:space="preserve">Research and Practice in Thrombosis and Haemostasis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, pp.103370. </w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3324/haematol.2025.287812⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.rpth.2026.103370⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05146639v1</w:t>
+                <w:t xml:space="preserve">hal-05487282v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F-actin disassembly by the oxidoreductase MICAL1 promotes mechano-dependent VWF-GPIbα interaction in platelets</w:t>
               </w:r>
@@ -502,1093 +502,1227 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05206235v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Somatic RAP1B gain-of-function variant underlies isolated thrombocytopenia and immunodeficiency</w:t>
+                <w:t xml:space="preserve">Unveiling platelet aging with progressive β-galactose exposure as a signature of platelet senescence in humans and mice</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marta Benavides-Nieto</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Catherine Angénieux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Nipoti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriel Rojas-Jiménez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Daniel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Adam</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Chantal Lagresle-Peyrou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Journal of clinical investigation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 134 (17), pp.e169994. </w:t>
+              <w:t xml:space="preserve">Haematologica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, </w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1172/JCI169994.⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3324/haematol.2025.287812⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05389225v1</w:t>
+                <w:t xml:space="preserve">hal-05146639v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fitusiran reduces bleeding in factor X–deficient mice</w:t>
+                <w:t xml:space="preserve">Somatic RAP1B gain-of-function variant underlies isolated thrombocytopenia and immunodeficiency</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sebastien Verhenne</w:t>
+                <w:t xml:space="preserve">Marta Benavides-Nieto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Adam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Geneviève Mccluskey</w:t>
+                <w:t xml:space="preserve">Emmanuel Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hortense Maynadié</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Adam</w:t>
+                <w:t xml:space="preserve">Charlotte Boussard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caterina Casari</w:t>
+                <w:t xml:space="preserve">Chantal Lagresle-Peyrou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Blood</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 144 (2), pp.227-236. </w:t>
+              <w:t xml:space="preserve">The Journal of clinical investigation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 134 (17), pp.e169994. </w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1182/blood.2023023404⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1172/JCI169994.⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04654300v1</w:t>
+                <w:t xml:space="preserve">hal-05389225v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">DOCK11 deficiency in patients with X-linked actinopathy and autoimmunity</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Fitusiran reduces bleeding in factor X–deficient mice</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laure Delage</w:t>
+                <w:t xml:space="preserve">Sebastien Verhenne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tania Gajardo</w:t>
+                <w:t xml:space="preserve">Geneviève Mccluskey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexandre Kauskot</w:t>
+                <w:t xml:space="preserve">Hortense Maynadié</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Adam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maxime Batignes</w:t>
+                <w:t xml:space="preserve">Caterina Casari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Blood</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, </w:t>
+              <w:t xml:space="preserve">, 2024, 144 (2), pp.227-236. </w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1182/blood.2022018486⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1182/blood.2023023404⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04455529v1</w:t>
+                <w:t xml:space="preserve">hal-04654300v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Efficacy of platelet-inspired hemostatic nanoparticles on bleeding in Von Willebrand disease murine models</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">DOCK11 deficiency in patients with X-linked actinopathy and autoimmunity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlotte Boussard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphanie Roullet</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Norman Luc</w:t>
+                <w:t xml:space="preserve">Laure Delage</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julie Rayes</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Jean Solarz</w:t>
+                <w:t xml:space="preserve">Tania Gajardo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dante Disharoon</w:t>
+                <w:t xml:space="preserve">Alexandre Kauskot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Batignes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Blood</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, 141 (23), pp.2891-2900. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1182/blood.2022018956⟩</w:t>
+              <w:t xml:space="preserve">, 2023, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1182/blood.2022018486⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">inserm-04066466v1</w:t>
+                <w:t xml:space="preserve">hal-04455529v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Long-term safety and efficacy of lentiviral hematopoietic stem/progenitor cell gene therapy for Wiskott–Aldrich syndrome</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Efficacy of platelet-inspired hemostatic nanoparticles on bleeding in Von Willebrand disease murine models</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Semeraro</w:t>
+                <w:t xml:space="preserve">Stéphanie Roullet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Norman Luc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F. Adam</w:t>
+                <w:t xml:space="preserve">Julie Rayes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Solarz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Booth</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Loïc Dupré</w:t>
+                <w:t xml:space="preserve">Dante Disharoon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Medicine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41591-021-01641-x⟩</w:t>
+              <w:t xml:space="preserve">Blood</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 141 (23), pp.2891-2900. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1182/blood.2022018956⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03776861v1</w:t>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-04066466v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antithrombotic potential of a single‐domain antibody enhancing the activated protein C‐cofactor activity of protein S</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Long-term safety and efficacy of lentiviral hematopoietic stem/progenitor cell gene therapy for Wiskott–Aldrich syndrome</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Magnani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Josepha Sedzro</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Adam</w:t>
+                <w:t xml:space="preserve">M. Semeraro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claire Auditeau</w:t>
+                <w:t xml:space="preserve">F. Adam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elsa Bianchini</w:t>
+                <w:t xml:space="preserve">C. Booth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Allan de Carvalho</w:t>
+                <w:t xml:space="preserve">Loïc Dupré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Thrombosis and Haemostasis</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 20 (7), pp.1653-1664. </w:t>
+              <w:t xml:space="preserve">Nature Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 28 (1), pp.71-80. </w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/jth.15736⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41591-021-01641-x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inserm-04455219v1</w:t>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03776861v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A gain‐of‐function filamin A mutation in mouse platelets induces thrombus instability</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Antithrombotic potential of a single‐domain antibody enhancing the activated protein C‐cofactor activity of protein S</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Josepha Sedzro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Adam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Christelle Soukaseum</w:t>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Auditeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elsa Bianchini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Allan de Carvalho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Thrombosis and Haemostasis</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, 20 (11), pp.2666-2678. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/jth.15864⟩</w:t>
+              <w:t xml:space="preserve">, 2022, 20 (7), pp.1653-1664. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/jth.15736⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03896872v1</w:t>
+                <w:t xml:space="preserve">inserm-04455219v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">A gain‐of‐function filamin A mutation in mouse platelets induces thrombus instability</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Adam</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Kauskot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lamia Lamrani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Solarz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Soukaseum</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Thrombosis and Haemostasis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 20 (11), pp.2666-2678. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/jth.15864⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03896872v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Author Correction: Long-term safety and efficacy of lentiviral hematopoietic stem/progenitor cell gene therapy for Wiskott–Aldrich syndrome</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Magnani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Semeraro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Adam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Booth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Dupré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nature Medicine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 28 (10), pp.2217-2217. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1038/s41591-022-01985-y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03990393v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -1598,51 +1732,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modulation mécanosensible des interactions vWF/GPIb par le désassemblage du cytosquelette d'actine induit par MICAL1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Solarz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -1651,373 +1785,373 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Soukaseum</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Frémont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Repérant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Eymieux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Société Française d'hématologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2025, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05151554v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Une nouvelle mutation de la tubuline β1 associée à un profil prothrombotique dépendant de l’axe GPVI et de la sécrétion</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId73" w:history="1">
+                <w:t xml:space="preserve">A novel β1-tubulin mutation associated with secretion-dependent platelet hyperactivity and prothrombotic risk via GPVI and CLEC-2 engagement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Toscane Viellard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Solarz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Repérant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Cécile Denis</w:t>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Soukaseum</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johannes A Eble</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès de la Société Française d'Hématologie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2025, Paris, France</w:t>
+              <w:t xml:space="preserve">7th EUPLAN International Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2025, Wuerzburg, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05151565v1</w:t>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-05293799v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A novel β1-tubulin mutation associated with secretion-dependent platelet hyperactivity and prothrombotic risk via GPVI and CLEC-2 engagement</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId73" w:history="1">
+                <w:t xml:space="preserve">Une nouvelle mutation de la tubuline β1 associée à un profil prothrombotique dépendant de l’axe GPVI et de la sécrétion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Toscane Viellard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Repérant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Solarz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Johannes A Eble</w:t>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Claude Bordet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Denis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7th EUPLAN International Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2025, Wuerzburg, Germany</w:t>
+              <w:t xml:space="preserve">Congrès de la Société Française d'Hématologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2025, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inserm-05293799v1</w:t>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05151565v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F-actin disassembly by the oxidoreductase MICAL1 promotes mechano-dependent VWF-GPIBa interaction in platelets</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Solarz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -2076,1664 +2210,1664 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Société Française de Thrombose et d'hémostase</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2025, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05305768v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mise en évidence dans un modèle murin d’un risque prothrombotique associé à une mutation de la tubuline β1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Toscane Viellard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Repérant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Solarz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Claude Bordet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Denis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès Français d'Hémostase</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Société Française de Thrombose et d'Hémostase, Sep 2024, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04701038v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mise en évidence dans un modèle murin d’un risque prothrombotique associé à une mutation de la tubuline β1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Toscane Viellard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Repérant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Solarz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Claude Bordet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Denis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès Français d'Hémostase (CFH) 2024</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2024, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05151543v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Une nouvelle mutation de la tubuline β1 associée à un profil prothrombotique dépendant de l’axe GPVI et de la sécrétion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Toscane Viellard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Repérant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Solarz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Claude Bordet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Denis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Club Français des Plaquettes et des Mégacaryocytes (CFPM)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2024, Saint Etienne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05151561v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">MICAL1, un nouvel acteur moléculaire impliqué dans la stabilisation du thrombus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Solarz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Soukaseum</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Denis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Adam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Kauskot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès Société Française d’Hématologie 2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2023, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04455383v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impaired lymphocyte trafficking and platelet activation in a patient with de novo mutation in RAP1B</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marta Benavides-Nieto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Adam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chantal Lagresle-Peyrou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Morelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">20th Biennial Meeting of the European Society for Immunodeficiencies (ESID); Gothenburg, Sweden</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2022, Gothenburg, Sweden</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04455647v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">MICAL1, un nouvel acteur des forces contractiles dans le thrombus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Solarz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Soukaseum</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Adam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Denis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Kauskot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Club Français de Plaquettes et des Mégacaryocytes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2022, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04455372v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effects of platelet-inspired haemostatic nanoparticles on bleeding in von Willebrand disease murine models</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Roullet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Norman Luc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Rayes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Norman Luc</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Frédéric Adam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrew J Dito</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ISTH 2022 Congress</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, International Society of Thrombosis and Hemostasis, 2022, Londres, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04455066v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">THE EXPANDING PHENOTYPE OF MKL1 DEFICIENCY: FROM INFECTIOUS SUSCEPTIBILITY TO IMMUNE DYSREGULATION</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marta Benavides-Nieto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Kauskot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Adam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine de Giacomoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alice Corsia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">20th Biennial Meeting of the European Society for Immunodeficiencies (ESID)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2022, Gothenburg, Sweden</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04455616v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antithrombotic Potential of a Single-domain Antibody Enhancing the Anticoagulant Activity of Protein S</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Josepha Sedzro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Adam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Allan De Carvalho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elsa P Bianchini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ivan Peyron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Hybrid Congress of the International Society on Thrombosis and Haemostasis</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, International Society on Thrombosis and Haemostasis, Jul 2021, Philadelphia (Pennsylvania), United States. pp.Abstract OC 60.2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04501112v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La diminution de l’activité des pompes à calcium SERCA3 permet la réduction de la réponse inflammatoire.</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Long-Term Follow-Up Study after Lentiviral Hematopoietic Stem/Progenitor Cell Gene Therapy for Wiskott-Aldrich Syndrome</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alessandra Magnani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Adam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michaela Semeraro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loïc Dupré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Gabrion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">40eme congres de la SFH 2020</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2020, Paris, France</w:t>
+              <w:t xml:space="preserve">ASGCT 23rd Annual Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2020, Boston (MA), United States. pp.Abstract 111</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04455333v1</w:t>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04455733v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caractérisation d’une nanobody qui potentialize l’activité cofacteur de la protéine C active de la protéine S</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId97" w:history="1">
+                <w:t xml:space="preserve">La diminution de l’activité des pompes à calcium SERCA3 permet la réduction de la réponse inflammatoire.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kathia Beddek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Adam</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francois Saller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Borgel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Regis Bobe</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">40ème congrès de la Société Française d’Hématologie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Société Française d’Hématologie, Sep 2020, Paris, France. pp.Page 39, Abstract 04-01</w:t>
+              <w:t xml:space="preserve">40eme congres de la SFH 2020</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2020, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04501074v1</w:t>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04455333v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Long-Term Follow-Up Study after Lentiviral Hematopoietic Stem/Progenitor Cell Gene Therapy for Wiskott-Aldrich Syndrome</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Caractérisation d’une nanobody qui potentialize l’activité cofacteur de la protéine C active de la protéine S</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sedzro Jc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alessandra Magnani</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Francois Saller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Adam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Aurélie Gabrion</w:t>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">De Carvalho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Gandrille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ASGCT 23rd Annual Meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2020, Boston (MA), United States. pp.Abstract 111</w:t>
+              <w:t xml:space="preserve">40ème congrès de la Société Française d’Hématologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société Française d’Hématologie, Sep 2020, Paris, France. pp.Page 39, Abstract 04-01</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04455733v1</w:t>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04501074v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maladie de Willebrande type 2B et thrombopénies : Impact de la désialylation des plaquettes.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annabelle Dupont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Soukaseum</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Adam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paulette Legendre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Proulle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">38th Congress of the Société Française d’Hématologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Société Française d’Hématologie, Mar 2018, Paris, France. pp.Page 143, Abstract 12-88</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04457466v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3743,1522 +3877,1522 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A novel β1-tubulin mutation associated with a secretion-dependent platelet hyperactivity and prothrombotic risk</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Toscane Viellard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Solarz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Repérant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Soukaseum</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Denis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ECTH 2025 Prague</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2025, Prague (CZ), Czech Republic</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05351155v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Contrôle mécanosensible de la dynamique de l’actine dans la fonctionnalité de la GPIbα par MICAL1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Solarz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Soukaseum</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Repérant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Denis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Baruch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès Français d'Hémostase</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2024, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04701025v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le récepteur PAR4 initie la voie SERCA3/NAADP qui potentialise l'activation des plaquettes en réponse à la thrombine.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Miao Feng</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Adam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Kauskot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Denis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marijke Bryckaert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès Francais d'Hémostase</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2023, Saint malo, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04455436v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">MICAL1 links actin dynamics to shear-dependent adhesive and thrombotic function of platelets</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Solarz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Soukaseum</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Repérant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Denis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Adam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès Français d’Hémostase</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2023, Saint-Malo, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04455404v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">MICAL1, a new molecular actor involved in thrombus growth and stability</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Solarz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Soukaseum</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Repérant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Frémont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Denis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Gordon Research Conference, Cell Biology of Megakaryocytes and Platelets</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2023, Lucca (Barga), Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05151535v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">MAGT1 DEFICIENCY CAUSES A PROMINENT PLATELETS DYSFUNCTION THROUGH IMPAIRMENT OF MEMBRANE GLYCOPROTEINS N-GLYCOSYLATION</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Kauskot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Coralie Mallebranche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Solarz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Miao Feng</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Toscane Viellard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">20th Biennial Meeting of the European Society for Immunodeficiencies (ESID)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2022, Gothenburg, Sweden. Abstract 801</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04455514v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ca2+ release from Sarco/Endoplamic Reticulum Ca2+-ATPase 3 (SERCA3) controlled stores is involved in endothelial permeability and inflammatory response.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kathia Beddek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Adam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francois Saller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Borgel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Regis Bobe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ISTH 2020</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2020, Virtual conference, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04455301v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">NAADP/SERCA3-dependent Ca2+ stores pathway specifically controls early autocrine ADP secretion potentiating platelet activation.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Miao Feng</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ziane Elaib</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Borgel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile V. Denis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Adam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ISTH 2020</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2020, Virtual congress, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04455286v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Relevance of platelet desialylation and thrombocytopenia in type 2B von Willebrand disease</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annabelle Dupont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Soukaseum</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Cheptou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Adam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Nipoti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">GRC, Cell biology of megakaryocytes and platelets, 2019</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2019, Galveston - Texas, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04455289v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">PLATELET SIALYLATION AS A NEW BIOMARKER OF IMMATURE PLATELETS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Nipoti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valerie Proulle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Adam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Kauskot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ECTH 2019</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2019, Glasgow (Ecosse), United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04454905v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modulation of the platelet count by Romiplostim and inhibitors of LIM kinase in genetically-engineered von Willebrand disease type 2B mice: in vivo evaluation of haemostatic efficiency.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Cheptou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Adam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Christophe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peter Lenting</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Denis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ECTH, 2018</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2018, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04455308v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Specific mobilization of SERCA3-dependent Ca2+ stores by NAADP regulates platelet activity through ADP secretion.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ziane Elaib</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Miao Feng</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Adam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marijke Bryckaert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean‐philippe Rosa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">15th International Meeting of the European Calcium Society</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2018, Hambourg (Germany), Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04455185v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId135"/>
+      <w:footerReference w:type="default" r:id="rId139"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -5405,51 +5539,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05487282v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Abdoul" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Norman Luc" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;rang&#232;re Joly" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Jehl" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Blandini&#232;res" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rpth.2026.103370" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05146639v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Ang&#233;nieux" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Nipoti" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Rojas-Jim&#233;nez" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Daniel" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Adam" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3324/haematol.2025.287812" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05206235v2" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Solarz" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Soukaseum" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Fr&#233;mont" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Eymieux" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camilia Nabli" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-025-62487-2" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05389225v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Benavides-Nieto" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Martin" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Boussard" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Lagresle-Peyrou" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1172/JCI169994." TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04654300v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Verhenne" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevi&#232;ve Mccluskey" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hortense Maynadi&#233;" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caterina Casari" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1182/blood.2023023404" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04455529v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Delage" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tania Gajardo" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Kauskot" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Batignes" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1182/blood.2022018486" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-04066466v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Roullet" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Rayes" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dante Disharoon" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1182/blood.2022018956" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03776861v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Magnani" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Semeraro" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Adam" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Booth" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Dupr&#233;" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41591-021-01641-x" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-04455219v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josepha Sedzro" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Auditeau" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Bianchini" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Allan de Carvalho" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jth.15736" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03896872v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lamia Lamrani" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jth.15864" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03990393v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Dupr&#233;" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41591-022-01985-y" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05151554v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Rep&#233;rant" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05151565v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Toscane Viellard" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Bordet" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Denis" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-05293799v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johannes A Eble" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05305768v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04701038v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05151543v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05151561v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04455383v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04455647v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Morelle" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04455372v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04455066v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew J Dito" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04455616v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine de Giacomoni" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Corsia" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04501112v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Allan De Carvalho" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa P Bianchini" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Peyron" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04455333v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kathia Beddek" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Saller" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Borgel" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Regis Bobe" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04501074v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sedzro Jc" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=De Carvalho" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Gandrille" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04455733v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandra Magnani" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michaela Semeraro" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Gabrion" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04457466v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annabelle Dupont" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulette Legendre" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Proulle" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05351155v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04701025v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Baruch" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04455436v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miao Feng" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marijke Bryckaert" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04455404v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05151535v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04455514v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Mallebranche" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04455301v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04455286v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ziane Elaib" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile V. Denis" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04455289v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Cheptou" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04454905v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Proulle" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04455308v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Christophe" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Lenting" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04455185v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;philippe Rosa" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05534728v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Auditeau" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Adam" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Bruneel" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Fenaille" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Rep&#233;rant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/s-0045-1814603" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05487282v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Abdoul" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Norman Luc" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;rang&#232;re Joly" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Jehl" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Blandini&#232;res" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rpth.2026.103370" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05206235v2" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Solarz" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Soukaseum" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Fr&#233;mont" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Eymieux" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camilia Nabli" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-025-62487-2" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05146639v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Ang&#233;nieux" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Nipoti" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Rojas-Jim&#233;nez" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Daniel" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3324/haematol.2025.287812" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05389225v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Benavides-Nieto" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Martin" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Boussard" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Lagresle-Peyrou" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1172/JCI169994." TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04654300v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Verhenne" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevi&#232;ve Mccluskey" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hortense Maynadi&#233;" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caterina Casari" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1182/blood.2023023404" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04455529v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Delage" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tania Gajardo" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Kauskot" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Batignes" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1182/blood.2022018486" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-04066466v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Roullet" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Rayes" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dante Disharoon" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1182/blood.2022018956" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03776861v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Magnani" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Semeraro" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Adam" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Booth" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Dupr&#233;" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41591-021-01641-x" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-04455219v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josepha Sedzro" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Bianchini" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Allan de Carvalho" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jth.15736" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03896872v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lamia Lamrani" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jth.15864" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03990393v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Dupr&#233;" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41591-022-01985-y" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05151554v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-05293799v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Toscane Viellard" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johannes A Eble" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05151565v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Bordet" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Denis" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05305768v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04701038v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05151543v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05151561v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04455383v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04455647v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Morelle" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04455372v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04455066v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew J Dito" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04455616v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine de Giacomoni" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Corsia" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04501112v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Allan De Carvalho" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa P Bianchini" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Peyron" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04455733v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandra Magnani" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michaela Semeraro" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Gabrion" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04455333v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kathia Beddek" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Saller" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Borgel" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Regis Bobe" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04501074v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sedzro Jc" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=De Carvalho" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Gandrille" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04457466v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annabelle Dupont" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulette Legendre" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Proulle" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05351155v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04701025v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Baruch" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04455436v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miao Feng" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marijke Bryckaert" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04455404v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05151535v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04455514v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Mallebranche" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04455301v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04455286v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ziane Elaib" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile V. Denis" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04455289v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Cheptou" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04454905v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Proulle" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04455308v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Christophe" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Lenting" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04455185v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;philippe Rosa" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>