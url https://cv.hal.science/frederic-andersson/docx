--- v0 (2026-03-07)
+++ v1 (2026-03-29)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Frédéric Andersson </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Ingénieur de recherche Inserm</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">frederic-andersson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0002-2343-2450</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">087585111</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ResearcherID : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">http://www.researcherid.com/rid/P-6969-2016</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">2012-	Ingénieur de recherche Inserm</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">UMR U1253 iBrain (Inserm / Université de Tours)  - 	Équipe « Imgerie Morphofonctionnelle & ultrasons thérapeutiques »UMR U1253 iBrain (Inserm / Université de Tours)  - 	Équipe « Imagerie, Biomarqueurs et Thérapies »UMR U930 Imagerie et Cerveau (Inserm / Université de Tours)  - 	Équipe « Ultra-sons et imagerie »</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">2008-2011	Ingénieur de recherche Inserm</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">IFR 135 Imagerie fonctionnelle</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">2007-2008 	Chercheur Post-doc</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">ERT CNRS TREAT VISION (Fondation Ophtalmologique Rothschild / Lab Psychologie et Neurocognition)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">2005-2007	Maitre-Assistant de recherche</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">Laboratory of Neurology & Imaging of Cognition (Univ Genève / Centre Interfacultaire en Sciences Affectives).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">2005	Auxiliaire de recherche CNRS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">Groupe d'Imagerie Neurofonctionnelle (UMR CNRS / CEA / Université de Caen Basse-Normandie/ Université Paris 5).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">2001-2005	Doctorant</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">Groupe d'Imagerie Neurofonctionnelle (UMR CNRS / CEA / Université de Caen Basse-Normandie/ Université Paris 5).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">2001 - DEA national de Neuropsychologie, Université Paul Sabatier Toulouse 3</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">Groupe d'Imagerie Neurofonctionnelle (UMR CNRS / CEA / Université de Caen Basse-Normandie/ Université Paris 5).</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (48)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Affective Symptoms and Amyloid Plaques: Antidepressant Response and Clinical Outcome Associated With Brain Amyloid Load in a 2-Year Cohort of Nondemented Older Adults With Depression—The ASAP Study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Desmidt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria-Joao Santiago-Ribeiro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabriel Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Blanc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Louchart de la Chapelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">American Journal of Geriatric Psychiatry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 33 (9), pp.962-973. </w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jagp.2025.04.214⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05392996v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Neural correlates of communication modes in medical students using fMRI</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raluca Corina Oprea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Andersson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valerie Gissot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Desmidt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marta Siragusa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Brain imaging and behavior (Brain Imaging Behav)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, </w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11682-025-00985-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04967840v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A road map to manual segmentation of cerebral structures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Darrault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Dannhoff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maëlig Chauvel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Théo Delmaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Louchez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Anatomy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, </w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/joa.14167⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04778065v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paraffin embedding of the whole human cerebral hemisphere to assess arterial distribution territories</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mykyta Smirnov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Andersson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Barantin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Igor Lima Maldonado</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Destrieux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EXCLI Journal : Experimental and Clinical Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 23, pp.612-623. </w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.17179/excli2023-6601⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04699277v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Neural correlates of mindfulness meditation and hypnosis on magnetic resonance imaging: similarities and differences. A scoping review</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sindy Sim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Igor Lima Maldonado</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Castelnau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Barantin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wissam El-Hage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal de Neuroradiologie / Journal of Neuroradiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 51 (2), pp.131-144. </w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.neurad.2023.11.002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04967851v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ProbaStem, a pipeline towards the first high-resolution probabilistic atlas of the whole human brainstem</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammad Seyyed Mohammadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexia Planty-Bonjour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Poupon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivy Uszynski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Poupon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Brain Structure and Function</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 229, pp.115-132. </w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00429-023-02726-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04709002v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Changes in cerebral connectivity and brain tissue pulsations with the antidepressant response to an equimolar mixture of oxygen and nitrous oxide: an MRI and ultrasound study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Desmidt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul-Armand Dujardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Andersson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Brizard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Remeniéras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Molecular Psychiatry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 28 (9), pp.3900-3908. </w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41380-023-02217-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04196063v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maternal deprivation and milk replacement affect the integrity of gray and white matter in the developing lamb brain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scott A. Love</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Haslin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Bellardie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Andersson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Barantin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Developmental Neurobiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 82 (2), pp.214-232. </w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/dneu.22869⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03830179v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A novel male Japanese quail structural connectivity atlas using ultra-high field diffusion MRI at 11.7 T</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raïssa Yebga Hot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Siwiaszczyk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scott A. Love</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Andersson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Calandreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Brain Structure and Function</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 227 (5), pp.1577-1597. </w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00429-022-02457-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03627385v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benzodiazepine use and neuroimaging markers of Alzheimer's disease in nondemented older individuals: an MRI and 18F Florbetapir PET study in the MEMENTO cohort</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Gallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Bouteloup</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Locatelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Odile Habert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Chupin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Neuropsychopharmacology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 47 (5), pp.1114-1120. </w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41386-021-01246-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03512885v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Left amygdala volume and brain tissue pulsatility are associated with neuroticism: an MRI and ultrasound study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marta Andrea Siragusa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Rufin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Courtois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Belzung</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Andersson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Brain imaging and behavior (Brain Imaging Behav)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, pp.1499-1507. </w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11682-020-00348-w⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03265218v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">WIKIBrainStem: An online atlas to manually segment the human brainstem at the mesoscopic scale from ultrahigh field MRI</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Lechanoine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Timothée Jacquesson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justine Beaujoin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Barthélemy Serres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammad Mohammadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NeuroImage</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 236, pp.118080. </w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.neuroimage.2021.118080⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03706799v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aberrant intrinsic connectivity in women victims of sexual assault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Quidé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aïcha Zine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Descriaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Saint-Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Andersson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Brain imaging and behavior (Brain Imaging Behav)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 15, pp.2356-2366. </w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11682-020-00431-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04709008v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Case of Sustained Antidepressant Effects and Large Changes in the Brain With a Single Brief Exposure to Nitrous Oxide</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Desmidt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Gissot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul-Armand Dujardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Andersson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Barantin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">American Journal of Geriatric Psychiatry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 29 (12), pp.1298-1300. </w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jagp.2021.01.138⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04705827v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brain correlates of emotional prosodic change detection in autism spectrum disorder</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Judith Charpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marianne Latinus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Andersson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agathe Saby</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Cottier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Neuroimage-Clinical</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 28, pp.102512 -. </w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.nicl.2020.102512⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03492787v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact on child and parent anxiety level of a teddy bear-scale mock magnetic resonance scanner</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Morel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Andersson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muriel Samalbide</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gauthier Binninger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pediatric Radiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 50, pp.116-120. </w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00247-019-04514-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04705831v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inflexibility in Autism Spectrum Disorder: Need for certainty and atypical emotion processing share the blame</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marianne Latinus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Helen Cléry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Andersson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Bonnet-Brilhault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Fonlupt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Brain and Cognition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 136, pp.103599 -. </w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.bandc.2019.103599⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03487877v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Neurocognitive, emotional and neuroendocrine correlates of exposure to sexual assault in women</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Quidé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Helen Clery</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Andersson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Descriaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Saint-Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Psychiatry and Neuroscience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 43 (5), pp.318-326. </w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1503/jpn.170116⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02524146v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brain tissue pulsatility mediates cognitive and electrophysiological changes in normal aging: Evidence from ultrasound tissue pulsatility imaging (TPI)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Angel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Badiâa Bouazzaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Isingrini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séverine Fay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Taconnat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Brain and Cognition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 123, pp.74-80. </w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.bandc.2018.02.001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01957403v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Smaller hippocampal volume following sexual assault in women is associated with post‐traumatic stress disorder</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Quidé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Andersson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diane Dufour-Rainfray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Descriaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Brizard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Acta Psychiatrica Scandinavica</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 138 (4), pp.312-324. </w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/acps.12920⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04963620v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Periaqueductal gray and emotions: the complexity of the problem and the light at the end of the tunnel, the magnetic resonance imaging</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dóra Zelena</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ophélie Menant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Andersson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Chaillou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Endocrine Regulations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 52 (4), pp.222-238</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02282264v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cerebral blood flow velocity positively correlates with brain volumes in long-term remitted depression</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Desmidt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Andersson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Brizard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Cottier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Patat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Progress in Neuro-Psychopharmacology and Biological Psychiatry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 81, pp.243-249. </w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.pnpbp.2017.09.018⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04708996v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A practical guide for the identification of major sulcogyral structures of the human cortex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Destrieux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louis Marie Terrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Andersson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scott Love</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Cottier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Brain Structure and Function</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 222 (4), pp.2001-2015. </w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00429-016-1320-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01827945v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sex-specific effects of COMT Val158Met polymorphism on corpus callosum structure: A whole-brain diffusion-weighted imaging study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wissam El-Hage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Helen Clery</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Andersson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Filipiak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Thiebaut de Schotten</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Brain and Behavior</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 7 (9), pp.e00786. </w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/brb3.786⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01613168v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brain Tissue Pulsatility is Increased in Midlife Depression: a Comparative Study Using Ultrasound Tissue Pulsatility Imaging</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Desmidt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Brizard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul-Armand Dujardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Redouane Ternifi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Remenieras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Neuropsychopharmacology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 42, pp.2575 - 2582. </w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/npp.2017.113⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02524222v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The benefits of magnetic resonance imaging methods to extend the knowledge of the anatomical organisation of the periaqueductal gray in mammals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ophélie Menant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Andersson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dóra Zelena</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Chaillou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Chemical Neuroanatomy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 77, pp.110-120. </w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jchemneu.2016.06.003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01594887v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Neural correlates of delusional infestation responding to aripiprazole monotherapy: a case report</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Ponson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Andersson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wissam El-Hage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Neuropsychiatric Disease and Treatment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 11, pp.257-61. </w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2147/NDT.S74786⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02524250v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">FIBRASCAN: A novel method for 3D white matter tract reconstruction in MR space from cadaveric dissection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ilyess Zemmoura</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Barthélemy Serres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Andersson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Barantin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clovis Tauber</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NeuroImage</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 103, pp.106-118. </w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.neuroimage.2014.09.016⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01164888v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ultrasound Measurements of Brain Tissue Pulsatility Correlate with the Volume of MRI White-Matter Hyperintensity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Redouane Ternifi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Cazals</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Desmidt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Andersson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Camus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Cerebral Blood Flow and Metabolism</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 34 (6), pp.942-944. </w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/jcbfm.2014.58⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04778053v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An FMRI investigation of the cortical network underlying detection and categorization abilities in hemianopic patients.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Perez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Peyrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Cavézian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Coubard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Caetta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Brain Topography: a Journal of Cerebral Function and Dynamics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 26 (2), pp.264-77. </w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10548-012-0244-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00861983v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cerebral functional asymmetry and phonological performance in dyslexic adults</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadia Aguillon-Hernandez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Andersson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Edjlali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Hommet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Cottier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Psychophysiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 50 (12), pp.1226-1238. </w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/psyp.12141⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04357696v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">fMRI investigation of visual change detection in adults with autism</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Clery</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Andersson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Bonnet-Brilhault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Philippe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Wicker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Neuroimage-Clinical</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 2, pp.303-312. </w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.nicl.2013.01.010⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04778017v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brain correlates of automatic visual change detection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Cléry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Andersson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Fonlupt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Gomot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NeuroImage</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 75, pp.117-122. </w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.neuroimage.2013.02.050⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04963622v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Working memory processing of traumatic material in women with posttraumatic stress disorder</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Landré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Destrieux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Andersson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Barantin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Quidé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Psychiatry and Neuroscience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 37 (2), pp.87-94. </w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1503/jpn.100167⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02524323v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of Age on the Dynamics of fMRI Activations during a Semantic Fluency Task</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Destrieux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Hommet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Domengie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Boissy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giovanni de Marco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal de Neuroradiologie / Journal of Neuroradiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 39 (3), pp.158-166. </w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.neurad.2011.05.005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01467326v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hemispheric lateralization in aging: Interest of the verbal-manual concurrency paradigm</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Constans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karl Mondon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Andersson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Danièle Perrier-Palisson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Aging, Neuropsychology and Cognition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 18 (5), pp.620-631. </w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/13825585.2011.600752⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04709055v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atypical activation of the mirror neuron system during perception of hand motion in autism</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joëlle Martineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Andersson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Barthélémy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Cottier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Destrieux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Brain Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 1320, pp.168-175. </w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.brainres.2010.01.035⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04699288v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Top-Down Activation of Fusiform Cortex without Seeing Faces in Prosopagnosia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ruthger Righart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Andersson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Schwartz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eugène Mayer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrik Vuilleumier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cerebral Cortex</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 20 (8), pp.1878-1890. </w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/cercor/bhp254⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04963617v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Functional Asymmetries Revealed in Visually Guided Saccades</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Zago</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Vigneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Andersson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Crivello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Neurophysiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 102 (5), pp.2994-3003. </w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1152/jn.00280.2009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04963609v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Memory for friends or foes: The social context of past encounters with faces modulates their subsequent neural traces in the brain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Vrtička</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Andersson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Sander</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrik Vuilleumier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Social Neuroscience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 4 (5), pp.384-401. </w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/17470910902941793⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04778025v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Plasticité des aires visuelles corticales après une lésion rétrochiasmatique : approche en neuro-imagerie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Perez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Cavézian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Peyrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Coubard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëlle Doucet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue de neuropsychologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 1 (3), pp.254-260. </w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1684/nrp.2009.0036⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04967844v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How verbal and spatial manipulation networks contribute to calculation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Zago</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Renée Turbelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Andersson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Vigneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Neuropsychologia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 46 (9), pp.2403-2414. </w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.neuropsychologia.2008.03.001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04963600v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impaired Activation of Face Processing Networks Revealed by Functional Magnetic Resonance Imaging in 22q11.2 Deletion Syndrome</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Andersson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bronwyn Glaser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mona Spiridon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Debbané</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrik Vuilleumier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biological Psychiatry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 63 (1), pp.49-57. </w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.biopsych.2007.02.022⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04778034v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Individual Attachment Style Modulates Human Amygdala and Striatum Activation during Social Appraisal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Vrtička</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Andersson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Grandjean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Sander</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrik Vuilleumier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS ONE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 3 (8), pp.e2868. </w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pone.0002868⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04778046v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emotional modulation of body-selective visual areas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marius Peelen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Atkinson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Andersson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrik Vuilleumier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Social Cognitive and Affective Neuroscience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 2 (4), pp.274-283. </w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/scan/nsm023⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04709023v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Right hemisphere dominance for auditory attention and its modulation by eye position: An event related fMRI study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grégory Simon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Joliot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Andersson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Bertin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Restorative Neurology and Neuroscience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 25, pp.211 - 225</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02951411v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eye position‐dependent activity in the primary visual area as revealed by fMRI</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Andersson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Joliot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy Perchey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Petit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Human Brain Mapping</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 28 (7), pp.673-680. </w:t></w:r><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/hbm.20296⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04709021v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Early visual evoked potentials are modulated by eye position in humans induced by whole body rotations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Andersson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Etard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Denise</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Petit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BMC Neuroscience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 5 (1), pp.35. </w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/1471-2202-5-35⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04709015v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId250"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Frédéric Andersson </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Ingénieur de recherche Inserm</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">frederic-andersson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0002-2343-2450</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">087585111</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ResearcherID : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">http://www.researcherid.com/rid/P-6969-2016</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">2012-	Ingénieur de recherche Inserm</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">UMR U1253 iBrain (Inserm / Université de Tours)  - 	Équipe « Imgerie Morphofonctionnelle & ultrasons thérapeutiques »UMR U1253 iBrain (Inserm / Université de Tours)  - 	Équipe « Imagerie, Biomarqueurs et Thérapies »UMR U930 Imagerie et Cerveau (Inserm / Université de Tours)  - 	Équipe « Ultra-sons et imagerie »</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">2008-2011	Ingénieur de recherche Inserm</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">IFR 135 Imagerie fonctionnelle</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">2007-2008 	Chercheur Post-doc</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">ERT CNRS TREAT VISION (Fondation Ophtalmologique Rothschild / Lab Psychologie et Neurocognition)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">2005-2007	Maitre-Assistant de recherche</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">Laboratory of Neurology & Imaging of Cognition (Univ Genève / Centre Interfacultaire en Sciences Affectives).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">2005	Auxiliaire de recherche CNRS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">Groupe d'Imagerie Neurofonctionnelle (UMR CNRS / CEA / Université de Caen Basse-Normandie/ Université Paris 5).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">2001-2005	Doctorant</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">Groupe d'Imagerie Neurofonctionnelle (UMR CNRS / CEA / Université de Caen Basse-Normandie/ Université Paris 5).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">2001 - DEA national de Neuropsychologie, Université Paul Sabatier Toulouse 3</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">Groupe d'Imagerie Neurofonctionnelle (UMR CNRS / CEA / Université de Caen Basse-Normandie/ Université Paris 5).</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (48)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Neural correlates of communication modes in medical students using fMRI</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raluca Corina Oprea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Andersson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valerie Gissot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Desmidt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marta Siragusa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Brain imaging and behavior (Brain Imaging Behav)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, </w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11682-025-00985-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04967840v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Affective Symptoms and Amyloid Plaques: Antidepressant Response and Clinical Outcome Associated With Brain Amyloid Load in a 2-Year Cohort of Nondemented Older Adults With Depression—The ASAP Study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Desmidt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria-Joao Santiago-Ribeiro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabriel Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Blanc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Louchart de la Chapelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">American Journal of Geriatric Psychiatry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 33 (9), pp.962-973. </w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jagp.2025.04.214⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05392996v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A road map to manual segmentation of cerebral structures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Darrault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Dannhoff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maëlig Chauvel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Théo Delmaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Louchez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Anatomy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, </w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/joa.14167⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04778065v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paraffin embedding of the whole human cerebral hemisphere to assess arterial distribution territories</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mykyta Smirnov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Andersson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Barantin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Igor Lima Maldonado</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Destrieux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EXCLI Journal : Experimental and Clinical Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 23, pp.612-623. </w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.17179/excli2023-6601⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04699277v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Neural correlates of mindfulness meditation and hypnosis on magnetic resonance imaging: similarities and differences. A scoping review</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sindy Sim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Igor Lima Maldonado</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Castelnau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Barantin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wissam El-Hage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal de Neuroradiologie / Journal of Neuroradiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 51 (2), pp.131-144. </w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.neurad.2023.11.002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04967851v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ProbaStem, a pipeline towards the first high-resolution probabilistic atlas of the whole human brainstem</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammad Seyyed Mohammadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexia Planty-Bonjour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Poupon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivy Uszynski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Poupon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Brain Structure and Function</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 229, pp.115-132. </w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00429-023-02726-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04709002v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Changes in cerebral connectivity and brain tissue pulsations with the antidepressant response to an equimolar mixture of oxygen and nitrous oxide: an MRI and ultrasound study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Desmidt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul-Armand Dujardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Andersson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Brizard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Remeniéras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Molecular Psychiatry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 28 (9), pp.3900-3908. </w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41380-023-02217-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04196063v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maternal deprivation and milk replacement affect the integrity of gray and white matter in the developing lamb brain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scott A. Love</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Haslin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Bellardie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Andersson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Barantin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Developmental Neurobiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 82 (2), pp.214-232. </w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/dneu.22869⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03830179v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A novel male Japanese quail structural connectivity atlas using ultra-high field diffusion MRI at 11.7 T</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raïssa Yebga Hot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Siwiaszczyk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scott A. Love</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Andersson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Calandreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Brain Structure and Function</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 227 (5), pp.1577-1597. </w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00429-022-02457-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03627385v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benzodiazepine use and neuroimaging markers of Alzheimer's disease in nondemented older individuals: an MRI and 18F Florbetapir PET study in the MEMENTO cohort</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Gallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Bouteloup</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Locatelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Odile Habert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Chupin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Neuropsychopharmacology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 47 (5), pp.1114-1120. </w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41386-021-01246-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03512885v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Left amygdala volume and brain tissue pulsatility are associated with neuroticism: an MRI and ultrasound study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marta Andrea Siragusa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Rufin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Courtois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Belzung</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Andersson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Brain imaging and behavior (Brain Imaging Behav)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, pp.1499-1507. </w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11682-020-00348-w⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03265218v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">WIKIBrainStem: An online atlas to manually segment the human brainstem at the mesoscopic scale from ultrahigh field MRI</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Lechanoine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Timothée Jacquesson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justine Beaujoin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Barthélemy Serres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammad Mohammadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NeuroImage</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 236, pp.118080. </w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.neuroimage.2021.118080⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03706799v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aberrant intrinsic connectivity in women victims of sexual assault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Quidé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aïcha Zine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Descriaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Saint-Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Andersson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Brain imaging and behavior (Brain Imaging Behav)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 15, pp.2356-2366. </w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11682-020-00431-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04709008v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Case of Sustained Antidepressant Effects and Large Changes in the Brain With a Single Brief Exposure to Nitrous Oxide</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Desmidt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Gissot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul-Armand Dujardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Andersson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Barantin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">American Journal of Geriatric Psychiatry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 29 (12), pp.1298-1300. </w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jagp.2021.01.138⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04705827v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brain correlates of emotional prosodic change detection in autism spectrum disorder</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Judith Charpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marianne Latinus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Andersson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agathe Saby</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Cottier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Neuroimage-Clinical</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 28, pp.102512 -. </w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.nicl.2020.102512⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03492787v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact on child and parent anxiety level of a teddy bear-scale mock magnetic resonance scanner</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Morel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Andersson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muriel Samalbide</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gauthier Binninger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pediatric Radiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 50, pp.116-120. </w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00247-019-04514-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04705831v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inflexibility in Autism Spectrum Disorder: Need for certainty and atypical emotion processing share the blame</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marianne Latinus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Helen Cléry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Andersson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Bonnet-Brilhault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Fonlupt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Brain and Cognition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 136, pp.103599 -. </w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.bandc.2019.103599⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03487877v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Neurocognitive, emotional and neuroendocrine correlates of exposure to sexual assault in women</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Quidé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Helen Clery</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Andersson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Descriaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Saint-Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Psychiatry and Neuroscience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 43 (5), pp.318-326. </w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1503/jpn.170116⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02524146v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brain tissue pulsatility mediates cognitive and electrophysiological changes in normal aging: Evidence from ultrasound tissue pulsatility imaging (TPI)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Angel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Badiâa Bouazzaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Isingrini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séverine Fay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Taconnat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Brain and Cognition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 123, pp.74-80. </w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.bandc.2018.02.001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01957403v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Smaller hippocampal volume following sexual assault in women is associated with post‐traumatic stress disorder</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Quidé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Andersson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diane Dufour-Rainfray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Descriaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Brizard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Acta Psychiatrica Scandinavica</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 138 (4), pp.312-324. </w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/acps.12920⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04963620v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Periaqueductal gray and emotions: the complexity of the problem and the light at the end of the tunnel, the magnetic resonance imaging</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dóra Zelena</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ophélie Menant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Andersson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Chaillou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Endocrine Regulations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 52 (4), pp.222-238</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02282264v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cerebral blood flow velocity positively correlates with brain volumes in long-term remitted depression</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Desmidt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Andersson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Brizard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Cottier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Patat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Progress in Neuro-Psychopharmacology and Biological Psychiatry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 81, pp.243-249. </w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.pnpbp.2017.09.018⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04708996v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A practical guide for the identification of major sulcogyral structures of the human cortex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Destrieux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louis Marie Terrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Andersson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scott Love</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Cottier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Brain Structure and Function</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 222 (4), pp.2001-2015. </w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00429-016-1320-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01827945v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sex-specific effects of COMT Val158Met polymorphism on corpus callosum structure: A whole-brain diffusion-weighted imaging study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wissam El-Hage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Helen Clery</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Andersson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Filipiak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Thiebaut de Schotten</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Brain and Behavior</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 7 (9), pp.e00786. </w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/brb3.786⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01613168v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brain Tissue Pulsatility is Increased in Midlife Depression: a Comparative Study Using Ultrasound Tissue Pulsatility Imaging</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Desmidt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Brizard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul-Armand Dujardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Redouane Ternifi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Remenieras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Neuropsychopharmacology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 42, pp.2575 - 2582. </w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/npp.2017.113⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02524222v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The benefits of magnetic resonance imaging methods to extend the knowledge of the anatomical organisation of the periaqueductal gray in mammals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ophélie Menant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Andersson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dóra Zelena</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Chaillou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Chemical Neuroanatomy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 77, pp.110-120. </w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jchemneu.2016.06.003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01594887v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Neural correlates of delusional infestation responding to aripiprazole monotherapy: a case report</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Ponson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Andersson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wissam El-Hage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Neuropsychiatric Disease and Treatment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 11, pp.257-61. </w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2147/NDT.S74786⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02524250v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">FIBRASCAN: A novel method for 3D white matter tract reconstruction in MR space from cadaveric dissection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ilyess Zemmoura</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Barthélemy Serres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Andersson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Barantin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clovis Tauber</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NeuroImage</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 103, pp.106-118. </w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.neuroimage.2014.09.016⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01164888v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ultrasound Measurements of Brain Tissue Pulsatility Correlate with the Volume of MRI White-Matter Hyperintensity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Redouane Ternifi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Cazals</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Desmidt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Andersson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Camus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Cerebral Blood Flow and Metabolism</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 34 (6), pp.942-944. </w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/jcbfm.2014.58⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04778053v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An FMRI investigation of the cortical network underlying detection and categorization abilities in hemianopic patients.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Perez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Peyrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Cavézian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Coubard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Caetta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Brain Topography: a Journal of Cerebral Function and Dynamics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 26 (2), pp.264-77. </w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10548-012-0244-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00861983v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cerebral functional asymmetry and phonological performance in dyslexic adults</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadia Aguillon-Hernandez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Andersson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Edjlali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Hommet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Cottier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Psychophysiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 50 (12), pp.1226-1238. </w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/psyp.12141⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04357696v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">fMRI investigation of visual change detection in adults with autism</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Clery</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Andersson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Bonnet-Brilhault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Philippe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Wicker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Neuroimage-Clinical</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 2, pp.303-312. </w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.nicl.2013.01.010⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04778017v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brain correlates of automatic visual change detection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Cléry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Andersson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Fonlupt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Gomot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NeuroImage</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 75, pp.117-122. </w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.neuroimage.2013.02.050⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04963622v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Working memory processing of traumatic material in women with posttraumatic stress disorder</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Landré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Destrieux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Andersson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Barantin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Quidé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Psychiatry and Neuroscience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 37 (2), pp.87-94. </w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1503/jpn.100167⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02524323v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of Age on the Dynamics of fMRI Activations during a Semantic Fluency Task</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Destrieux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Hommet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Domengie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Boissy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giovanni de Marco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal de Neuroradiologie / Journal of Neuroradiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 39 (3), pp.158-166. </w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.neurad.2011.05.005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01467326v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hemispheric lateralization in aging: Interest of the verbal-manual concurrency paradigm</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Constans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karl Mondon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Andersson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Danièle Perrier-Palisson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Aging, Neuropsychology and Cognition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 18 (5), pp.620-631. </w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/13825585.2011.600752⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04709055v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atypical activation of the mirror neuron system during perception of hand motion in autism</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joëlle Martineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Andersson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Barthélémy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Cottier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Destrieux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Brain Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 1320, pp.168-175. </w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.brainres.2010.01.035⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04699288v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Top-Down Activation of Fusiform Cortex without Seeing Faces in Prosopagnosia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ruthger Righart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Andersson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Schwartz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eugène Mayer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrik Vuilleumier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cerebral Cortex</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 20 (8), pp.1878-1890. </w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/cercor/bhp254⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04963617v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Functional Asymmetries Revealed in Visually Guided Saccades</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Zago</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Vigneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Andersson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Crivello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Neurophysiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 102 (5), pp.2994-3003. </w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1152/jn.00280.2009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04963609v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Plasticité des aires visuelles corticales après une lésion rétrochiasmatique : approche en neuro-imagerie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Perez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Cavézian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Peyrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Coubard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëlle Doucet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue de neuropsychologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 1 (3), pp.254-260. </w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1684/nrp.2009.0036⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04967844v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Memory for friends or foes: The social context of past encounters with faces modulates their subsequent neural traces in the brain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Vrtička</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Andersson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Sander</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrik Vuilleumier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Social Neuroscience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 4 (5), pp.384-401. </w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/17470910902941793⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04778025v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How verbal and spatial manipulation networks contribute to calculation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Zago</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Renée Turbelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Andersson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Vigneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Neuropsychologia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 46 (9), pp.2403-2414. </w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.neuropsychologia.2008.03.001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04963600v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impaired Activation of Face Processing Networks Revealed by Functional Magnetic Resonance Imaging in 22q11.2 Deletion Syndrome</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Andersson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bronwyn Glaser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mona Spiridon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Debbané</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrik Vuilleumier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biological Psychiatry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 63 (1), pp.49-57. </w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.biopsych.2007.02.022⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04778034v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Individual Attachment Style Modulates Human Amygdala and Striatum Activation during Social Appraisal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Vrtička</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Andersson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Grandjean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Sander</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrik Vuilleumier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS ONE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 3 (8), pp.e2868. </w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pone.0002868⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04778046v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emotional modulation of body-selective visual areas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marius Peelen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Atkinson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Andersson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrik Vuilleumier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Social Cognitive and Affective Neuroscience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 2 (4), pp.274-283. </w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/scan/nsm023⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04709023v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Right hemisphere dominance for auditory attention and its modulation by eye position: An event related fMRI study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grégory Simon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Joliot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Andersson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Bertin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Restorative Neurology and Neuroscience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 25, pp.211 - 225</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02951411v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eye position‐dependent activity in the primary visual area as revealed by fMRI</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Andersson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Joliot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy Perchey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Petit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Human Brain Mapping</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 28 (7), pp.673-680. </w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/hbm.20296⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04709021v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Early visual evoked potentials are modulated by eye position in humans induced by whole body rotations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Andersson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Etard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Denise</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Petit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BMC Neuroscience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 5 (1), pp.35. </w:t></w:r><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/1471-2202-5-35⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04709015v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId252"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -106,51 +106,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="803787E7"/>
+    <w:nsid w:val="0AE0034F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -337,51 +337,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/frederic-andersson" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2343-2450" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/087585111" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/P-6969-2016" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05392996v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Desmidt" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria-Joao Santiago-Ribeiro" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Robert" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Blanc" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Louchart de la Chapelle" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jagp.2025.04.214" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04967840v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raluca Corina Oprea" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Andersson" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Gissot" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Siragusa" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11682-025-00985-z" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04778065v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Darrault" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Dannhoff" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;lig Chauvel" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;o Delmaire" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Louchez" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/joa.14167" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04699277v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mykyta Smirnov" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Barantin" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Igor Lima Maldonado" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Destrieux" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17179/excli2023-6601" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04967851v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sindy Sim" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Castelnau" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wissam El-Hage" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neurad.2023.11.002" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04709002v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad Seyyed Mohammadi" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexia Planty-Bonjour" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Poupon" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivy Uszynski" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Poupon" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00429-023-02726-8" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04196063v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul-Armand Dujardin" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Brizard" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Remeni&#233;ras" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41380-023-02217-6" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03830179v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Scott A. Love" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Haslin" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Bellardie" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/dneu.22869" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03627385v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ra&#239;ssa Yebga Hot" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Siwiaszczyk" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Calandreau" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00429-022-02457-2" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03512885v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Gallet" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Bouteloup" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Locatelli" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Odile Habert" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Chupin" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41386-021-01246-5" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03265218v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Andrea Siragusa" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Rufin" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Courtois" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Belzung" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11682-020-00348-w" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03706799v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Lechanoine" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timoth&#233;e Jacquesson" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Beaujoin" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barth&#233;lemy Serres" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad Mohammadi" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuroimage.2021.118080" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04709008v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Quid&#233;" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A&#239;cha Zine" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Descriaud" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Saint-Martin" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11682-020-00431-2" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04705827v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Gissot" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jagp.2021.01.138" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03492787v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judith Charpentier" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Latinus" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agathe Saby" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Cottier" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nicl.2020.102512" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04705831v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Morel" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Samalbide" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gauthier Binninger" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Carpentier" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00247-019-04514-1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03487877v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helen Cl&#233;ry" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Bonnet-Brilhault" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Fonlupt" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bandc.2019.103599" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-02524146v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helen Clery" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1503/jpn.170116" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01957403v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Angel" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Badi&#226;a Bouazzaoui" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Isingrini" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Fay" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Taconnat" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bandc.2018.02.001" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04963620v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Quid&#233;" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diane Dufour-Rainfray" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Descriaud" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/acps.12920" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02282264v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D&#243;ra Zelena" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oph&#233;lie Menant" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Chaillou" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04708996v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Patat" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pnpbp.2017.09.018" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01827945v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Marie Terrier" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Scott Love" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00429-016-1320-z" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01613168v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Filipiak" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Thiebaut de Schotten" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/brb3.786" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-02524222v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Redouane Ternifi" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Remenieras" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/npp.2017.113" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01594887v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jchemneu.2016.06.003" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-G3FV3RJ7-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-02524250v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Ponson" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2147/NDT.S74786" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01164888v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilyess Zemmoura" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clovis Tauber" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuroimage.2014.09.016" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-L5L057C9-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04778053v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Cazals" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Camus" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/jcbfm.2014.58" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00861983v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Perez" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Peyrin" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Cav&#233;zian" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Coubard" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Caetta" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10548-012-0244-z" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-KZCDHS7C-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04357696v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Aguillon-Hernandez" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Edjlali" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Hommet" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Cottier" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/psyp.12141" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-S888BK2R-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04778017v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Clery" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Philippe" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Wicker" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nicl.2013.01.010" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04963622v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Cl&#233;ry" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Fonlupt" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Gomot" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuroimage.2013.02.050" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-C1MW0P48-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-02524323v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Landr&#233;" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1503/jpn.100167" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01467326v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Domengie" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Boissy" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanni de Marco" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neurad.2011.05.005" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04709055v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Petit" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Constans" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karl Mondon" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dani&#232;le Perrier-Palisson" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13825585.2011.600752" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04699288v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;lle Martineau" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Barth&#233;l&#233;my" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.brainres.2010.01.035" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-F892SP4R-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04963617v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruthger Righart" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Schwartz" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eug&#232;ne Mayer" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrik Vuilleumier" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/cercor/bhp254" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04963609v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Petit" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Zago" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Vigneau" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Crivello" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/jn.00280.2009" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04778025v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Vrti&#269;ka" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Sander" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17470910902941793" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04967844v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Doucet" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/nrp.2009.0036" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04963600v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Ren&#233;e Turbelin" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuropsychologia.2008.03.001" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-ND716V31-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04778034v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bronwyn Glaser" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mona Spiridon" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Debban&#233;" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biopsych.2007.02.022" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04778046v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Grandjean" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0002868" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04709023v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marius Peelen" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Atkinson" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/scan/nsm023" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02951411v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Simon" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Joliot" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Bertin" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04709021v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Perchey" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/hbm.20296" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04709015v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Etard" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Denise" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2202-5-35" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/frederic-andersson" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2343-2450" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/087585111" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/P-6969-2016" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04967840v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raluca Corina Oprea" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Andersson" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Gissot" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Desmidt" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Siragusa" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11682-025-00985-z" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05392996v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria-Joao Santiago-Ribeiro" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Robert" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Blanc" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Louchart de la Chapelle" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jagp.2025.04.214" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04778065v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Darrault" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Dannhoff" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;lig Chauvel" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;o Delmaire" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Louchez" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/joa.14167" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04699277v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mykyta Smirnov" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Barantin" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Igor Lima Maldonado" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Destrieux" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17179/excli2023-6601" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04967851v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sindy Sim" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Castelnau" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wissam El-Hage" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neurad.2023.11.002" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04709002v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad Seyyed Mohammadi" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexia Planty-Bonjour" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Poupon" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivy Uszynski" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Poupon" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00429-023-02726-8" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04196063v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul-Armand Dujardin" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Brizard" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Remeni&#233;ras" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41380-023-02217-6" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03830179v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Scott A. Love" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Haslin" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Bellardie" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/dneu.22869" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03627385v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ra&#239;ssa Yebga Hot" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Siwiaszczyk" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Calandreau" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00429-022-02457-2" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03512885v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Gallet" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Bouteloup" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Locatelli" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Odile Habert" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Chupin" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41386-021-01246-5" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03265218v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Andrea Siragusa" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Rufin" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Courtois" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Belzung" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11682-020-00348-w" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03706799v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Lechanoine" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timoth&#233;e Jacquesson" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Beaujoin" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barth&#233;lemy Serres" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad Mohammadi" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuroimage.2021.118080" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04709008v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Quid&#233;" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A&#239;cha Zine" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Descriaud" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Saint-Martin" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11682-020-00431-2" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04705827v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Gissot" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jagp.2021.01.138" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03492787v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judith Charpentier" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Latinus" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agathe Saby" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Cottier" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nicl.2020.102512" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04705831v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Morel" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Samalbide" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gauthier Binninger" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Carpentier" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00247-019-04514-1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03487877v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helen Cl&#233;ry" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Bonnet-Brilhault" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Fonlupt" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bandc.2019.103599" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-02524146v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helen Clery" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1503/jpn.170116" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01957403v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Angel" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Badi&#226;a Bouazzaoui" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Isingrini" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Fay" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Taconnat" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bandc.2018.02.001" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-DXCFV16X-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04963620v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Quid&#233;" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diane Dufour-Rainfray" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Descriaud" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/acps.12920" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02282264v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D&#243;ra Zelena" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oph&#233;lie Menant" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Chaillou" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04708996v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Patat" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pnpbp.2017.09.018" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-S0B7T7LF-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01827945v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Marie Terrier" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Scott Love" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00429-016-1320-z" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01613168v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Filipiak" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Thiebaut de Schotten" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/brb3.786" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-02524222v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Redouane Ternifi" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Remenieras" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/npp.2017.113" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01594887v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jchemneu.2016.06.003" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-G3FV3RJ7-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-02524250v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Ponson" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2147/NDT.S74786" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01164888v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilyess Zemmoura" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clovis Tauber" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuroimage.2014.09.016" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-L5L057C9-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04778053v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Cazals" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Camus" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/jcbfm.2014.58" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00861983v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Perez" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Peyrin" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Cav&#233;zian" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Coubard" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Caetta" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10548-012-0244-z" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-KZCDHS7C-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04357696v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Aguillon-Hernandez" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Edjlali" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Hommet" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Cottier" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/psyp.12141" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-S888BK2R-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04778017v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Clery" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Philippe" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Wicker" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nicl.2013.01.010" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04963622v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Cl&#233;ry" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Fonlupt" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Gomot" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuroimage.2013.02.050" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-C1MW0P48-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-02524323v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Landr&#233;" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1503/jpn.100167" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01467326v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Domengie" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Boissy" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanni de Marco" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neurad.2011.05.005" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04709055v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Petit" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Constans" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karl Mondon" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dani&#232;le Perrier-Palisson" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13825585.2011.600752" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04699288v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;lle Martineau" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Barth&#233;l&#233;my" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.brainres.2010.01.035" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-F892SP4R-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04963617v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruthger Righart" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Schwartz" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eug&#232;ne Mayer" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrik Vuilleumier" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/cercor/bhp254" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04963609v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Petit" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Zago" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Vigneau" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Crivello" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/jn.00280.2009" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04967844v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Doucet" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/nrp.2009.0036" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04778025v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Vrti&#269;ka" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Sander" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17470910902941793" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04963600v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Ren&#233;e Turbelin" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuropsychologia.2008.03.001" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-ND716V31-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04778034v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bronwyn Glaser" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mona Spiridon" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Debban&#233;" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biopsych.2007.02.022" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04778046v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Grandjean" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0002868" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04709023v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marius Peelen" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Atkinson" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/scan/nsm023" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02951411v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Simon" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Joliot" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Bertin" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04709021v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Perchey" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/hbm.20296" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04709015v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Etard" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Denise" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2202-5-35" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>