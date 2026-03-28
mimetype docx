--- v0 (2026-03-05)
+++ v1 (2026-03-28)
@@ -66,195 +66,195 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (28)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (29)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Diatom assemblages colonizing floating photovoltaic floaters are distinct from those in benthic and pelagic compartments of gravel pit lakes</w:t>
+                <w:t xml:space="preserve">Development and Validation of an Automated FlowCAM Method for Detecting and Quantifying Spheroidal Carbonaceous Fly-Ash Particles in Peat Samples</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Regina Lucia Guimarães Nobre</w:t>
+                <w:t xml:space="preserve">Rongqin Liu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julien Cucherousset</w:t>
+                <w:t xml:space="preserve">Laure Gandois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphanie Boulêtreau</w:t>
+                <w:t xml:space="preserve">Oskar Hagelskjaer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Azémar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nathalie Parthuisot</w:t>
+                <w:t xml:space="preserve">Neil Rose</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Knowledge and Management of Aquatic Ecosystems</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 426, pp.10. </w:t>
+              <w:t xml:space="preserve">Water, Air, and Soil Pollution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 237 (8), pp.461. </w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1051/kmae/2025006⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s11270-026-09121-z⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05107222v1</w:t>
+                <w:t xml:space="preserve">hal-05537488v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Phytoplankton and zooplankton in relation to Water Framework Directive status in some regulated lowland watercourses of the Scheldt and Sambre (France and Belgium)</w:t>
               </w:r>
@@ -472,3231 +472,3365 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05250027v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The predatory behavior of ants: an impressive panoply of morphological adaptations</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Diatom assemblages colonizing floating photovoltaic floaters are distinct from those in benthic and pelagic compartments of gravel pit lakes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Xim Cerdá</w:t>
+                <w:t xml:space="preserve">Regina Lucia Guimarães Nobre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jérôme Orivel</w:t>
+                <w:t xml:space="preserve">Julien Cucherousset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Boulêtreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Azémar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Alexander L Wild</w:t>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Parthuisot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Insect Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/1744-7917.70088⟩</w:t>
+              <w:t xml:space="preserve">Knowledge and Management of Aquatic Ecosystems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 426, pp.10. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/kmae/2025006⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05468495v1</w:t>
+                <w:t xml:space="preserve">hal-05107222v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Re-interpreting the Magdalenian cricket: did the Paleolithic rein-deer hunters engraved one of their insect delicacies?</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">F. Azémar</w:t>
+                <w:t xml:space="preserve">The predatory behavior of ants: an impressive panoply of morphological adaptations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Dejean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. Pelozuelo</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Xim Cerdá</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Orivel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Azémar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexander L Wild</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Insects as Food and Feed</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1163/23524588-00001375⟩</w:t>
+              <w:t xml:space="preserve">Insect Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/1744-7917.70088⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04999253v1</w:t>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05468495v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Three of a kind queens: after Thyreophora cynophila and Centrophlebomyia furcata , C. anthropophaga is the third bone-skipper fly species rediscovered in France (Diptera: Piophilidae)</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Jean-Pierre Mercier</w:t>
+                <w:t xml:space="preserve">Exploring the Genetic Structure and Phylogeographic Patterns of the Copepod Genus Eurytemora in Europe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céleste Mouth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Florian Veau</w:t>
+                <w:t xml:space="preserve">Flavien Ferreira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yves Roullaud</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Erick Campan</w:t>
+                <w:t xml:space="preserve">Natalia Sukhikh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisa Bou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anaëlle Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annales de la Société Entomologique de France</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/00379271.2024.2383610⟩</w:t>
+              <w:t xml:space="preserve">Diversity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 16 (8), pp.483. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/d16080483⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04999242v1</w:t>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04825144v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exploring the Genetic Structure and Phylogeographic Patterns of the Copepod Genus Eurytemora in Europe</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Céleste Mouth</w:t>
+                <w:t xml:space="preserve">Urbanization and water containers influence the mosquito community with consequences for Aedes aegypti</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stanislas Talaga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Flavien Ferreira</w:t>
+                <w:t xml:space="preserve">Arthur Compin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Azémar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Natalia Sukhikh</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Céline Leroy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Dejean</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Diversity</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 16 (8), pp.483. </w:t>
+              <w:t xml:space="preserve">Neotropical entomology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 53, pp.162-170. </w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/d16080483⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s13744-023-01091-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04825144v1</w:t>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04355897v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Urbanization and water containers influence the mosquito community with consequences for Aedes aegypti</w:t>
+                <w:t xml:space="preserve">Re-interpreting the Magdalenian cricket: did the Paleolithic rein-deer hunters engraved one of their insect delicacies?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stanislas Talaga</w:t>
+                <w:t xml:space="preserve">F. Azémar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arthur Compin</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Alain Dejean</w:t>
+                <w:t xml:space="preserve">L. Pelozuelo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neotropical entomology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s13744-023-01091-9⟩</w:t>
+              <w:t xml:space="preserve">Journal of Insects as Food and Feed</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, pp.1-12. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1163/23524588-00001375⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04355897v1</w:t>
+                <w:t xml:space="preserve">hal-04999253v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparative study between low and high-water quality and the zooplankton community of the Niger river, Niger</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Three of a kind queens: after Thyreophora cynophila and Centrophlebomyia furcata , C. anthropophaga is the third bone-skipper fly species rediscovered in France (Diptera: Piophilidae)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Vaslin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Souley Adamou Hassane</w:t>
+                <w:t xml:space="preserve">Jean-Pierre Mercier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alhou Bassirou</w:t>
+                <w:t xml:space="preserve">Florian Veau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tackx Michèle</w:t>
+                <w:t xml:space="preserve">Yves Roullaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Azemar Frédéric</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Erick Campan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Zoology and Applied Biosciences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 9 (5), pp.83-93. </w:t>
+              <w:t xml:space="preserve">Annales de la Société Entomologique de France</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 60 (6), pp.625-638. </w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.55126/ijzab.2024.v09.i05.014⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1080/00379271.2024.2383610⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04998469v1</w:t>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04999242v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Biological interactions involving the myrmecophyte Hirtella physophora and its associates</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Comparative study between low and high-water quality and the zooplankton community of the Niger river, Niger</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Celine Leroy</w:t>
+                <w:t xml:space="preserve">Souley Adamou Hassane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bruno Corbara</w:t>
+                <w:t xml:space="preserve">Alhou Bassirou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frédéric Azemar</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Jérôme Orivel</w:t>
+                <w:t xml:space="preserve">Tackx Michèle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Azemar Frédéric</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biological Journal of the Linnean Society</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/biolinnean/blad061⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Zoology and Applied Biosciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 9 (5), pp.83-93. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.55126/ijzab.2024.v09.i05.014⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04769529v1</w:t>
+                <w:t xml:space="preserve">hal-04998469v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Potential ecological impacts of floating photovoltaics on lake biodiversity and ecosystem functioning</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Stéphanie Boulêtreau</w:t>
+                <w:t xml:space="preserve">Biological interactions involving the myrmecophyte Hirtella physophora and its associates</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Dejean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fanny Colas</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Azémar</w:t>
+                <w:t xml:space="preserve">Celine Leroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Loïc Tudesque</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Bruno Corbara</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Azemar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Orivel</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Renewable and Sustainable Energy Reviews</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.rser.2023.113852⟩</w:t>
+              <w:t xml:space="preserve">Biological Journal of the Linnean Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 141 (1), pp.1-16. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/biolinnean/blad061⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04264272v1</w:t>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04769529v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Physicochemical Drivers of Zooplankton Seasonal Variability in a West African Lagoon (Nokoué Lagoon, Benin)</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Potential ecological impacts of floating photovoltaics on lake biodiversity and ecosystem functioning</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">François Talomonwo Ouinsou</w:t>
+                <w:t xml:space="preserve">Regina Nobre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Boulêtreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hervé Hotèkpo Akodogbo</w:t>
+                <w:t xml:space="preserve">Fanny Colas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Azémar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gauthier Dobigny</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Thalasse Tchémangnihodé Avocegan</w:t>
+                <w:t xml:space="preserve">Loïc Tudesque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Marine Science and Engineering</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/jmse11030556⟩</w:t>
+              <w:t xml:space="preserve">Renewable and Sustainable Energy Reviews</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 188, pp.113852. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.rser.2023.113852⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04070483v1</w:t>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04264272v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Distribution and trophic functioning of planktonic communities in coastal marshes in Atlantic Coast of France</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Physicochemical Drivers of Zooplankton Seasonal Variability in a West African Lagoon (Nokoué Lagoon, Benin)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis Chaigneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lauriane Bergeon</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Azémar</w:t>
+                <w:t xml:space="preserve">François Talomonwo Ouinsou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claire Carré</w:t>
+                <w:t xml:space="preserve">Hervé Hotèkpo Akodogbo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bénédicte Dubillot</w:t>
+                <w:t xml:space="preserve">Gauthier Dobigny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claire Emery</w:t>
+                <w:t xml:space="preserve">Thalasse Tchémangnihodé Avocegan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Estuarine, Coastal and Shelf Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, pp.108430. </w:t>
+              <w:t xml:space="preserve">Journal of Marine Science and Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 11 (3), pp.556. </w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ecss.2023.108430⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/jmse11030556⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04161111v1</w:t>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04070483v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An Old World leaf‐cutting, fungus‐growing ant: A case of convergent evolution</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Distribution and trophic functioning of planktonic communities in coastal marshes in Atlantic Coast of France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P. Naskrecki</w:t>
+                <w:t xml:space="preserve">Lauriane Bergeon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Azémar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christian Faucher</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Azémar</w:t>
+                <w:t xml:space="preserve">Claire Carré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Tindo</w:t>
+                <w:t xml:space="preserve">Bénédicte Dubillot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Emery</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ecology and Evolution</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/ece3.9904⟩</w:t>
+              <w:t xml:space="preserve">Estuarine, Coastal and Shelf Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, pp.108430. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ecss.2023.108430⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04143406v1</w:t>
+                <w:t xml:space="preserve">hal-04161111v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mutualistic interactions between ants and fungi: A review</w:t>
+                <w:t xml:space="preserve">An Old World leaf‐cutting, fungus‐growing ant: A case of convergent evolution</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Dejean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Naskrecki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Faucher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Azémar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Vivien Rossi</w:t>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Tindo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ecology and Evolution</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, 13 (8), pp.e10386. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/ece3.10386⟩</w:t>
+              <w:t xml:space="preserve">, 2023, 13 (3), pp.e9904. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/ece3.9904⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-04445239v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04143406v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Climate change negatively affects Amazonian social wasps</w:t>
+                <w:t xml:space="preserve">Mutualistic interactions between ants and fungi: A review</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Dejean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Fréderic Azémar</w:t>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Azémar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frédéric Petitclerc</w:t>
+                <w:t xml:space="preserve">Piotr Naskrecki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benoit Burban</w:t>
+                <w:t xml:space="preserve">Maurice Tindo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vivien Rossi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biological Journal of the Linnean Society</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/biolinnean/blac038⟩</w:t>
+              <w:t xml:space="preserve">Ecology and Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 13 (8), pp.e10386. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/ece3.10386⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-04022901v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04445239v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Climate change impact on Amazonian ant gardens</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Dejean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Petitclerc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arthur Compin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Azémar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stanislas Talaga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Basic and Applied Ecology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 62, pp.61 - 69. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.baae.2022.02.004⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04453171v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impacts of biotic and abiotic parameters on immature populations of Aedes aegypti</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Climate change negatively affects Amazonian social wasps</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Dejean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Corbara</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fréderic Azémar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Petitclerc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Burban</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Pest Science</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Biological Journal of the Linnean Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 136 (3), pp.417-422. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/biolinnean/blac038⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s10340-020-01214-w⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02778221v1</w:t>
+                <w:t xml:space="preserve">hal-04022901v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Biotic and abiotic determinants of the formation of ant mosaics in primary Neotropical rainforests</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Impacts of biotic and abiotic parameters on immature populations of Aedes aegypti</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stanislas Talaga</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Dejean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Azémar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Dumont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Leroy</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ecological Entomology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/een.12735⟩</w:t>
+              <w:t xml:space="preserve">Journal of Pest Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 93 (3), pp.941-952. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10340-020-01214-w⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02338140v1</w:t>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02778221v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Role of biodiversity in the biogeochemical processes at the water-sediment interface of macroporous river bed: An experimental approach</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">J.M. Sánchez-Pérez</w:t>
+                <w:t xml:space="preserve">Biotic and abiotic determinants of the formation of ant mosaics in primary Neotropical rainforests</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Dejean</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arthur Compin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bernard Montuelle</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">E. Buffan Dubau</w:t>
+                <w:t xml:space="preserve">Jacques H.C. Delabie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Azémar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Corbara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ecological Engineering</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Ecological Entomology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 44 (4), pp.560-570. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/een.12735⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02605406v1</w:t>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02338140v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mesozooplankton affinities in a recovering freshwater estuary</w:t>
+                <w:t xml:space="preserve">Role of biodiversity in the biogeochemical processes at the water-sediment interface of macroporous river bed: An experimental approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sophie Chambord</w:t>
+                <w:t xml:space="preserve">Y. Liu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">T. Maris</w:t>
+                <w:t xml:space="preserve">K. Dedieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Floriane Colas</w:t>
+                <w:t xml:space="preserve">J.M. Sánchez-Pérez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">T. van Engeland</w:t>
+                <w:t xml:space="preserve">Bernard Montuelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Akoko-C</w:t>
+                <w:t xml:space="preserve">E. Buffan Dubau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Estuarine, Coastal and Shelf Science</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Ecological Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 103 (Part B), pp.385-393</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02609537v1</w:t>
+                <w:t xml:space="preserve">hal-02605406v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The dynamics of ant mosaics in tropical rainforests characterized using the Self-Organizing Map algorithm</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Azémar</w:t>
+                <w:t xml:space="preserve">Mesozooplankton affinities in a recovering freshwater estuary</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Chambord</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Maris</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Régis Céréghino</w:t>
+                <w:t xml:space="preserve">Floriane Colas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maurice Leponce</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Bruno Corbara</w:t>
+                <w:t xml:space="preserve">T. van Engeland</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Akoko-C</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Insect Science</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Estuarine, Coastal and Shelf Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 177, pp.47-59. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ecss.2016.04.016⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId116" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01983631v1</w:t>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02609537v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">How territoriality and host-tree taxa determine the structure of ant mosaics</w:t>
+                <w:t xml:space="preserve">The dynamics of ant mosaics in tropical rainforests characterized using the Self-Organizing Map algorithm</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Dejean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
-[...38 lines deleted...]
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Azémar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Régis Céréghino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maurice Leponce</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Corbara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Science of Nature Naturwissenschaften</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 102 (5-6)</w:t>
+              <w:t xml:space="preserve">Insect Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 23 (4), pp.630-637</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01983662v1</w:t>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01983631v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reciprocal protection from natural enemies in an ant-wasp association</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">How territoriality and host-tree taxa determine the structure of ant mosaics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Dejean</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Suzanne Ryder</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Barry Bolton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arthur Compin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maurice Leponce</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Comptes Rendus. Biologies</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 338 (4), pp.255-259</w:t>
+              <w:t xml:space="preserve">The Science of Nature Naturwissenschaften</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 102 (5-6)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01983723v1</w:t>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01983662v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rotifers in the Schelde estuary (Belgium): a test of taxonomic relevance</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Reciprocal protection from natural enemies in an ant-wasp association</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roger Le Guen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Corbara</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vivien Rossi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Azémar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Dejean</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Plankton Research</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Comptes Rendus. Biologies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 338 (4), pp.255-259</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00584600v2</w:t>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01983723v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Looking for general trends in trophic interactions among estuarine micro-and mesozooplankton</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Stéphanie Boulêtreau</w:t>
+                <w:t xml:space="preserve">Rotifers in the Schelde estuary (Belgium): a test of taxonomic relevance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Azémar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Lionard</w:t>
+                <w:t xml:space="preserve">Tom Maris</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">K. Muylaert</w:t>
+                <w:t xml:space="preserve">Benoît Mialet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">W. Vyverman</w:t>
+                <w:t xml:space="preserve">Hendrik Segers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stefan van Damme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Plankton Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2007, 29, pp.1135-1145</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2010, 32 (7), pp.981. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/plankt/FBQ030⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00150802v1</w:t>
+                <w:t xml:space="preserve">hal-00584600v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New occurrence of Lecane decipiens (Murray, 1913) and some other alien rotifers in the Schelde estuary (Belgium)</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId59" w:history="1">
+                <w:t xml:space="preserve">Looking for general trends in trophic interactions among estuarine micro-and mesozooplankton</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Azemar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId128" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Boulêtreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Lionard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Muylaert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">W. Vyverman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Belgian Journal of Zoology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2007, 137 (1), pp.75-83</w:t>
+              <w:t xml:space="preserve">Journal of Plankton Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 29, pp.1135-1145</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId134" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00157264v1</w:t>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00150802v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">New occurrence of Lecane decipiens (Murray, 1913) and some other alien rotifers in the Schelde estuary (Belgium)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Azemar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stefan van Damme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Meire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Micky Tackx</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Belgian Journal of Zoology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 137 (1), pp.75-83</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00157264v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Zooplankton in the Schelde estuary, Belgium and the Netherlands: long-term trends in spring populations.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Tackx</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Azemar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Boulêtreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. de Pauw</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K. Bakker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Hydrobiologia</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005, 540, pp.275-278</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00266202v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3706,147 +3840,147 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Photovoltaïque flottant: quels impacts potentiels sur la biodiversité et le fonctionnement des écosystèmes lacustres?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Regina Nobre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Boulêtreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanny Colas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fréderic Azémar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïc Tudesque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05465877v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3856,91 +3990,91 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Projet Seine-Aval 6 SARTRE « Seine-Amont : Réseaux trophiques estuariens»</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michèle Tackx</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evelyne Buffan-Dubau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fréderic Azémar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anaëlle Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3956,51 +4090,51 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Centre de Recherche sur la Biodiversité et l'Environnement Université Toulouse III Paul Sabatier; Biology of Aquatic Organisms and Ecosystems (BOREA), Université de CAEN - Basse Normandie, Institut de Biologie Fondamentale et Appliquée; UMR « Milieux Environnementaux, Transferts et Interactions dans les hydrosystèmes et les Sols » (METIS), Sorbonne Université, Paris, France; « Environnements et Paléoenvironnements Océaniques et Continentaux » (EPOC), UMR 5805 CNRS, Université de Bordeaux; Morphodynamique Continentale et Côtière (M2C); Cellule du Suivi du Littoral Normand, CSLN; Laboratoire d’Océanologie et de Géosciences (LOG) UMR 8187 CNRS-Lille 1- ULCO. 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04827982v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -4010,168 +4144,168 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Towards carbon neutrality by 2040 in La Rochelle metropolitan area (France): quantifying the role of wetlands and littoral zone in the capture and sequestration of blue carbon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Dupuy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Agogué</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Amann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Azémar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Becu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ECSA 59 Using the best scientific knowledge for the sustainable management of estuaries and coastal seas</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2022, San Sebastian, Spain. , 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03777579v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId151"/>
+      <w:footerReference w:type="default" r:id="rId157"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -4318,51 +4452,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05107222v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Regina Lucia Guimar&#227;es Nobre" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Cucherousset" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Boul&#234;treau" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Az&#233;mar" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Parthuisot" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/kmae/2025006" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04981956v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Bou" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;leste Mouth" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#235;lle Bernard" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#239;wen Le Coz" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Buffan-Dubau" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10750-025-05834-0" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05250027v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Airlan San Juan" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Dejean" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ecy.70113" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05468495v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xim Cerd&#225;" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Orivel" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander L Wild" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1744-7917.70088" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04999253v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Az&#233;mar" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Pelozuelo" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/23524588-00001375" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04999242v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Vaslin" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Mercier" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Veau" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Roullaud" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erick Campan" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00379271.2024.2383610" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04825144v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavien Ferreira" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalia Sukhikh" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/d16080483" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04355897v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stanislas Talaga" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Compin" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Leroy" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13744-023-01091-9" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04998469v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Souley Adamou Hassane" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alhou Bassirou" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tackx Mich&#232;le" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Azemar Fr&#233;d&#233;ric" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.55126/ijzab.2024.v09.i05.014" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04769529v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Leroy" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Corbara" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Azemar" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/biolinnean/blad061" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04264272v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Regina Nobre" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Colas" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Tudesque" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rser.2023.113852" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04070483v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Chaigneau" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Talomonwo Ouinsou" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Hot&#232;kpo Akodogbo" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gauthier Dobigny" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thalasse Tch&#233;mangnihod&#233; Avocegan" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/jmse11030556" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04161111v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lauriane Bergeon" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Carr&#233;" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Dubillot" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Emery" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecss.2023.108430" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04143406v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Naskrecki" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Faucher" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Tindo" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ece3.9904" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04445239v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Piotr Naskrecki" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurice Tindo" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vivien Rossi" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ece3.10386" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04022901v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;deric Az&#233;mar" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Petitclerc" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Burban" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/biolinnean/blac038" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04453171v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.baae.2022.02.004" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02778221v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Dumont" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10340-020-01214-w" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02338140v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques H.C. Delabie" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/een.12735" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02605406v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Liu" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Dedieu" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. S&#225;nchez-P&#233;rez" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Montuelle" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Buffan Dubau" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02609537v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Chambord" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Maris" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Floriane Colas" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. van Engeland" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Akoko-C" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecss.2016.04.016" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-MWZDX5B4-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01983631v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis C&#233;r&#233;ghino" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurice Leponce" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01983662v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suzanne Ryder" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barry Bolton" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01983723v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger Le Guen" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00584600v2" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom Maris" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Mialet" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hendrik Segers" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan van Damme" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/plankt/FBQ030" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00150802v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lionard" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Muylaert" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Vyverman" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00157264v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Meire" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micky Tackx" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00266202v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Tackx" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Azemar" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Boul&#234;treau" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. de Pauw" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Bakker" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ofb.hal.science/hal-05465877v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04827982v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Tackx" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03777579v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Dupuy" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Agogu&#233;" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Amann" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Becu" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05537488v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rongqin Liu" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Gandois" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oskar Hagelskjaer" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Az&#233;mar" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Neil Rose" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11270-026-09121-z" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04981956v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Bou" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;leste Mouth" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#235;lle Bernard" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#239;wen Le Coz" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Buffan-Dubau" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10750-025-05834-0" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05250027v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Airlan San Juan" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Dejean" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ecy.70113" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05107222v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Regina Lucia Guimar&#227;es Nobre" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Cucherousset" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Boul&#234;treau" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Parthuisot" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/kmae/2025006" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05468495v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xim Cerd&#225;" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Orivel" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander L Wild" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1744-7917.70088" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04825144v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavien Ferreira" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalia Sukhikh" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/d16080483" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04355897v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stanislas Talaga" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Compin" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Leroy" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13744-023-01091-9" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04999253v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Az&#233;mar" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Pelozuelo" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/23524588-00001375" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04999242v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Vaslin" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Mercier" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Veau" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Roullaud" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erick Campan" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00379271.2024.2383610" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04998469v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Souley Adamou Hassane" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alhou Bassirou" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tackx Mich&#232;le" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Azemar Fr&#233;d&#233;ric" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.55126/ijzab.2024.v09.i05.014" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04769529v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Leroy" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Corbara" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Azemar" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/biolinnean/blad061" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04264272v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Regina Nobre" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Colas" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Tudesque" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rser.2023.113852" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04070483v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Chaigneau" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Talomonwo Ouinsou" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Hot&#232;kpo Akodogbo" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gauthier Dobigny" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thalasse Tch&#233;mangnihod&#233; Avocegan" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/jmse11030556" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04161111v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lauriane Bergeon" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Carr&#233;" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Dubillot" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Emery" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecss.2023.108430" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04143406v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Naskrecki" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Faucher" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Tindo" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ece3.9904" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04445239v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Piotr Naskrecki" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurice Tindo" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vivien Rossi" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ece3.10386" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04453171v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Petitclerc" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.baae.2022.02.004" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04022901v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;deric Az&#233;mar" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Burban" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/biolinnean/blac038" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02778221v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Dumont" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10340-020-01214-w" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02338140v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques H.C. Delabie" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/een.12735" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02605406v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Liu" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Dedieu" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. S&#225;nchez-P&#233;rez" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Montuelle" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Buffan Dubau" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02609537v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Chambord" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Maris" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Floriane Colas" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. van Engeland" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Akoko-C" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecss.2016.04.016" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-MWZDX5B4-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01983631v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis C&#233;r&#233;ghino" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurice Leponce" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01983662v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suzanne Ryder" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barry Bolton" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01983723v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger Le Guen" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00584600v2" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom Maris" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Mialet" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hendrik Segers" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan van Damme" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/plankt/FBQ030" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00150802v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lionard" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Muylaert" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Vyverman" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00157264v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Meire" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micky Tackx" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00266202v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Tackx" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Azemar" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Boul&#234;treau" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. de Pauw" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Bakker" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ofb.hal.science/hal-05465877v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04827982v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Tackx" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03777579v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Dupuy" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Agogu&#233;" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Amann" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Becu" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>