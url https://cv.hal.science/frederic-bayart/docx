--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -1382,209 +1382,209 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03665195v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Convergence and almost sure properties in Hardy spaces of Dirichlet series</w:t>
+                <w:t xml:space="preserve">Disjoint and common hypercyclic algebras</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Bayart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fernando Costa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dimitris Papathanasiou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mathematische Annalen</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00208-021-02239-x⟩</w:t>
+              <w:t xml:space="preserve">Israel Journal of Mathematics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 250 (1), pp.211-264. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11856-022-2337-z⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03103584v1</w:t>
+                <w:t xml:space="preserve">hal-03903487v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Disjoint and common hypercyclic algebras</w:t>
+                <w:t xml:space="preserve">Convergence and almost sure properties in Hardy spaces of Dirichlet series</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Bayart</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Dimitris Papathanasiou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Israel Journal of Mathematics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 250 (1), pp.211-264. </w:t>
+              <w:t xml:space="preserve">Mathematische Annalen</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 382, pp.1485-1515. </w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s11856-022-2337-z⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s00208-021-02239-x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03903487v1</w:t>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03103584v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Summability of the coefficients of a multilinear form</w:t>
               </w:r>
@@ -1661,51 +1661,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Common hypercyclic vectors and dimension of the parameter set</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Bayart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fernando Costa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Menet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2081,51 +2081,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Bayart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fernando Costa Júnior</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dimitris Papathanasiou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Advances in Mathematics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 376, pp.107419. </w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3160,51 +3160,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05477672v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Bayart" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Dorval" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05275155v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clifford Gilmore" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sibel Sahin" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04469596v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Athanasios Kouroupis" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04469589v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Oger" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04628061v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xingxing Yao" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04322626v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03349090v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maofa Wang" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jfa.2025.111134" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04696264v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Grivaux" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;tienne Matheron" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Menet" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/etds.2025.13" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03673265v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebasti&#225;n Tapia-Garc&#237;a" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7900/jot.2022nov10.2419" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03471965v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1112/blms.12923" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04130738v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.54330/afm.152664" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04903852v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4171/RMI/1474" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04048244v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmaa.2023.127278" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03867133v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aim.2023.108945" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03665195v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4310/ARKIV.2023.v61.n1.a2" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03103584v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00208-021-02239-x" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03903487v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando Costa" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitris Papathanasiou" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11856-022-2337-z" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03630993v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4171/JEMS/1109" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03177849v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03158958v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaime Castillo-Medina" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Domingo Garc&#237;a" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Maestre" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Sevilla-Peris" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13163-019-00345-8" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03349072v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7900/jot.2020mar23.2288" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03103403v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1090/PROC/15597" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02308466v2" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando Costa J&#250;nior" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aim.2020.107419" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01975709v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zoltan Buczolich" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yanick Heurteaux" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/etds.2019.45" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03034860v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Pellegrino" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pilar Rueda" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13348-019-00261-6" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04903763v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mieczys&#322;aw Masty&#322;o" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jfa.2019.03.016" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04605902v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ole Fredrik Brevig" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00209-018-2215-x" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04605899v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antti Haimi" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joaquim Ortega-Cerd&#224;" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karl-Mikael Perfekt" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1090/tran/7290" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04605896v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Udayan Darji" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benito Pires" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmaa.2018.04.063" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04605895v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Li" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Queff&#233;lec" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Rodr&#237;guez-Piazza" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/s0305004117000263" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04605897v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ole Brevig" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2140/pjm.2017.291.81" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05477672v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Bayart" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Dorval" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05275155v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clifford Gilmore" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sibel Sahin" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04469596v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Athanasios Kouroupis" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04469589v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Oger" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04628061v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xingxing Yao" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04322626v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03349090v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maofa Wang" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jfa.2025.111134" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04696264v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Grivaux" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;tienne Matheron" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Menet" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/etds.2025.13" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03673265v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebasti&#225;n Tapia-Garc&#237;a" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7900/jot.2022nov10.2419" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03471965v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1112/blms.12923" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04130738v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.54330/afm.152664" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04903852v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4171/RMI/1474" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04048244v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmaa.2023.127278" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03867133v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aim.2023.108945" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03665195v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4310/ARKIV.2023.v61.n1.a2" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03903487v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando Costa" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitris Papathanasiou" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11856-022-2337-z" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03103584v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00208-021-02239-x" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03630993v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4171/JEMS/1109" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03177849v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03158958v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaime Castillo-Medina" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Domingo Garc&#237;a" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Maestre" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Sevilla-Peris" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13163-019-00345-8" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03349072v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7900/jot.2020mar23.2288" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03103403v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1090/PROC/15597" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02308466v2" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando Costa J&#250;nior" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aim.2020.107419" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01975709v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zoltan Buczolich" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yanick Heurteaux" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/etds.2019.45" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03034860v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Pellegrino" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pilar Rueda" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13348-019-00261-6" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04903763v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mieczys&#322;aw Masty&#322;o" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jfa.2019.03.016" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04605902v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ole Fredrik Brevig" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00209-018-2215-x" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04605899v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antti Haimi" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joaquim Ortega-Cerd&#224;" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karl-Mikael Perfekt" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1090/tran/7290" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04605896v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Udayan Darji" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benito Pires" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmaa.2018.04.063" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04605895v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Li" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Queff&#233;lec" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Rodr&#237;guez-Piazza" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/s0305004117000263" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04605897v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ole Brevig" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2140/pjm.2017.291.81" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>