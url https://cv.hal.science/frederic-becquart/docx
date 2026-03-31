--- v0 (2026-03-07)
+++ v1 (2026-03-31)
@@ -1137,290 +1137,290 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01540325v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of antimicrobial agents on the thermal and mechanical properties of acrylate hydrogel matrices</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A Review of Water-Resistant Hemicellulose-Based Materials: Processing and Applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wissam Farhat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard A. Venditti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierrick Paillot</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Corinne Jegat</w:t>
+                <w:t xml:space="preserve">Martin Hubbe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Taha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Becquart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Applied Polymer Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/app.43501⟩</w:t>
+              <w:t xml:space="preserve">ChemSusChem</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 10, pp.305-323. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/cssc.201601047⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01397233v1</w:t>
+                <w:t xml:space="preserve">hal-01532121v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Review of Water-Resistant Hemicellulose-Based Materials: Processing and Applications</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Martin Hubbe</w:t>
+                <w:t xml:space="preserve">Effects of antimicrobial agents on the thermal and mechanical properties of acrylate hydrogel matrices</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierrick Paillot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Jegat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Becquart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Taha</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ChemSusChem</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Applied Polymer Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 133, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/app.43501⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/cssc.201601047⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01532121v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01397233v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Polystyrene supramolecular networks based on DA-AD hydrogen bonds</w:t>
               </w:r>
@@ -1650,315 +1650,315 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00983569v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Highly Efficient Metal-Free Organic Catalysts to Design New Environmentally Friendly Starch-Based Blends</w:t>
+                <w:t xml:space="preserve">In the Melt, Grafting of Polycarbonate Onto Polystyrene-block-poly(ethylene-butylene)-block-polystyrene-grafted-maleic Anhydride: Reactive Extrusion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cédric Samuel</w:t>
+                <w:t xml:space="preserve">Céline Chevallier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Becquart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yvan Chalamet</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Fernande Boisson</w:t>
+                <w:t xml:space="preserve">Cyril Benoit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Charles Majesté</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Taha</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Polymer Science Part A: Polymer Chemistry</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Polymer Engineering and Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 54, pp.2660-2668. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/pen.23816⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/pola.27022⟩</w:t>
-[...17 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00983583v1</w:t>
+                <w:t xml:space="preserve">hal-01093959v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">In the Melt, Grafting of Polycarbonate Onto Polystyrene-block-poly(ethylene-butylene)-block-polystyrene-grafted-maleic Anhydride: Reactive Extrusion</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Highly Efficient Metal-Free Organic Catalysts to Design New Environmentally Friendly Starch-Based Blends</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Samuel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Céline Chevallier</w:t>
+                <w:t xml:space="preserve">Yvan Chalamet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fernande Boisson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Charles Majesté</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Becquart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...35 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Polymer Engineering and Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 54, pp.2660-2668. </w:t>
+              <w:t xml:space="preserve">Journal of Polymer Science Part A: Polymer Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 52 (4), pp.493-503. </w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/pen.23816⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/pola.27022⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01093959v1</w:t>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00983583v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Poly(butyl methacrylate-co-methacrylic acid) Copolymers with Calcium Carbonate Supramolecular Networks</w:t>
               </w:r>
@@ -2068,543 +2068,543 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02429998v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Radical Grafting of Polar Monomers onto Polypropylene by Reactive Extrusion</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Ionic Nanocomposite Networks in Poly(styrene-co-methacrylic acid) Copolymers with Calcium Carbonate</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Chevallier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yiping Ni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tarik Sadik</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Valérie Massardier</w:t>
+                <w:t xml:space="preserve">Ruben Vera</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Becquart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Taha</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Applied Polymer Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2013, 129, pp.2177-2188. </w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2013, 129, pp.404-414. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/app.38757⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/app.38942⟩</w:t>
-[...17 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00828080v1</w:t>
+                <w:t xml:space="preserve">hal-00808211v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Polystyrene/polycarbonate blends compatibilization: Morphology, rheological and mechanical properties</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Céline Chevallier</w:t>
+                <w:t xml:space="preserve">Radical Grafting of Polar Monomers onto Polypropylene by Reactive Extrusion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tarik Sadik</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Massardier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Becquart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Taha</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materials Chemistry and Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.matchemphys.2013.02.006⟩</w:t>
+              <w:t xml:space="preserve">Journal of Applied Polymer Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 129, pp.2177-2188. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/app.38942⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00808218v1</w:t>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00828080v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Polyolefins/Poly(3-hydroxybutyrate- co -hydroxyvalerate) blends compatibilization: Morphology, rheological, and mechanical properties</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Valérie Massardier</w:t>
+                <w:t xml:space="preserve">Polystyrene/polycarbonate blends compatibilization: Morphology, rheological and mechanical properties</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Chevallier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Becquart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Taha</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Applied Polymer Science</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Materials Chemistry and Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, pp.1-7. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.matchemphys.2013.02.006⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/app.37957⟩</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-02431045v1</w:t>
+                <w:t xml:space="preserve">hal-00808218v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ionic Nanocomposite Networks in Poly(styrene-co-methacrylic acid) Copolymers with Calcium Carbonate</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Ruben Vera</w:t>
+                <w:t xml:space="preserve">Polyolefins/Poly(3-hydroxybutyrate- co -hydroxyvalerate) blends compatibilization: Morphology, rheological, and mechanical properties</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tarik Sadik</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Massardier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Becquart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Taha</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Applied Polymer Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2013, 129, pp.404-414. </w:t>
+              <w:t xml:space="preserve">, 2013, Polyolefins, 127 (2), pp.1148-1156. </w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/app.38757⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/app.37957⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00808211v1</w:t>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02431045v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Polyurea-Urethane Supramolecular Thermo-Reversible Networks</w:t>
               </w:r>
@@ -2707,51 +2707,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">In-melt transesterification of poly(lactic acid) and poly(ethylene-co-vinylalcohol)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tarik Sadik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Becquart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2836,51 +2836,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Synthesis and characterizations of poly(ethylene-co-vinylalcohol)-grafted-poly(3-hydroxybutyrate-co-hydroxyvalerate) copolymers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tarik Sadik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Massardier-Nageotte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2959,248 +2959,248 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00758092v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Graft copolymers synthesis by dynamic covalent reorganization of polycaprolactone and poly(ethylene-co-vinyl alcohol)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Samira Touhtouh</w:t>
+                <w:t xml:space="preserve">Solvent-free preparation, characterization, and properties of SEBS–g–polycarbonate copolymers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Chevallier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Becquart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Charles Majesté</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Taha</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Applied Polymer Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 123, pp.3145-3153. </w:t>
+              <w:t xml:space="preserve">Designed Monomers and Polymers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 16 (6), pp.564-577. </w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/app.34962⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1080/15685551.2013.771309⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00694184v1</w:t>
+                <w:t xml:space="preserve">hal-02431063v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Solvent-free preparation, characterization, and properties of SEBS–g–polycarbonate copolymers</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Céline Chevallier</w:t>
+                <w:t xml:space="preserve">Graft copolymers synthesis by dynamic covalent reorganization of polycaprolactone and poly(ethylene-co-vinyl alcohol)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samira Touhtouh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Becquart</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jean-Charles Majesté</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Taha</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Designed Monomers and Polymers</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 16 (6), pp.564-577. </w:t>
+              <w:t xml:space="preserve">Journal of Applied Polymer Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 123, pp.3145-3153. </w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/15685551.2013.771309⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/app.34962⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02431063v1</w:t>
+                <w:t xml:space="preserve">hal-00694184v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect of Compatibilization on Poly-ε-Caprolactone Grafting onto Poly(ethylene-co-vinyl alcohol)</w:t>
               </w:r>
@@ -3469,765 +3469,739 @@
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Taha</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Applied Polymer Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, pp.ISSN: 1097-4628. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/app.34962⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00630458v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Poly[ethylene-co-(vinyl alcohol)]-graft-Poly(epsilon-caprolactone) by Reactive Extrusion, 2-Parameter Analysis</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Poly[ethylene-co-(vinyl alcohol)]-graft-poly(epsilon-caprolactone) Synthesis by Reactive Extrusion, 1-Structural and Kinetic Study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Becquart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvan Chalamet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jianding Chen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yanchao Zhao</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Jianding Chen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Taha</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Macromolecular Materials and Engineering</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2009, 294, pp.651-657. </w:t>
+              <w:t xml:space="preserve">, 2009, 294, pp.643-650. </w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/mame.200900136⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/mame.200900134⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00984274v1</w:t>
+                <w:t xml:space="preserve">hal-00984258v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Poly[ethylene-co-(vinyl alcohol)]-graft- Poly(e-caprolactone) by Reactive Extrusion, 2 – Parameter Analysisa</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Y. Zhao</w:t>
+                <w:t xml:space="preserve">Poly[ethylene-co-(vinyl alcohol)]-graft-Poly(epsilon-caprolactone) by Reactive Extrusion, 2-Parameter Analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yanchao Zhao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Becquart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvan Chalamet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jie Chen</w:t>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jianding Chen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Taha</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Macromolecular Materials and Engineering</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2009, 294 (10), pp.651-657. </w:t>
-[...1 lines deleted...]
-            <w:hyperlink r:id="rId115" w:history="1">
+              <w:t xml:space="preserve">, 2009, 294, pp.651-657. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/mame.200900136⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00464049v1</w:t>
+                <w:t xml:space="preserve">hal-00984274v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Poly[ethylene-co-(vinyl alcohol)]-graft-poly(e-caprolactone) Synthesis by Reactive Extrusion, 1 - Structural and Kinetic Studya</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Poly[ethylene-co-(vinyl alcohol)]-graft- Poly(e-caprolactone) by Reactive Extrusion, 2 – Parameter Analysisa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Zhao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Becquart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvan Chalamet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jie Chen</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Y. Zhao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Taha</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Macromolecular Materials and Engineering</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2009, 294 (10), pp.643-650. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/mame.200900134⟩</w:t>
+              <w:t xml:space="preserve">, 2009, 294 (10), pp.651-657. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/mame.200900136⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00464041v1</w:t>
+                <w:t xml:space="preserve">hal-00464049v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Poly[ethylene-co-(vinyl alcohol)]-graft-poly(epsilon-caprolactone) Synthesis by Reactive Extrusion, 1-Structural and Kinetic Study</w:t>
+                <w:t xml:space="preserve">Poly[ethylene-co-(vinyl alcohol)]-graft-poly(e-caprolactone) Synthesis by Reactive Extrusion, 1 - Structural and Kinetic Studya</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Becquart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvan Chalamet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Yanchao Zhao</w:t>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jie Chen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Zhao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Taha</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Macromolecular Materials and Engineering</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2009, 294, pp.643-650. </w:t>
-[...1 lines deleted...]
-            <w:hyperlink r:id="rId121" w:history="1">
+              <w:t xml:space="preserve">, 2009, 294 (10), pp.643-650. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/mame.200900134⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00984258v1</w:t>
+                <w:t xml:space="preserve">hal-00464041v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Microstructure and properties of poly(vinylalcohol-co-vinylacetate)-g- ε-caprolactone</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">L’extrusion réactive, Une voie privilégiée pour la synthèse de nouveaux matériaux polymères et composites</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amar Zerroukhi</w:t>
+                <w:t xml:space="preserve">Véronique Bounor-Legaré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jürgen Kaczun</w:t>
+                <w:t xml:space="preserve">F. Becquart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie France Llauro</w:t>
+                <w:t xml:space="preserve">Françoise Fenouillot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Polymer Journal</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2007, 43 (4), pp.1549-1556</w:t>
+              <w:t xml:space="preserve">L'Actualité Chimique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 422-423, pp.47-58</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00372523v1</w:t>
+                <w:t xml:space="preserve">hal-02429974v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ε-caprolactone grafting on a poly(vinyl alcohol-co-vinyl acetate) in the melt without added initiator</w:t>
               </w:r>
@@ -4239,77 +4213,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Becquart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Taha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amar Zerroukhi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvan Chalamet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jürgen Kaczun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Polymer Journal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, 105 (5), pp.1549-1556</w:t>
@@ -4324,532 +4298,558 @@
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00372530v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’extrusion réactive, Une voie privilégiée pour la synthèse de nouveaux matériaux polymères et composites</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Microstructure and properties of poly(vinylalcohol-co-vinylacetate)-g- ε-caprolactone</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Becquart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Taha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amar Zerroukhi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Véronique Bounor-Legaré</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">F. Becquart</w:t>
+                <w:t xml:space="preserve">Jürgen Kaczun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Françoise Fenouillot</w:t>
+                <w:t xml:space="preserve">Marie France Llauro</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L'Actualité Chimique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2007, 422-423, pp.47-58</w:t>
+              <w:t xml:space="preserve">European Polymer Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 43 (4), pp.1549-1556</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02429974v1</w:t>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00372523v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Brevet (1)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Procédé d'extrusion de granulés de bois, extrudeuse bi-vis corotative pour l'extrusion de granulés de bois, et granulés de bois correspondants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Becquart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Carrot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohammed Abdelfetah Ghriga</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">France, N° de brevet: WO2023105172A1. 2023</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Brevet</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04926892v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Poster de conférence (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Integrate bio-based concrete wall panels: is it a practicable solution from an olfactive point of view?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Liselotte Tinel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Verriele</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Lors</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Becquart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadine Locoge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Healthy Buildings 2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2023, Aachen (Aix la Chapelle), Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04221447v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrication de pièces en alumine et zircone par Fused Deposition Modeling et frittage micro-ondes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucas Manceaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Rivera</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Meunier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémence Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hubert Taxil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Matériaux 2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2022, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04929912v1</w:t>
-              </w:r>
-[...118 lines deleted...]
-                <w:t xml:space="preserve">hal-04926892v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (5)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -4867,77 +4867,77 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evaluation de l’impact d’un béton végétal autoclavé sur la qualité de l’air (QAI) intérieur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Liselotte Tinel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Perez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadine Locoge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Verriele</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5087,51 +5087,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Copolymers synthesis and use for polyolefins and polylactic acid or poly(3-hydroxybutyrate-co-hydroxyvalerate) compatibilization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tarik Sadik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Massardier-Nageotte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5195,51 +5195,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Polypropylene functionalization using acid, anhydride and alcohol monomers by reactive extrusion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tarik Sadik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Massardier-Nageotte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5303,51 +5303,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Transposition d'une réaction chimique à l'état fondu : problématique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Jegat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Mignard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5717,51 +5717,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05191487v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Brun" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Gaudion" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Verriele" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manolis Romanias" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Chenal" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.atmosenv.2024.120997" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04601505v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nelmary Roas-Escalona" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Becquart" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Delair" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Dutertre" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carbpol.2024.122329" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03338891v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Line Andreola" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;deric Becquart" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wahbi Jomaa" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul O Verhoeven" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Baldacchino" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0255148" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03994289v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiang Li" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Mignard" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Taha" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Fern&#225;ndez-De-Alba" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jianding Chen" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/macp.201900367" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02010760v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wissam Farhat" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Venditti" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Ayoub" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Prochazka" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Fernandez-De-Alba" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02016644v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anwarul Hasan" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucian Lucia" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Becquart" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01547133v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard A. Venditti" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijbiomac.2017.06.037" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01540325v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quick Ashley" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.indcrop.2017.05.055" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01397233v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierrick Paillot" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Jegat" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/app.43501" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-7DH0QFM1-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01532121v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Hubbe" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cssc.201601047" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01160815v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yiping Ni" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ouissam Adidou" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Charles Majest&#233;" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/15685551.2015.1041081" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00983569v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samira Touhtouh" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mren.201300128" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-NNMLJ8NV-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00983583v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Samuel" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvan Chalamet" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernande Boisson" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pola.27022" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-RMX09FJL-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01093959v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Chevallier" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Benoit" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pen.23816" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-H36JPR91-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02429998v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00914037.2013.854209" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00828080v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tarik Sadik" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Massardier" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/app.38942" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-81SRPR8R-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00808218v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matchemphys.2013.02.006" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-04WNCN8J-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02431045v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/app.37957" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-6K93RS41-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00808211v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruben Vera" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/app.38757" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-V90SLN2J-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00871006v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ma302421r" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00828097v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matchemphys.2013.04.004" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-H10JL0J1-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00758092v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Massardier-Nageotte" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.polymer.2012.08.019" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-9NKGNLGQ-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00694184v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/app.34962" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02431063v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/15685551.2013.771309" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00631132v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Pillon" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/polym3041734" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02431021v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00630458v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00984274v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yanchao Zhao" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mame.200900136" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-RTGW65KN-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00464049v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Zhao" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jie Chen" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00464041v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mame.200900134" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-MVTT7JSP-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00984258v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00372523v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amar Zerroukhi" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#252;rgen Kaczun" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie France Llauro" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00372530v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02429974v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Bounor-Legar&#233;" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Becquart" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Fenouillot" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04221447v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liselotte Tinel" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Lors" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Locoge" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04929912v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Manceaux" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Rivera" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Meunier" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Petit" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert Taxil" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04926892v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Carrot" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Abdelfetah Ghriga" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04221548v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Perez" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01167601v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adolphe Kimbonguila" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nor Edine Abriak" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00758104v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00630475v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00382033v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03048607v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu M&#233;tifiot" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05191487v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Brun" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Gaudion" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Verriele" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manolis Romanias" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Chenal" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.atmosenv.2024.120997" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04601505v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nelmary Roas-Escalona" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Becquart" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Delair" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Dutertre" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carbpol.2024.122329" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03338891v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Line Andreola" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;deric Becquart" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wahbi Jomaa" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul O Verhoeven" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Baldacchino" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0255148" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03994289v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiang Li" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Mignard" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Taha" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Fern&#225;ndez-De-Alba" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jianding Chen" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/macp.201900367" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02010760v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wissam Farhat" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Venditti" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Ayoub" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Prochazka" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Fernandez-De-Alba" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02016644v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anwarul Hasan" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucian Lucia" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Becquart" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01547133v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard A. Venditti" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijbiomac.2017.06.037" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01540325v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quick Ashley" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.indcrop.2017.05.055" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01532121v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Hubbe" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cssc.201601047" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01397233v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierrick Paillot" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Jegat" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/app.43501" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-7DH0QFM1-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01160815v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yiping Ni" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ouissam Adidou" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Charles Majest&#233;" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/15685551.2015.1041081" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00983569v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samira Touhtouh" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mren.201300128" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-NNMLJ8NV-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01093959v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Chevallier" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Benoit" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pen.23816" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-H36JPR91-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00983583v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Samuel" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvan Chalamet" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernande Boisson" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pola.27022" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-RMX09FJL-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02429998v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00914037.2013.854209" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00808211v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruben Vera" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/app.38757" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-V90SLN2J-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00828080v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tarik Sadik" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Massardier" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/app.38942" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-81SRPR8R-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00808218v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matchemphys.2013.02.006" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-04WNCN8J-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02431045v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/app.37957" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-6K93RS41-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00871006v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ma302421r" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00828097v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matchemphys.2013.04.004" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-H10JL0J1-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00758092v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Massardier-Nageotte" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.polymer.2012.08.019" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-9NKGNLGQ-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02431063v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/15685551.2013.771309" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00694184v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/app.34962" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00631132v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Pillon" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/polym3041734" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02431021v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00630458v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00984258v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yanchao Zhao" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mame.200900134" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-MVTT7JSP-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00984274v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mame.200900136" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-RTGW65KN-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00464049v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Zhao" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jie Chen" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00464041v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02429974v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Bounor-Legar&#233;" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Becquart" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Fenouillot" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00372530v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amar Zerroukhi" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#252;rgen Kaczun" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00372523v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie France Llauro" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04926892v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Carrot" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Abdelfetah Ghriga" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04221447v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liselotte Tinel" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Lors" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Locoge" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04929912v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Manceaux" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Rivera" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Meunier" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Petit" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert Taxil" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04221548v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Perez" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01167601v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adolphe Kimbonguila" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nor Edine Abriak" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00758104v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00630475v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00382033v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03048607v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu M&#233;tifiot" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>