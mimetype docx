--- v0 (2026-03-06)
+++ v1 (2026-03-28)
@@ -234,286 +234,286 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05299715v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Widespread slow growth of acquisitive tree species</w:t>
+                <w:t xml:space="preserve">Dossier : Les Forêts. REINFFORCE : deux projets et une infrastructure expérimentale unique au service de l'adaptation des forêts au changement climatique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurent Augusto</w:t>
+                <w:t xml:space="preserve">Frédéric Bernier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">R. Borelle</w:t>
-[...37 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Christophe Orazio</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Administration : Revue de l'Administration Territoriale de l'Etat</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 285, pp.51-53</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05017825v1</w:t>
+                <w:t xml:space="preserve">hal-05330113v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dossier : Les Forêts. REINFFORCE : deux projets et une infrastructure expérimentale unique au service de l'adaptation des forêts au changement climatique</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Bernier</w:t>
+                <w:t xml:space="preserve">Widespread slow growth of acquisitive tree species</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Augusto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">R. Borelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Boča</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Bon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Christophe Orazio</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Administration : Revue de l'Administration Territoriale de l'Etat</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Nature</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 640 (8058), pp.395-401. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41586-025-08692-x⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05330113v1</w:t>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05017825v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">“Ectomycorrhizal exploration type” could be a functional trait explaining the spatial distribution of tree symbiotic fungi as a function of forest humus forms</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fadwa Khalfallah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Bon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed El Mazlouzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -616,51 +616,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Fugeray-Scarbel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Lemarié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Bernier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annie Raffin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -884,51 +884,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Vidal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mark R. Bakker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Bernier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Delerue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1419,51 +1419,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Walbott</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Lacombe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Bernier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Corcket</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1501,51 +1501,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Plantation d’essences feuillues dans le massif des Landes de Gascogne : diversifier et produire ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Bernier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Denou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1596,90 +1596,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Biomass and nutrients in tree root systems-sustainable harvesting of an intensively managed Pinus pinaster (Ait.) planted forest</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Augusto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David L. Achat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mark R. Bakker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Bernier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Bert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1769,51 +1769,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Angibault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Azam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Bernier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Carrère</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1881,51 +1881,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Collet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francis Colin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Bernier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annales des sciences forestières</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1997, 54 (1), pp.65-81</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1982,64 +1982,64 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">One decade of monitoring the consequences of different forest management alternatives on ecosystem functioning in young plantations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Augusto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Bernier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean‐christophe Domec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2136,51 +2136,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Évaluation à 10 ans de 8 arboretums d'élimination aquitains installés en 2012 dans le cadre des projets Reinfforce et Climaq</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Bernier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Meredieu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2432,51 +2432,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Coline Verneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Marquot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Bernier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Vidéo</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2520,51 +2520,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Coline Verneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Marquot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Bernier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Vidéo</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2653,51 +2653,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Orlane Touzet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Boizot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Bernier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Breton</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2761,51 +2761,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Fugeray-Scarbel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Lemarié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Bernier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Bouffier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2860,90 +2860,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mineralomass and simulated yield by stump removal in root systems of Pinus pinaster in south-west France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Augusto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Achat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mark Ronald M. R. Bakker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Bernier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Bert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3011,51 +3011,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic F. Danjon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Eveno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Bernier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Hubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3136,51 +3136,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Trichet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Loustau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Bernier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric F. Lagane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3392,51 +3392,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">FORRISK. Réseau pour l’innovation dans les sylvicultures et les systèmes de gestion intégrée des risques de forêt</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Orazio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Fermet Quinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3688,51 +3688,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05299715v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah L Addison" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luciana L Mendoza" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Megan A R&#250;a" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter W Clinton" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Avtzis Dimitrios" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dib.2025.112123" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05017825v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Augusto" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Borelle" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bo&#269;a" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Bon" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Orazio" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41586-025-08692-x" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05330113v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Bernier" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04592027v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fadwa Khalfallah" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed El Mazlouzi" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark R. Bakker" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Fanin" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00572-024-01146-8" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04477923v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Fugeray-Scarbel" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Lemari&#233;" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Raffin" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bouffier" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1139/cjfr-2023-0125" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03282266v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raquel Benavides" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#225;rbara Carvalho" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina Bastias" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David L&#243;pez&#8208;quiroga" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Mas" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/geb.13239" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03565768v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Vidal" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Delerue" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Denou" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03282821v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lars Opgenoorth" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Dauphin" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katrin Heer" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paraskevi Alizoti" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gigascience/giab010" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02624983v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabet Mart&#237;nez-Sancho" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lenka Sl&#225;mov&#225;" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandro Morganti" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudio Grefen" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Carvalho" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41597-019-0340-y" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03282224v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41597-020-0447-1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04627495v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Walbott" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Lacombe" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Corcket" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02635931v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Meredieu" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02592634v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David L. Achat" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Bert" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/gcbb.12127" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01414112v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Burnel" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Angibault" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Azam" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Carr&#232;re" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02686765v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Collet" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Colin" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05070633v3" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;christophe Domec" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Loustau" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Anschutz" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05084421v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05039967v2" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Palain-Saint-Agathe" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Dumas" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Surault" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Jacque" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Bernard" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:625769d487fe94322ca8954326ff44fefba2d548;origin=https://forge.inrae.fr/adonis/Adonis_Webapp.git;visit=swh:1:snp:d91c66e6c367d377c957354f47efacad0608d1ec;anchor=swh:1:rev:e79b7e85a1acadc92f6709bd58cbf36ebacae190" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05428797v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coline Verneau" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Marquot" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05428773v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04435162v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nassim Belmokhtar" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Orlane Touzet" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Boizot" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Breton" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04724032v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02748237v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Achat" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Ronald M. R. Bakker" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753857v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic F. Danjon" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Eveno" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Hubert" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Brach" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02818657v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Trichet" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric F. Lagane" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Lambrot" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02822003v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annabel A. Porte" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Dulhoste" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Lopez" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Bosc" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02798046v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Fermet Quinet" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuela Branco" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liliana Vilas Boas" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Helena Almeida" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://forrisk.efiatlantic.efi.int/Guide-technique,103.html" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05299715v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah L Addison" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luciana L Mendoza" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Megan A R&#250;a" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter W Clinton" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Avtzis Dimitrios" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dib.2025.112123" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05330113v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Bernier" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Orazio" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05017825v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Augusto" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Borelle" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bo&#269;a" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Bon" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41586-025-08692-x" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04592027v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fadwa Khalfallah" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed El Mazlouzi" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark R. Bakker" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Fanin" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00572-024-01146-8" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04477923v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Fugeray-Scarbel" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Lemari&#233;" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Raffin" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bouffier" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1139/cjfr-2023-0125" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03282266v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raquel Benavides" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#225;rbara Carvalho" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina Bastias" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David L&#243;pez&#8208;quiroga" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Mas" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/geb.13239" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03565768v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Vidal" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Delerue" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Denou" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03282821v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lars Opgenoorth" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Dauphin" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katrin Heer" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paraskevi Alizoti" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gigascience/giab010" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02624983v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabet Mart&#237;nez-Sancho" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lenka Sl&#225;mov&#225;" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandro Morganti" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudio Grefen" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Carvalho" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41597-019-0340-y" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03282224v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41597-020-0447-1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04627495v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Walbott" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Lacombe" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Corcket" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02635931v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Meredieu" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02592634v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David L. Achat" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Bert" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/gcbb.12127" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01414112v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Burnel" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Angibault" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Azam" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Carr&#232;re" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02686765v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Collet" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Colin" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05070633v3" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;christophe Domec" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Loustau" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Anschutz" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05084421v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05039967v2" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Palain-Saint-Agathe" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Dumas" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Surault" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Jacque" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Bernard" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:625769d487fe94322ca8954326ff44fefba2d548;origin=https://forge.inrae.fr/adonis/Adonis_Webapp.git;visit=swh:1:snp:d91c66e6c367d377c957354f47efacad0608d1ec;anchor=swh:1:rev:e79b7e85a1acadc92f6709bd58cbf36ebacae190" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05428797v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coline Verneau" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Marquot" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05428773v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04435162v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nassim Belmokhtar" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Orlane Touzet" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Boizot" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Breton" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04724032v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02748237v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Achat" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Ronald M. R. Bakker" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753857v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic F. Danjon" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Eveno" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Hubert" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Brach" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02818657v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Trichet" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric F. Lagane" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Lambrot" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02822003v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annabel A. Porte" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Dulhoste" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Lopez" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Bosc" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02798046v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Fermet Quinet" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuela Branco" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liliana Vilas Boas" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Helena Almeida" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://forrisk.efiatlantic.efi.int/Guide-technique,103.html" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>