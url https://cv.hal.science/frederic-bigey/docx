--- v0 (2026-03-03)
+++ v1 (2026-03-24)
@@ -1844,295 +1844,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02623200v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adaptation of S. cerevisiae to Fermented Food Environments Reveals Remarkable Genome Plasticity and the Footprints of Domestication</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Souhir Marsit</w:t>
+                <w:t xml:space="preserve">Relief from nitrogen starvation triggers transient destabilization of glycolytic mRNAs in Saccharomyces cerevisiae cells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Tesniere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Pradal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Bessiere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Sanchez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Blondin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Biology and Evolution</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/molbev/msy066⟩</w:t>
+              <w:t xml:space="preserve">Molecular Biology of the Cell</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 29 (4), pp.490-498. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1091/mbc.E17-01-0061⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01837856v1</w:t>
+                <w:t xml:space="preserve">hal-01837842v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Relief from nitrogen starvation triggers transient destabilization of glycolytic mRNAs in Saccharomyces cerevisiae cells</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Bruno Blondin</w:t>
+                <w:t xml:space="preserve">Adaptation of S. cerevisiae to Fermented Food Environments Reveals Remarkable Genome Plasticity and the Footprints of Domestication</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Legras</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Galeote</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Bigey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Camarasa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Souhir Marsit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Biology of the Cell</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 29 (4), pp.490-498. </w:t>
+              <w:t xml:space="preserve">Molecular Biology and Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 35 (7), pp.1712-1727. </w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1091/mbc.E17-01-0061⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/molbev/msy066⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01837842v1</w:t>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01837856v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genomic signatures of adaptation to wine biological aging conditions in biofilm-forming flor yeasts</w:t>
               </w:r>
@@ -2157,51 +2157,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Bigey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Mallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Souhir Marsit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Zara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2246,757 +2246,757 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01608516v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Natural yeast promoter variants reveal epistasis in the generation of transcriptional-mediated noise and its potential benefit in stressful conditions.</w:t>
+                <w:t xml:space="preserve">Intrastrain genomic and phenotypic variability of the commercial Saccharomyces cerevisiae strain Zymaflore VL1 reveals microevolutionary adaptation to vineyard environments</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jian Liu</w:t>
+                <w:t xml:space="preserve">Ricardo Franco-Duarte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Bigey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Helene Yken</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Frederic Bigey</w:t>
+                <w:t xml:space="preserve">Laura Carreto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Inês Mendes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Dequin</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jean Marie François</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Genome Biology and Evolution</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 7 (4), pp.969-984. </w:t>
+              <w:t xml:space="preserve">FEMS Yeast Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 15 (6), 13 p. </w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/gbe/evv047⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/femsyr/fov063⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01190166v1</w:t>
+                <w:t xml:space="preserve">hal-01837750v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Une étude du besoin en azote des levures œnologiques révèle le rôle clé de la signalisation azote dans le contrôle de la vitesse de fermentation</w:t>
+                <w:t xml:space="preserve">Natural yeast promoter variants reveal epistasis in the generation of transcriptional-mediated noise and its potential benefit in stressful conditions.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claire Brice</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Catherine Tesniere</w:t>
+                <w:t xml:space="preserve">Jian Liu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Helene Yken</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Bigey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jean-Luc Legras</w:t>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Dequin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Marie François</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La revue des œnologues et des techniques vitivinicoles et œnologiques</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Genome Biology and Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 7 (4), pp.969-984. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/gbe/evv047⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01506449v1</w:t>
+                <w:t xml:space="preserve">hal-01190166v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evolutionary advantage conferred by an eukaryote-to-eukaryote gene transfer event in wine yeasts</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Une étude du besoin en azote des levures œnologiques révèle le rôle clé de la signalisation azote dans le contrôle de la vitesse de fermentation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Brice</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Sanchez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Tesniere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Bigey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Souhir Marsit</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Arnaud Couloux</w:t>
+                <w:t xml:space="preserve">Jean-Luc Legras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Biology and Evolution</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">La revue des œnologues et des techniques vitivinicoles et œnologiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 154, pp.21-24</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01837744v1</w:t>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01506449v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New insights into the adaptation of yeast to anthropic environment using comparative genomics</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Anna Lisa Coi</w:t>
+                <w:t xml:space="preserve">Evolutionary advantage conferred by an eukaryote-to-eukaryote gene transfer event in wine yeasts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Souhir Marsit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adriana Mena</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Bigey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Souhir Marsit</w:t>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francois Xavier Sauvage</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Couloux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Yeast</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/yea.3091⟩</w:t>
+              <w:t xml:space="preserve">Molecular Biology and Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 32 (7), pp.1695-1707. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/molbev/msv057⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01837749v1</w:t>
+                <w:t xml:space="preserve">hal-01837744v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Intrastrain genomic and phenotypic variability of the commercial Saccharomyces cerevisiae strain Zymaflore VL1 reveals microevolutionary adaptation to vineyard environments</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Ricardo Franco-Duarte</w:t>
+                <w:t xml:space="preserve">New insights into the adaptation of yeast to anthropic environment using comparative genomics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Legras</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anna Lisa Coi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Bigey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Sylvie Dequin</w:t>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Galeote</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Souhir Marsit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">FEMS Yeast Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 15 (6), 13 p. </w:t>
+              <w:t xml:space="preserve">Yeast</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 32, pp.S89-S90. </w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/femsyr/fov063⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/yea.3091⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01837750v1</w:t>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01837749v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A genetic approach of wine yeast fermentation capacity in nitrogen-starvation reveals the key role of nitrogen signaling.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Brice</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Sanchez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Bigey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Legras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Blondin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3173,51 +3173,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Phenotypic landscape of Saccharomyces cerevisiae during wine fermentation: evidence for origin-dependent metabolic traits</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Camarasa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Sanchez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3355,51 +3355,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Beyne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maité Novo Molinero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Legras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PLoS ONE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 6 (3), </w:t>
@@ -4859,485 +4859,485 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02690089v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Spectrophotometric assay of aliphatic monohydroxamic acids and alpa-, bêta-, and gamma-aminohydroxamic acids in aqueous medium</w:t>
+                <w:t xml:space="preserve">Biocatalyst improvement for the production of short-chain hydroxamic acids</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Fournand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Bigey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robert Ratomahenina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Arnaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId166" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Galzy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Analytica Chimica Acta</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1997, 353, pp.359-366</w:t>
+              <w:t xml:space="preserve">Enzyme and Microbial Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1997, 20, pp.424-431</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02698748v1</w:t>
+                <w:t xml:space="preserve">hal-02697464v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Biocatalyst improvement for the production of short-chain hydroxamic acids</w:t>
+                <w:t xml:space="preserve">Spectrophotometric assay of aliphatic monohydroxamic acids and alpa-, bêta-, and gamma-aminohydroxamic acids in aqueous medium</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Fournand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.L. Pirat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Bigey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId131" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Arnaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Galzy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Enzyme and Microbial Technology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1997, 20, pp.424-431</w:t>
+              <w:t xml:space="preserve">Analytica Chimica Acta</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1997, 353, pp.359-366</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId168" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02697464v1</w:t>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02698748v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Study of the amidase signature group</w:t>
+                <w:t xml:space="preserve">Amide metabolism: a putative ABC transporter in Rhodococcus sp. R312</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Chebrou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Bigey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Arnaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Galzy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BBA - Biochimica et Biophysica Acta</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1996, 1298, pp.285-293</w:t>
+              <w:t xml:space="preserve">Gene</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1996, 182, pp.215-218</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02694915v1</w:t>
+                <w:t xml:space="preserve">hal-02691614v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amide metabolism: a putative ABC transporter in Rhodococcus sp. R312</w:t>
+                <w:t xml:space="preserve">Study of the amidase signature group</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Chebrou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Bigey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Arnaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Galzy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Gene</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1996, 182, pp.215-218</w:t>
+              <w:t xml:space="preserve">BBA - Biochimica et Biophysica Acta</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1996, 1298, pp.285-293</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02691614v1</w:t>
+                <w:t xml:space="preserve">hal-02694915v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karyotype studies on different strains of Candida molischiana by pulsed-field gel electrophoresis</w:t>
               </w:r>
@@ -5375,51 +5375,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Bigey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Arnaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Galzy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Current Genetics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1995, 28, pp.150-154</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5483,51 +5483,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guilhem Janbon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Arnaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Galzy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Antonie van Leeuwenhoek</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1995, 68, pp.173-179</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5604,51 +5604,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C.K.N. Chan Kwo Chion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Arnaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Galzy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Gene</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1995, 154, pp.77-79</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5725,51 +5725,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Bigey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Arnaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Galzy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Chromatography B - Analytical Technologies in the Biomedical and Life Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1994, 656, pp.197-202</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5846,51 +5846,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Azza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Arnaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Galzy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Biocatalysis and Agricultural Biotechnology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1994, 10, pp.325-340</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5954,51 +5954,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Bigey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Arnaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Galzy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">FEMS Microbiology Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1994, 122, pp.129-136</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -6017,277 +6017,277 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02716101v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The N-terminal amino acid sequences of Brevibacterium sp. R312 nitrile hydratase</w:t>
+                <w:t xml:space="preserve">Transformation of whole cells of Brevibacterium SP. R312, a nitrile hydratase producing strain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Robert Duran</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">F. Bigey</w:t>
+                <w:t xml:space="preserve">C.N.K. Chan Kwo Chion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Bigey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Arnaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Galzy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Microbiology and Biotechnology</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Mededelingen van de Faculteit Landbouwwetenschappen Rijksuniversiteit Gent</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1992, 57 (4b), pp.2089-2091</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId188" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01841807v1</w:t>
+                <w:t xml:space="preserve">hal-02705497v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transformation of whole cells of Brevibacterium SP. R312, a nitrile hydratase producing strain</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Frederic Bigey</w:t>
+                <w:t xml:space="preserve">The N-terminal amino acid sequences of Brevibacterium sp. R312 nitrile hydratase</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robert Duran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C.K.N.C.K. Chion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Bigey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Arnaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Galzy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mededelingen van de Faculteit Landbouwwetenschappen Rijksuniversiteit Gent</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Applied Microbiology and Biotechnology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1992, 32 (1), pp.13-19. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/jobm.3620320104⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId189" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02705497v1</w:t>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01841807v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (35)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -6387,51 +6387,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impacts de la domestication sur le génome des levures S. cerevisiae de vin et de pain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Legras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Galeote</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6771,90 +6771,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">How different anthropogenic environments have shaped the genome of S. cerevisiae ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Galeote</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Legras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Bigey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Souhir Marsit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Camarasa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">7. Conference on Physiology of Yeast and Filamentous Fungi</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2019, Milan, Italy</w:t>
@@ -6896,90 +6896,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Horizontal gene transfer: one of the key mechanisms involved into the adaptation of yeast to their environment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Galeote</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Legras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Bigey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Souhir Marsit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Camarasa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ESF-EMBO Symposium, Comparative genomics of eukaryotic microbes: Genomes in flux, and flux between genomes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2019, Sant Feliu de Guíxols, Spain</w:t>
@@ -7021,90 +7021,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Horizontal Gene Transfer and Introgression: key mechanisms of adaptation of yeast to its ecological niches</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Galeote</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Legras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Souhir Marsit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Bigey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Camarasa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2. Joint Congress on Evolutionary Biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2018, Montpellier, France</w:t>
@@ -7133,51 +7133,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Domesticated lineages of S. cerevisiae from fermented food environments present customized genome with selective footprints</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Legras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Galeote</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7185,51 +7185,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Bigey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anna Lisa Coi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Souhir Marsit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2. Joint Congress on Evolutionary Biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, Montpellier, France</w:t>
@@ -7252,803 +7252,803 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01918075v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adaptation of Yeast to Anthropogenic Environments Using Comparative Genomics</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId69" w:history="1">
+                <w:t xml:space="preserve">Horizontal Gene Transfer is a key mechanism permitting adaptation of S. cerevisiae to its ecological niches</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Galeote</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Legras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Bigey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Souhir Marsit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Camarasa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">27. International Conference on Yeast Genetics and Molecular Biology (ICYGMB)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2017, Prague, Czech Republic</w:t>
+              <w:t xml:space="preserve">Reunión anual conjunta genética y evolución</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, Puerto Varas, Chile</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01608045v1</w:t>
+                <w:t xml:space="preserve">hal-01918076v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Horizontal Gene Transfer is a key mechanism permitting adaptation of S. cerevisiae to its ecological niches</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Adaptation of Yeast to Anthropogenic Environments Using Comparative Genomics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Legras</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Galeote</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jean-Luc Legras</w:t>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anna Lisa Coi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Bigey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Souhir Marsit</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Carole Camarasa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">21. Evolutionary Biology Meeting at Marseilles</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, Marseille, France</w:t>
+              <w:t xml:space="preserve">27. International Conference on Yeast Genetics and Molecular Biology (ICYGMB)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2017, Prague, Czech Republic</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01606234v1</w:t>
+                <w:t xml:space="preserve">hal-01608045v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Horizontal Gene Transfer is a key mechanism permitting adaptation of S. cerevisiae to its ecological niches</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Galeote</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Legras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Bigey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Souhir Marsit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Camarasa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Reunión anual conjunta genética y evolución</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, Puerto Varas, Chile</w:t>
+              <w:t xml:space="preserve">21. Evolutionary Biology Meeting at Marseilles</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01918076v1</w:t>
+                <w:t xml:space="preserve">hal-01606234v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adaptive Advantage of Horizontally Transferred Oligopeptide Transporters in Wine Yeasts</w:t>
+                <w:t xml:space="preserve">Exploring the adaptation of yeast to wine making environment using comparative genomics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Legras</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Bigey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Galeote</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Souhir Marsit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...46 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Couloux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">27. International Conference on Yeast Genetics and Molecular Biology (ICYGMB)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, Trento, Italy</w:t>
+              <w:t xml:space="preserve">SMBE Satellite meeting SMBEBA 2015 "Investigating biological adaptation with NGS: data and models"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2015, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01606657v1</w:t>
+                <w:t xml:space="preserve">hal-01837827v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The genetic basis of adaptation of flor strains : a comparative genome and genetic analysis</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Giacomo Zara</w:t>
+                <w:t xml:space="preserve">Adaptive Advantage Conferred by an Eukaryote-to-Eukaryote Gene Transfer Event in Wine Yeasts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Souhir Marsit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adriana Mena</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Bigey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Virginie Galeote</w:t>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francois Xavier Sauvage</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Couloux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">32. International Specialised Symposium on Yeasts-Yeast biodiversity and biotechnology in the twenty-first century</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, Perugia, Italy</w:t>
+              <w:t xml:space="preserve">ESF-EMBO Symposium, Exploring the genomic complexity and diversity of eukaryotes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, Sant Feliu de Guixols, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01606109v1</w:t>
+                <w:t xml:space="preserve">hal-01606164v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New insights into the adaptation of yeast to anthropic environment using comparative genomics</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId69" w:history="1">
+                <w:t xml:space="preserve">Adaptive Advantage of Horizontally Transferred Oligopeptide Transporters in Wine Yeasts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Souhir Marsit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Bigey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Legras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Galeote</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Dequin</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">27. International Conference on Yeast Genetics and Molecular Biology (ICYGMB)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Sep 2015, Trentino, Italy. pp.1</w:t>
+              <w:t xml:space="preserve">, 2015, Trento, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId214" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01837824v1</w:t>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01606657v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New insights into adaptation of yeast to anthropic environment using comparative genomics</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId69" w:history="1">
+                <w:t xml:space="preserve">New insights into the adaptation of yeast to anthropic environment using comparative genomics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Legras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anna Lisa Coi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8056,1271 +8056,1267 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Bigey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Galeote</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Souhir Marsit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">32. International Specialized Symposium on Yeasts-Yeast Biodiversity and biotechnology in the twenty-first century</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, Perugia, Italy</w:t>
+              <w:t xml:space="preserve">27. International Conference on Yeast Genetics and Molecular Biology (ICYGMB)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2015, Trentino, Italy. pp.1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId215" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01606118v1</w:t>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01837824v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Improvement of wine yeast strains using adaptive evolution</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Carole Camarasa</w:t>
+                <w:t xml:space="preserve">The genetic basis of adaptation of flor strains : a comparative genome and genetic analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anna Lisa Coi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Legras</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giacomo Zara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Bigey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Stephane Guezenec</w:t>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Galeote</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ISSY 32</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2015, Perugia, Italy</w:t>
+              <w:t xml:space="preserve">32. International Specialised Symposium on Yeasts-Yeast biodiversity and biotechnology in the twenty-first century</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, Perugia, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId216" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01606246v1</w:t>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01606109v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Deciphering the adaptation of yeast to anthropic environment using comparative genomics</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId69" w:history="1">
+                <w:t xml:space="preserve">New insights into adaptation of yeast to anthropic environment using comparative genomics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Legras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anna Lisa Coi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Bigey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Galeote</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Souhir Marsit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ESF-EMBO Symposium, Exploring the genomic complexity and diversity of eukaryotes</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, Sant Feliu de Guixols, Spain</w:t>
+              <w:t xml:space="preserve">32. International Specialized Symposium on Yeasts-Yeast Biodiversity and biotechnology in the twenty-first century</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, Perugia, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId219" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01606115v1</w:t>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01606118v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exploring the adaptation of yeast to wine making environment using comparative genomics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jean-Luc Legras</w:t>
+                <w:t xml:space="preserve">Improvement of wine yeast strains using adaptive evolution</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Axelle Cadière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentin Tilloy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Camarasa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Bigey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Arnaud Couloux</w:t>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephane Guezenec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SMBE Satellite meeting SMBEBA 2015 "Investigating biological adaptation with NGS: data and models"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2015, Montpellier, France</w:t>
+              <w:t xml:space="preserve">ISSY 32</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2015, Perugia, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId220" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01837827v1</w:t>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01606246v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adaptive Advantage Conferred by an Eukaryote-to-Eukaryote Gene Transfer Event in Wine Yeasts</w:t>
+                <w:t xml:space="preserve">Deciphering the adaptation of yeast to anthropic environment using comparative genomics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Legras</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anna Lisa Coi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Galeote</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Bigey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Souhir Marsit</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Arnaud Couloux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ESF-EMBO Symposium, Exploring the genomic complexity and diversity of eukaryotes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, Sant Feliu de Guixols, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01606164v1</w:t>
+                <w:t xml:space="preserve">hal-01606115v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New insights into the adaptation of yeast to anthropic niches using comparative genomics. Focus on flor yeast.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId69" w:history="1">
+                <w:t xml:space="preserve">Adaptive role of horizontally transferred oligopeptide transporters in wine yeasts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Souhir Marsit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Bigey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Legras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Galeote</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Dequin</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EMBO Conference Series: Experimental Approaches to Evolution and Ecology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2014, Heidelberg, Germany. pp.1</w:t>
+              <w:t xml:space="preserve">31. International Specialised Symposium on Yeast</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, Nova-Gorica/Vipava, Slovenia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01837724v1</w:t>
+                <w:t xml:space="preserve">hal-01604147v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adaptation des levures S. cerevisiae à des niches anthropiques à partir d’une approche de génomique des populations. Exemple de l’élevage en voile</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId69" w:history="1">
+                <w:t xml:space="preserve">Avantage adaptatif des transporteurs d’oligopeptides Fot1/2 acquis par transfert horizontal de gènes durant la fermentation alcoolique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Souhir Marsit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Bigey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Legras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Anna Lisa Coi</w:t>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Dequin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Galeote</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Levures, Modèles &amp; Outils – 11ème Rencontre des Levuristes Francophones</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01606112v1</w:t>
+                <w:t xml:space="preserve">hal-01606218v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Avantage adaptatif des transporteurs d’oligopeptides Fot1/2 acquis par transfert horizontal de gènes durant la fermentation alcoolique</w:t>
+                <w:t xml:space="preserve">Adaptation des levures S. cerevisiae à des niches anthropiques à partir d’une approche de génomique des populations. Exemple de l’élevage en voile</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Legras</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anna Lisa Coi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Galeote</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Bigey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Souhir Marsit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...48 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Levures, Modèles &amp; Outils – 11ème Rencontre des Levuristes Francophones</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01606218v1</w:t>
+                <w:t xml:space="preserve">hal-01606112v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evolutionnary and reverse engineering of commercially important metabolic traits in wine yeast</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Carole Camarasa</w:t>
+                <w:t xml:space="preserve">New insights into the adaptation of yeast to anthropic niches using comparative genomics. Focus on flor yeast.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Legras</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anna Lisa Coi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Bigey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Stephane Guezenec</w:t>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Galeote</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Souhir Marsit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">31. International Specialised Symposium on Yeast</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, Nova Gorica/Vipava, Slovenia</w:t>
+              <w:t xml:space="preserve">EMBO Conference Series: Experimental Approaches to Evolution and Ecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2014, Heidelberg, Germany. pp.1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01605611v1</w:t>
+                <w:t xml:space="preserve">hal-01837724v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization of genes involved in the adaptation of flor strains to biological ageing conditions of sherry wines</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Jean-Luc Legras</w:t>
+                <w:t xml:space="preserve">Evolutionnary and reverse engineering of commercially important metabolic traits in wine yeast</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Axelle Cadière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentin Tilloy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Camarasa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Bigey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Ilaria Mannazzu</w:t>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephane Guezenec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">31. International Specialised Symposium on Yeast</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2014, Nova-Gorica/Vipava, Slovenia</w:t>
+              <w:t xml:space="preserve">, 2014, Nova Gorica/Vipava, Slovenia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01606116v1</w:t>
+                <w:t xml:space="preserve">hal-01605611v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adaptive role of horizontal gene transfers in wine yeasts: how to improve resource utilization to survive better</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Souhir Marsit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Bigey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Legras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Galeote</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9335,359 +9331,359 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Union of Microbiological Societies Congresses - IUMS2014</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, Montreal, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01603322v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adaptive role of horizontally transferred oligopeptide transporters in wine yeasts</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Characterization of genes involved in the adaptation of flor strains to biological ageing conditions of sherry wines</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anna Lisa Coi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Souhir Marsit</w:t>
+                <w:t xml:space="preserve">Jean-Luc Legras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Bigey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Galeote</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ilaria Mannazzu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">31. International Specialised Symposium on Yeast</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, Nova-Gorica/Vipava, Slovenia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId229" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01604147v1</w:t>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01606116v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New insights into the adaptation of yeast to anthropic niches using comparative genomics. Focus on flor yeast genome</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId69" w:history="1">
+                <w:t xml:space="preserve">Adaptive role of horizontally transferred genes during wine fermentation.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Souhir Marsit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Bigey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Legras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Frederic Bigey</w:t>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Dequin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Galeote</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ESF-EMBO Comparative Genomics of Eukaryotic Microorganisms: Complexity Patterns in Eukaryotic Genomes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, Sant Feliu de Guixols, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01606114v1</w:t>
+                <w:t xml:space="preserve">hal-01603320v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Role of horizontally transfered genes in the adaptation of wine yeasts to their environnment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Souhir Marsit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Bigey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Legras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Dequin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9732,178 +9728,182 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01607571v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adaptive role of horizontally transferred genes during wine fermentation.</w:t>
+                <w:t xml:space="preserve">New insights into the adaptation of yeast to anthropic niches using comparative genomics. Focus on flor yeast genome</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Legras</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anna Lisa Coi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Bigey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Galeote</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Souhir Marsit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...48 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ESF-EMBO Comparative Genomics of Eukaryotic Microorganisms: Complexity Patterns in Eukaryotic Genomes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, Sant Feliu de Guixols, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01603320v1</w:t>
+                <w:t xml:space="preserve">hal-01606114v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">First insight into the adaptation of yeast to anthropic niches from genome sequence</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Legras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Galeote</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9911,51 +9911,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Bigey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anna Lisa Coi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Souhir Marsit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">5. Conference on Physiology of Yeast and Filamentous Fungi</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Institut National de Recherche Agronomique (INRA). UMR Sciences Pour l'Oenologie (1083)., 2013, Montpellier, France</w:t>
@@ -9997,51 +9997,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Characterization of genes involved in yeast adaptation to Sherry-like wines’ biological ageing identified by a genome based approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anna Lisa Coi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Legras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Bigey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10103,182 +10103,178 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01606650v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Diversity and adaptation of flor yeast : new data for an old question</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId69" w:history="1">
+                <w:t xml:space="preserve">Genetic and phenotypic diversity of wine yeasts: Role of horizontal gene transfer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Galeote</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Bigey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Legras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Souhir Marsit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Dequin</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées des Microbiologistes de l’INRA 2012</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2012, Avignon, France</w:t>
+              <w:t xml:space="preserve">13. International Congress on Yeasts (ICY 2012)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2012, Madison, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02804040v1</w:t>
+                <w:t xml:space="preserve">hal-02805677v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diversity and adaptation of flor yeast : new data for an old question</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Legras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Bigey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10286,284 +10282,288 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anna Lisa Coi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Galeote</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudine Charpentier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">13. International Congress on Yeasts (ICY 2012)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, Madison, United States</w:t>
+              <w:t xml:space="preserve">Journées des Microbiologistes de l’INRA 2012</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2012, Avignon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId238" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02808760v1</w:t>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02804040v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genetic and phenotypic diversity of wine yeasts: Role of horizontal gene transfer</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Diversity and adaptation of flor yeast : new data for an old question</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Legras</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Bigey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anna Lisa Coi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Galeote</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...46 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudine Charpentier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">13. International Congress on Yeasts (ICY 2012)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Aug 2012, Madison, United States</w:t>
+              <w:t xml:space="preserve">, 2012, Madison, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02805677v1</w:t>
+                <w:t xml:space="preserve">hal-02808760v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Transformation of whole cells of Brevibacterium SP. R312, a nitrile hydratase producing strain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C.N.K. Chan Kwo Chion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Bigey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Arnaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Galzy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">6. Forum for applied biotechnology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 1992, Bruges, Belgium</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -11114,342 +11114,342 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02950887v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New insights into the adaptation of yeast to wine making using comparative genomics</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId69" w:history="1">
+                <w:t xml:space="preserve">Adaptive advantage of oligopetide transporters acquired by horizontal transfer during wine fermentation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Souhir Marsit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Bigey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Legras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Frederic Bigey</w:t>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Dequin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Galeote</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">10. Symposium International d’Œnologie de Bordeaux, Œno2015</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2015, Bordeaux, France. 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01606120v1</w:t>
+                <w:t xml:space="preserve">hal-01603326v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adaptive advantage of oligopetide transporters acquired by horizontal transfer during wine fermentation</w:t>
+                <w:t xml:space="preserve">New insights into the adaptation of yeast to wine making using comparative genomics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Legras</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anna Lisa Coi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Bigey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Galeote</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Souhir Marsit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...48 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">10. Symposium International d’Œnologie de Bordeaux, Œno2015</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2015, Bordeaux, France. 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01603326v1</w:t>
+                <w:t xml:space="preserve">hal-01606120v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enhanced production of volatile esters by adaptively evolved Saccharomyces cerevisiae wine yeasts</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Dequin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Axelle Cadière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bastien Serrano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Camarasa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Bigey</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -11835,51 +11835,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="EB98B2F1"/>
+    <w:nsid w:val="69B52C4E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -12066,51 +12066,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/frederic-bigey" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6240-3038" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/F-2517-2010" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/femsyr/foaf016" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.fm.2024.104584" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/jof9010076" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.cub.2020.11.016" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1073/pnas.0904673106" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-05047166v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Bigey" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavi&#232;re Menatong Tene" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Wessner" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Devillers" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Pradal" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/femsyr/foaf016" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04646352v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Aury" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fm.2024.104584" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04197014v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reine Abi Khalil" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christel Couderc" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Yvon" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Sicard" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/foods12163131" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03942758v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Pasteur" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xymena Po&#322;omska" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Thomas" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie A.-M. Crutz-Le Coq" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/jof9010076" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03922548v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loubnah Belahcen" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwenaelle Jard" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2022-22275" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03880546v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/foods11233874" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03110131v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diego Segond" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Friedrich" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Guezenec" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Bourgais" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cub.2020.11.016" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02890164v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aisling Coughlan" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Lombardi" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Braun-Galleani" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Ar Martos" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Bigey" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7554/eLife.55336" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02126102v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Tesniere" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Bessiere" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Sanchez" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Blondin" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0215870" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02623200v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Galeote" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Dequin" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kenneth Wolfe" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/genomeA.00615-18" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837856v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Legras" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Camarasa" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Souhir Marsit" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/molbev/msy066" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837842v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1091/mbc.E17-01-0061" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01608516v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Lisa Coi" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Mallet" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Zara" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mec.14053" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01190166v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jian Liu" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene Yken" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Marie Fran&#231;ois" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gbe/evv047" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01506449v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Brice" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837744v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adriana Mena" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Xavier Sauvage" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Couloux" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/molbev/msv057" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837749v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/yea.3091" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837750v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ricardo Franco-Duarte" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Carreto" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=In&#234;s Mendes" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/femsyr/fov063" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01189979v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2164-15-495" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837764v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Neuv&#233;glise" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/genomeA.00606-13" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02645675v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Brial" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie S. Dequin" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0025147" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01222409v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Beyne" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mait&#233; Novo Molinero" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0017872" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01487358v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; C. Ambroset" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Petit" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Brion" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Delobel" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1534/G3.111.000422" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02668729v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maite Novo" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rick Gavory" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.0904673106" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03763651v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Mathieu" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Procureur" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nancy Terrier" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ziya G&#252;nata" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10529-007-9315-8" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-DXTR91Z1-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02662210v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Pascal" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Ratomahenina" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene Boze" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Moulin" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pep.2006.01.012" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-VN1SF5TP-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02681391v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Roustan" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agustin Rascon Chu" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00253-005-1896-3" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/0D02EEADCD482D92A91C7E6829D1F61B310B70A6/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03763658v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/eri265" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02675023v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Laborde" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Chemardin" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Combarnous" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabrielle Moulin" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/yea.1073" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02166482v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Brunel" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Neugnot" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Landucci" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbiotec.2004.03.007" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-5V8FL4ZQ-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02165415v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Tuery" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daisy Bougard" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Nicaud" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/yea.958" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02689034v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Chebrou" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Fournand" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Arnaud" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02690089v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02698748v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L. Pirat" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Galzy" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02697464v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02694915v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02691614v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02712941v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Janbon" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Magnet" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02714288v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02710090v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Grossiord" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.K.N. Chan Kwo Chion" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02708542v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L. Moreau" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Azza" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02713293v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02716101v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01841807v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Duran" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.K.N.C.K. Chion" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Bigey" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jobm.3620320104" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-LM8X1SF7-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02705497v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.N.K. Chan Kwo Chion" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05288044v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Neuveglise" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04966875v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04237728v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Nidelet" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Mata-Orozco" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Guezenec" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;r&#232;se Marlin" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Fran&#231;oise Samson" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03727947v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Vindras-Fouillet" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Robin" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Brionnet" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02461748v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02461750v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01918074v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01918075v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01608045v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606234v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01918076v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606657v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606109v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giacomo Zara" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837824v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606118v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606246v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axelle Cadi&#232;re" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Tilloy" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606115v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837827v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606164v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837724v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606112v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606218v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605611v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606116v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilaria Mannazzu" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01603322v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01604147v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606114v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607571v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01603320v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606119v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606650v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marilena Budroni" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02804040v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudine Charpentier" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02808760v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02805677v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02843227v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05288556v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04237767v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lauriane Mietton" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;o Guillerminet" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02952117v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02950887v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Huyghe" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Agier" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606120v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01603326v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837753v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Serrano" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02952066v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Martin-Yken" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marl&#232;ne Vuillemin" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Fran&#231;ois" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05329387v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albrecht Weiss" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Dubreucq" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/frederic-bigey" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6240-3038" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/F-2517-2010" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/femsyr/foaf016" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.fm.2024.104584" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/jof9010076" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.cub.2020.11.016" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1073/pnas.0904673106" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-05047166v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Bigey" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavi&#232;re Menatong Tene" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Wessner" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Devillers" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Pradal" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/femsyr/foaf016" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04646352v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Aury" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fm.2024.104584" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04197014v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reine Abi Khalil" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christel Couderc" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Yvon" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Sicard" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/foods12163131" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03942758v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Pasteur" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xymena Po&#322;omska" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Thomas" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie A.-M. Crutz-Le Coq" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/jof9010076" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03922548v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loubnah Belahcen" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwenaelle Jard" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2022-22275" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03880546v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/foods11233874" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03110131v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diego Segond" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Friedrich" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Guezenec" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Bourgais" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cub.2020.11.016" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02890164v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aisling Coughlan" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Lombardi" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Braun-Galleani" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Ar Martos" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Bigey" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7554/eLife.55336" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02126102v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Tesniere" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Bessiere" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Sanchez" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Blondin" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0215870" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02623200v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Galeote" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Dequin" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kenneth Wolfe" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/genomeA.00615-18" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837842v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1091/mbc.E17-01-0061" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837856v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Legras" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Camarasa" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Souhir Marsit" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/molbev/msy066" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01608516v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Lisa Coi" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Mallet" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Zara" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mec.14053" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837750v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ricardo Franco-Duarte" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Carreto" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=In&#234;s Mendes" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/femsyr/fov063" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01190166v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jian Liu" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene Yken" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Marie Fran&#231;ois" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gbe/evv047" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01506449v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Brice" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837744v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adriana Mena" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Xavier Sauvage" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Couloux" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/molbev/msv057" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837749v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/yea.3091" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01189979v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2164-15-495" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837764v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Neuv&#233;glise" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/genomeA.00606-13" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02645675v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Brial" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie S. Dequin" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0025147" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01222409v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Beyne" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mait&#233; Novo Molinero" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0017872" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01487358v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; C. Ambroset" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Petit" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Brion" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Delobel" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1534/G3.111.000422" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02668729v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maite Novo" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rick Gavory" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.0904673106" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03763651v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Mathieu" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Procureur" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nancy Terrier" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ziya G&#252;nata" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10529-007-9315-8" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-DXTR91Z1-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02662210v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Pascal" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Ratomahenina" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene Boze" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Moulin" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pep.2006.01.012" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-VN1SF5TP-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02681391v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Roustan" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agustin Rascon Chu" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00253-005-1896-3" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/0D02EEADCD482D92A91C7E6829D1F61B310B70A6/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03763658v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/eri265" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02675023v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Laborde" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Chemardin" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Combarnous" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabrielle Moulin" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/yea.1073" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02166482v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Brunel" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Neugnot" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Landucci" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbiotec.2004.03.007" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-5V8FL4ZQ-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02165415v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Tuery" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daisy Bougard" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Nicaud" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/yea.958" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02689034v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Chebrou" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Fournand" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Arnaud" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02690089v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02697464v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Galzy" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02698748v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L. Pirat" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02691614v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02694915v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02712941v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Janbon" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Magnet" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02714288v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02710090v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Grossiord" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.K.N. Chan Kwo Chion" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02708542v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L. Moreau" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Azza" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02713293v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02716101v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02705497v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.N.K. Chan Kwo Chion" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01841807v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Duran" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.K.N.C.K. Chion" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Bigey" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jobm.3620320104" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-LM8X1SF7-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05288044v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Neuveglise" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04966875v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04237728v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Nidelet" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Mata-Orozco" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Guezenec" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;r&#232;se Marlin" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Fran&#231;oise Samson" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03727947v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Vindras-Fouillet" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Robin" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Brionnet" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02461748v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02461750v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01918074v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01918075v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01918076v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01608045v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606234v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837827v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606164v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606657v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837824v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606109v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giacomo Zara" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606118v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606246v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axelle Cadi&#232;re" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Tilloy" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606115v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01604147v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606218v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606112v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837724v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605611v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01603322v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606116v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilaria Mannazzu" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01603320v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607571v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606114v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606119v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606650v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marilena Budroni" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02805677v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02804040v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudine Charpentier" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02808760v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02843227v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05288556v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04237767v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lauriane Mietton" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;o Guillerminet" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02952117v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02950887v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Huyghe" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Agier" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01603326v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606120v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837753v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Serrano" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02952066v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Martin-Yken" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marl&#232;ne Vuillemin" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Fran&#231;ois" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05329387v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albrecht Weiss" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Dubreucq" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>