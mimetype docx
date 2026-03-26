--- v0 (2026-03-06)
+++ v1 (2026-03-26)
@@ -1137,424 +1137,424 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02881292v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">O -(2- 18 F-fluoroethyl)- l -tyrosine ( 18 F-FET) uptake in insulinoma: first results from a xenograft mouse model and from human</w:t>
+                <w:t xml:space="preserve">Rigid motion correction of dual opposed planar projections in single photon imaging</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alessio Imperiale</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Boisson</w:t>
+                <w:t xml:space="preserve">G I Angelis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guillaume Kreutter</w:t>
+                <w:t xml:space="preserve">W J Ryder</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bernard Goichot</w:t>
+                <w:t xml:space="preserve">J E Gillam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Izzie Jacques Namer</w:t>
+                <w:t xml:space="preserve">Frederic Boisson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">a Z Kyme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nuclear Medicine and Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.nucmedbio.2017.07.005⟩</w:t>
+              <w:t xml:space="preserve">Physics in Medicine and Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 62 (10), pp.3923 - 3943. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1361-6560/aa68cd⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01645692v1</w:t>
+                <w:t xml:space="preserve">hal-01559316v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rigid motion correction of dual opposed planar projections in single photon imaging</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Description and properties of a resistive network applied to emission tomography detector readouts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Boisson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G I Angelis</w:t>
+                <w:t xml:space="preserve">V. Bekaert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">W J Ryder</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">J. Sahr</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Brasse</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physics in Medicine and Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/1361-6560/aa68cd⟩</w:t>
+              <w:t xml:space="preserve">Nuclear Instruments and Methods in Physics Research Section A: Accelerators, Spectrometers, Detectors and Associated Equipment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 872, pp.100-106. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.nima.2017.08.015⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01559316v1</w:t>
+                <w:t xml:space="preserve">hal-02348475v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Description and properties of a resistive network applied to emission tomography detector readouts</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Frederic Boisson</w:t>
+                <w:t xml:space="preserve">O -(2- 18 F-fluoroethyl)- l -tyrosine ( 18 F-FET) uptake in insulinoma: first results from a xenograft mouse model and from human</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alessio Imperiale</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Boisson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Kreutter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Goichot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">V. Bekaert</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Izzie Jacques Namer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nuclear Instruments and Methods in Physics Research Section A: Accelerators, Spectrometers, Detectors and Associated Equipment</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Nuclear Medicine and Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 53, pp.21 - 28. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.nucmedbio.2017.07.005⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.nima.2017.08.015⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02348475v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01645692v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect of Carbidopa on 18 F-FDOPA Uptake in Insulinoma: From Cell Culture to Small-Animal PET Imaging</w:t>
               </w:r>
@@ -1579,51 +1579,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alice Pierre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fréderic Boisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Kreutter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Lavaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1668,252 +1668,252 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01470396v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Automated and efficient radiosynthesis of [18F]FLT using a low amount of precursor</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Instrumentation challenges in multi-modality imaging</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Brasse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Boisson</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nuclear Medicine and Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.nucmedbio.2016.05.009⟩</w:t>
+              <w:t xml:space="preserve">Nuclear Instruments and Methods in Physics Research Section A: Accelerators, Spectrometers, Detectors and Associated Equipment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 809, pp.67 - 75. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.nima.2015.10.077⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01412997v1</w:t>
+                <w:t xml:space="preserve">hal-01416519v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Instrumentation challenges in multi-modality imaging</w:t>
-[...26 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Automated and efficient radiosynthesis of [18F]FLT using a low amount of precursor</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Marchand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ali Ouadi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Pellicioli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacky Schuler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Laquerriere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nuclear Instruments and Methods in Physics Research Section A: Accelerators, Spectrometers, Detectors and Associated Equipment</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 809, pp.67 - 75. </w:t>
+              <w:t xml:space="preserve">Nuclear Medicine and Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 43 (8), pp.520 - 527. </w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.nima.2015.10.077⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.nucmedbio.2016.05.009⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01416519v1</w:t>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01412997v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Determination of optimal collimation parameters for a rotating slat collimator system: a system matrix method using ML-EM</w:t>
               </w:r>
@@ -2137,51 +2137,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Assessment of a fast generated analytical matrix for rotating slat collimation iterative reconstruction: a possible method to optimize the collimation profile</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Boisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virgil Bekaert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2267,51 +2267,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">4D PET iterative deconvolution with spatiotemporal regularization for quantitative dynamic PET imaging</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Boisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthonin Reilhac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2413,51 +2413,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simulation-based optimisation of the PET data processing for Partial Saturation Approach protocols</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Boisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catriona Wimberley</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2559,51 +2559,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Imaging Capabilities of the Inveon SPECT System Using Single-and Multipinhole Collimators</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Boisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Zahra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2693,51 +2693,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">NEMA NU 4-2008 validation and applications of the PET-SORTEO Monte Carlo simulations platform for the geometry of the Inveon PET preclinical scanner</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Boisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C Wimberley</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2827,64 +2827,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Characterization of a rotating slat collimator system dedicated to small animal imaging</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Boisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Bekaert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Z El Bitar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3005,90 +3005,90 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evaluation de la fixation de la O-(2-[18F]-fluoroéthyl)-L-tyrosine (18F-FET) dans l’insulinome : étude pré-clinique et preuve de concept chez un patient</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alessio Imperiale</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Boisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Kreutter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Goichot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Izzie-Jacques Namer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3124,208 +3124,200 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05508161v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effet de la carbidopa sur la fixation de la 18F-FDOPA dans l’insulinome : de la culture cellulaire à l’imagerie TEP du petit animal</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Towards system matrix incorporating efficient detector modeling: A small animal SPECT study on several strategies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Pierre</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId60" w:history="1">
+                <w:t xml:space="preserve">Benjamin Auer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Boisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virgile Bekaert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Brasse</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">3èmes Journées Francophones de Médecine Nucléaire</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2017 IEEE Nuclear Science Symposium and Medical Imaging Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2017, Atlanta, United States. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/NSSMIC.2017.8532868⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05508179v1</w:t>
+                <w:t xml:space="preserve">hal-02097381v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Implementation and Validation of an efficient decomposition based system matrix approach incorporating subject’s physical phenomena</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Auer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Boisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virgile Bekaert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Brasse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3336,174 +3328,182 @@
               <w:t xml:space="preserve">2017 IEEE Nuclear Science Symposium and Medical Imaging Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2017, Atlanta, United States. </w:t>
             </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/NSSMIC.2017.8532617⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02097391v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Towards system matrix incorporating efficient detector modeling: A small animal SPECT study on several strategies</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId60" w:history="1">
+                <w:t xml:space="preserve">Effet de la carbidopa sur la fixation de la 18F-FDOPA dans l’insulinome : de la culture cellulaire à l’imagerie TEP du petit animal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alessio Imperiale</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Pierre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Boisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId126" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Kreutter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Lavaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2017 IEEE Nuclear Science Symposium and Medical Imaging Conference</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">3èmes Journées Francophones de Médecine Nucléaire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2017, Nantes, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02097381v1</w:t>
+                <w:t xml:space="preserve">hal-05508179v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Chapitre d'ouvrage (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -3534,51 +3534,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Instrumentation Challenges in (S)PE(C)T Systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Brasse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Boisson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Kuntner-Hannes, Claudia; Haemisch, York. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Image Fusion in Preclinical Applications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Springer Nature Switzerland AG, pp.25-54, 2019</w:t>
@@ -3646,51 +3646,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andre Z. Kyme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peter Kench</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Boisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arvind Parmar</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3901,51 +3901,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04751608v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Hourlier" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Boisson" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Brasse" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TRPMS.2024.3407981" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04195673v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timoth&#233; Maujean" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Marchand" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Wagner" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Rich&#233;" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Boisson" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10426507.2023.2165659" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04174806v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Boisson" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Hourlier" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Bekaert" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Thomas" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Marchand" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/trpms.2022.3222565" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03780966v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D2CC04148K" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03721072v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Serriere" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liji Cao" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Bodard" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Pilleri" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40658-022-00440-8" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03853562v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Latg&#233;" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Ouadi" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerlinde Averous" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Thomas" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules27154869" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03198119v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Brasse" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Burckel" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Rousseau" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11307-021-01602-3" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02881292v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pham Nguyen Truong" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Finck" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Boisson" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01645692v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessio Imperiale" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Kreutter" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Goichot" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Izzie Jacques Namer" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nucmedbio.2017.07.005" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-PCRPZCFS-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01559316v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G I Angelis" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W J Ryder" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J E Gillam" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Boisson" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=a Z Kyme" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6560/aa68cd" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02348475v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Bekaert" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Sahr" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nima.2017.08.015" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01470396v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Detour" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Pierre" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;deric Boisson" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Lavaux" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2967/jnumed.116.180588" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01412997v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Pellicioli" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacky Schuler" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Laquerriere" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nucmedbio.2016.05.009" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01416519v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nima.2015.10.077" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01412961v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virgil Bekaert" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0031-9155/61/6/2302" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01416535v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthonin Reilhac" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catriona Wimberley" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arvind Parmar" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Zahra" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0031-9155/61/3/1371" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01167266v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Reilhac" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Wurtz" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0031-9155/60/6/2403" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02348012v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Charil" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georgios Angelis" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuroimage.2015.06.029" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-BGS3GB72-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02348006v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Callaghan" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuroimage.2014.04.010" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-6R6BL2WC-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02347988v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Zahra" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Parmar" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-C. Gregoire" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Meikle" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2967/jnumed.112.117572" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02347994v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Wimberley" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W Lehnert" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Zahra" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Pham" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0031-9155/58/19/6749" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02347971v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z El Bitar" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Steibel" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0031-9155/56/5/016" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/F01EBA192E7853CDBB28872B56A2BB2B6316CDE6/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05508161v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Kreutter" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Izzie-Jacques Namer" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05508179v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Pierre" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02097391v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Auer" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virgile Bekaert" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NSSMIC.2017.8532617" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02097381v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NSSMIC.2017.8532868" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02348718v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02349338v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven R. Meikle" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andre Z. Kyme" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Kench" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04751608v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Hourlier" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Boisson" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Brasse" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TRPMS.2024.3407981" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04195673v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timoth&#233; Maujean" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Marchand" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Wagner" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Rich&#233;" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Boisson" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10426507.2023.2165659" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04174806v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Boisson" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Hourlier" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Bekaert" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Thomas" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Marchand" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/trpms.2022.3222565" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03780966v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D2CC04148K" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03721072v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Serriere" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liji Cao" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Bodard" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Pilleri" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40658-022-00440-8" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03853562v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Latg&#233;" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Ouadi" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerlinde Averous" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Thomas" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules27154869" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03198119v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Brasse" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Burckel" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Rousseau" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11307-021-01602-3" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02881292v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pham Nguyen Truong" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Finck" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Boisson" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01559316v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G I Angelis" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W J Ryder" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J E Gillam" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Boisson" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=a Z Kyme" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6560/aa68cd" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02348475v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Bekaert" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Sahr" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nima.2017.08.015" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01645692v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessio Imperiale" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Kreutter" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Goichot" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Izzie Jacques Namer" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nucmedbio.2017.07.005" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-PCRPZCFS-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01470396v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Detour" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Pierre" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;deric Boisson" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Lavaux" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2967/jnumed.116.180588" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01416519v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nima.2015.10.077" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01412997v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Pellicioli" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacky Schuler" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Laquerriere" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nucmedbio.2016.05.009" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01412961v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virgil Bekaert" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0031-9155/61/6/2302" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01416535v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthonin Reilhac" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catriona Wimberley" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arvind Parmar" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Zahra" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0031-9155/61/3/1371" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01167266v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Reilhac" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Wurtz" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0031-9155/60/6/2403" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02348012v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Charil" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georgios Angelis" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuroimage.2015.06.029" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-BGS3GB72-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02348006v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Callaghan" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuroimage.2014.04.010" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-6R6BL2WC-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02347988v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Zahra" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Parmar" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-C. Gregoire" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Meikle" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2967/jnumed.112.117572" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02347994v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Wimberley" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W Lehnert" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Zahra" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Pham" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0031-9155/58/19/6749" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02347971v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z El Bitar" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Steibel" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0031-9155/56/5/016" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/F01EBA192E7853CDBB28872B56A2BB2B6316CDE6/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05508161v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Kreutter" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Izzie-Jacques Namer" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02097381v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Auer" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virgile Bekaert" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NSSMIC.2017.8532868" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02097391v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NSSMIC.2017.8532617" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05508179v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Pierre" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02348718v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02349338v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven R. Meikle" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andre Z. Kyme" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Kench" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>